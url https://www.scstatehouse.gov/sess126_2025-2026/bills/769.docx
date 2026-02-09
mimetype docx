--- v0 (2026-01-14)
+++ v1 (2026-02-09)
@@ -1,48 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
@@ -173,59 +178,73 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
+        <w:t xml:space="preserve">Introduced in the House on January 28, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Currently residing in the House Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Finance</w:t>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Continuing Resolution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -307,106 +326,438 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/13/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R54632e6f23ca420d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 47</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/13/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Finance</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Ra703903ba96d4667">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 47</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rfbe7cb0abd904f21">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 15</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read second time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R1310743660d049e1">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Roll call</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ayes-43  Nays-0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re63ea6e03f0e4593">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 16</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read third time and sent to House</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R45e79cfc47f542fc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 3</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc77b433faeb64c3e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 403</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Referred to Committee on</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ways and Means</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R21b4f079b4184e9e">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 403</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rb1ea1aa110cd4869">
+      <w:hyperlink r:id="R492ff6e528bd4446">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +775,584 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R652813887018476a">
+      <w:hyperlink r:id="Rada52253518e41b2">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/13/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Reb0e9c421f6248ab">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00105D52" w:rsidR="00991F67" w:rsidP="00222152" w:rsidRDefault="00991F67" w14:paraId="34D2EA4A" w14:textId="12BAB46D">
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="0080499F" w14:paraId="14188112" w14:textId="3D4CB4F3">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetstatus"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="status"/>
+          <w:tag w:val="status"/>
+          <w:id w:val="854397200"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009C5F88">
+            <w:t>Committee Report</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="printed1"/>
+        <w:tag w:val="printed1"/>
+        <w:id w:val="-1779714481"/>
+        <w:placeholder>
+          <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="0B1C3A07" w14:textId="0B413159">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetinfo"/>
+          </w:pPr>
+          <w:r>
+            <w:t>January 21, 2026</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="54EAD1A5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="billnumber"/>
+        <w:tag w:val="billnumber"/>
+        <w:id w:val="-897512070"/>
+        <w:placeholder>
+          <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="4F797C22" w14:textId="15466642">
+          <w:pPr>
+            <w:pStyle w:val="sccoversheetbillno"/>
+          </w:pPr>
+          <w:r>
+            <w:t>S. 769</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="029C125A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="3878ACAF" w14:textId="4BEF8051">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Introduced by </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsortype"/>
+          <w:tag w:val="sponsortype"/>
+          <w:id w:val="1707217765"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Senators</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="sponsors"/>
+          <w:tag w:val="sponsors"/>
+          <w:id w:val="716862734"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Peeler, Alexander, Kimbrell, Verdin, Hembree, Turner and Bennett</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="088592F1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetsponsor6"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="0080499F" w14:paraId="0762D81C" w14:textId="1513576C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetinfo"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="typeinitial"/>
+          <w:tag w:val="typeinitial"/>
+          <w:id w:val="98301346"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009C5F88">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="009C5F88">
+        <w:t xml:space="preserve">. Printed </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="printed2"/>
+          <w:tag w:val="printed2"/>
+          <w:id w:val="-774643221"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009C5F88">
+            <w:t>1/21/26</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="009C5F88">
+        <w:t>--</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="residingchamber"/>
+          <w:tag w:val="residingchamber"/>
+          <w:id w:val="1651789982"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009C5F88">
+            <w:t>S</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="009C5F88">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="76095241" w14:textId="46DB3B7C">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetreadfirst"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">Read the first time </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="readfirst"/>
+          <w:tag w:val="readfirst"/>
+          <w:id w:val="-1145275273"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>January 13, 2026</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="5EA58EA2" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="105DC2FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4493"/>
+          <w:tab w:val="right" w:pos="8986"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="780DE0C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="477480EA" w14:textId="59EBAD29">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">The committee on </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="committeename"/>
+          <w:tag w:val="committeename"/>
+          <w:id w:val="-1151050561"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Senate Finance</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="5B827662" w14:textId="65462BB0">
+      <w:pPr>
+        <w:pStyle w:val="sccommitteereporttitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>To who</w:t>
+      </w:r>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> was referred a </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="doctype"/>
+          <w:tag w:val="doctype"/>
+          <w:id w:val="-95182141"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>Joint Resolution</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billnumber"/>
+          <w:tag w:val="billnumber"/>
+          <w:id w:val="249784876"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t>S. 769</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="billtitle"/>
+          <w:tag w:val="billtitle"/>
+          <w:id w:val="660268815"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r>
+            <w:t xml:space="preserve">to provide for the continuing authority to pay the expenses of state government if the 2026-2027 </w:t>
+          </w:r>
+          <w:r w:rsidR="00B1136B">
+            <w:t>F</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">iscal </w:t>
+          </w:r>
+          <w:r w:rsidR="00B1136B">
+            <w:t>Y</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve">ear begins without a </w:t>
+          </w:r>
+          <w:r w:rsidR="00CD1868">
+            <w:t>General Appropriations Act</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> for </w:t>
+          </w:r>
+          <w:r w:rsidR="004D2584">
+            <w:t>F</w:t>
+          </w:r>
+          <w:r>
+            <w:t>iscal</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>, etc., respectfully</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="37048497" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportheader"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>Report:</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="committeetitle"/>
+        <w:tag w:val="committeetitle"/>
+        <w:id w:val="1407110167"/>
+        <w:placeholder>
+          <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="435F596A" w14:textId="3B7CBA72">
+          <w:pPr>
+            <w:pStyle w:val="sccommitteereporttitle"/>
+          </w:pPr>
+          <w:r>
+            <w:t>That they have duly and carefully considered the same, and recommend that the same do pass:</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="3BF61911" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="0080499F" w14:paraId="0B985F3A" w14:textId="4AD5F12B">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportchairperson"/>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="chairperson"/>
+          <w:tag w:val="chairperson"/>
+          <w:id w:val="-1033958730"/>
+          <w:placeholder>
+            <w:docPart w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:placeholder>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="009C5F88">
+            <w:t>HARVEY PEELER</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00B07BF4" w:rsidR="009C5F88">
+        <w:t xml:space="preserve"> for Committee.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="6F89EE5D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetcommitteereportemplyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="37DE33E1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+        <w:jc w:val="center"/>
+        <w:sectPr w:rsidR="009C5F88" w:rsidSect="009C5F88">
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:lnNumType w:countBy="1"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B07BF4">
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00B07BF4" w:rsidR="009C5F88" w:rsidP="009C5F88" w:rsidRDefault="009C5F88" w14:paraId="62791C66" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccoversheetemptyline"/>
+      </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002851CF" w:rsidP="00F64849" w:rsidRDefault="002851CF" w14:paraId="1FA882A8" w14:textId="0A316F5F">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002851CF" w:rsidP="00F64849" w:rsidRDefault="002851CF" w14:paraId="258A4A7B" w14:textId="3C5106B6">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009B2ECA" w:rsidP="00F64849" w:rsidRDefault="009B2ECA" w14:paraId="0B7B3D7A" w14:textId="05678D68">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009B2ECA" w:rsidP="00F64849" w:rsidRDefault="009B2ECA" w14:paraId="70A89330" w14:textId="1E2814F7">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009B2ECA" w:rsidP="00F64849" w:rsidRDefault="009B2ECA" w14:paraId="02B9039A" w14:textId="594BB306">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -559,219 +1391,255 @@
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidRPr="00105D52" w:rsidR="00BE1040" w:rsidP="00207826" w:rsidRDefault="00DE12BF" w14:paraId="4E30D107" w14:textId="269BBBCE">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:t>TO PROVIDE FOR THE CONTINUING AUTHORITY TO PAY THE EXPENSES OF STATE GOVERNMENT IF THE 2026-2027 FISCAL YEAR BEGINS WITHOUT A GENERAL APPROPRIATIONS ACT FOR FISCAL YEAR 2026-2027 HAVING BEEN ENACTED, AND TO PROVIDE EXCEPTIONS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00207826" w:rsidP="004434BF" w:rsidRDefault="00207826" w14:paraId="69B9DA7F" w14:textId="5F0612A3">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="6D3CD473" w14:textId="25207875">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_b2ab1e2ab" w:id="1"/>
+      <w:bookmarkStart w:name="ew_b2ab1e2ab" w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00944F82" w:rsidP="00944F82" w:rsidRDefault="00944F82" w14:paraId="2D8ACAC9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CF74D9" w:rsidP="00CF74D9" w:rsidRDefault="00944F82" w14:paraId="019F63D6" w14:textId="38706539">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_2e88585a7" w:id="2"/>
+      <w:bookmarkStart w:name="bs_num_1_2e88585a7" w:id="1"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_7fe1d62ef" w:id="3"/>
+      <w:bookmarkStart w:name="up_7fe1d62ef" w:id="2"/>
       <w:r w:rsidR="00CF74D9">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidR="00CF74D9">
         <w:t>A)(1) If the 2026‑2027 State Fiscal Year begins with no annual appropriations act in effect for that year, then the authority to pay the recurring expenses of state government continues at the level of amounts appropriated in Act 69 of 2025 for the recurring expenses of state government for Fiscal Year 2026‑2027 except as provided in subsection (B).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF74D9" w:rsidP="00CF74D9" w:rsidRDefault="00CF74D9" w14:paraId="7329336B" w14:textId="49CEC6DA">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_40f5e6bae" w:id="4"/>
+      <w:bookmarkStart w:name="up_40f5e6bae" w:id="3"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:t>2) Nonrecurring appropriations contained in Act 69 of 2025 are deemed to have been made and are not subject to funding pursuant to this act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CF74D9" w:rsidP="00CF74D9" w:rsidRDefault="00CF74D9" w14:paraId="1C8737D4" w14:textId="431A0660">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_b1bef32bb" w:id="5"/>
+      <w:bookmarkStart w:name="up_b1bef32bb" w:id="4"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:t>3) Study committees formed and authorized pursuant to Act 69 of 2025 are deemed to have completed their work and are dissolved unless authorized by another act of the General Assembly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF74D9" w:rsidP="00CF74D9" w:rsidRDefault="00CF74D9" w14:paraId="7B0E5815" w14:textId="518ACD5F">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="up_a02b4f131" w:id="5"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
-        <w:t>3) Study committees formed and authorized pursuant to Act 69 of 2025 are deemed to have completed their work and are dissolved unless authorized by another act of the General Assembly.</w:t>
+        <w:t xml:space="preserve">4) The effective dates of Parts IA and IB of Act 69 of 2025 are extended until the effective date for appropriations made in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1136B">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">eneral </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1136B">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ppropriations </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1136B">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ct for Fiscal Year 2026‑2027, after which appropriations made pursuant to this joint resolution are deemed to have been made pursuant to the general appropriations act for Fiscal Year 2026‑2027.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CF74D9" w:rsidP="00CF74D9" w:rsidRDefault="00CF74D9" w14:paraId="7B0E5815" w14:textId="4D507643">
+    <w:p w:rsidR="00944F82" w:rsidP="00CF74D9" w:rsidRDefault="00CF74D9" w14:paraId="44B83504" w14:textId="298E9E6D">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="up_a02b4f131" w:id="6"/>
+      <w:bookmarkStart w:name="up_a1e527059" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>4) The effective dates of Parts IA and IB of Act 69 of 2025 are extended until the effective date for appropriations made in the general appropriations act for Fiscal Year 2026‑2027, after which appropriations made pursuant to this joint resolution are deemed to have been made pursuant to the general appropriations act for Fiscal Year 2026‑2027.</w:t>
-[...15 lines deleted...]
-        <w:t>B) Notwithstanding debt service appropriations in Act 69 of 2025 and until the effective date of the appropriations made in the general appropriations act for Fiscal Year 2026‑2027, there is appropriated from the general fund of the State whatever amount is necessary for the timely debt service on state obligations and other amounts constitutionally required to be appropriated, including the Capital Reserve Fund. The General Reserve Fund is established in the amount required by law.</w:t>
+        <w:t xml:space="preserve">B) Notwithstanding debt service appropriations in Act 69 of 2025 and until the effective date of the appropriations made in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1136B">
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">eneral </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1136B">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">ppropriations </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1136B">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:t>ct for Fiscal Year 2026‑2027, there is appropriated from the general fund of the State whatever amount is necessary for the timely debt service on state obligations and other amounts constitutionally required to be appropriated, including the Capital Reserve Fund. The General Reserve Fund is established in the amount required by law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009C43C3" w:rsidP="00351A09" w:rsidRDefault="009C43C3" w14:paraId="790F6824" w14:textId="40923997">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="009C43C3" w:rsidP="00741923" w:rsidRDefault="0077594C" w14:paraId="78EA7715" w14:textId="7C5238F2">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="8"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="9"/>
+      <w:bookmarkStart w:name="bs_num_2_lastsection" w:id="7"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="8"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="000758C3">
         <w:t>This joint resolution takes effect upon approval by the Governor</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="00936D1A">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidP="002A667A" w:rsidRDefault="000D6B78" w14:paraId="4D179924" w14:textId="76B3E682">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
-      <w:bookmarkStart w:name="up_de553af26" w:id="10"/>
+      <w:bookmarkStart w:name="up_de553af26" w:id="9"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>‑‑XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:t>‑‑</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52" w:rsidR="002A667A">
         <w:t>‑‑</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00105D52" w:rsidR="002A667A" w:rsidSect="00EA6A49">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5BE16045" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0E61E57F" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
@@ -807,676 +1675,847 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3820BEDD" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+  <w:p w14:paraId="57F5631E" w14:textId="77777777" w:rsidR="00941921" w:rsidRDefault="00941921">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="25BA1E08" w14:textId="510341F9" w:rsidR="00674220" w:rsidRDefault="005D7FDA" w:rsidP="00674220">
+  <w:p w14:paraId="5B4350D7" w14:textId="5952A188" w:rsidR="009C5F88" w:rsidRPr="00BC78CD" w:rsidRDefault="009C5F88" w:rsidP="0057453C">
+    <w:pPr>
+      <w:pStyle w:val="sccoversheetfooter"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00BC78CD">
+      <w:t>[</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:alias w:val="footer_billnumber"/>
+        <w:tag w:val="footer_billnumber"/>
+        <w:id w:val="-772316136"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r>
+          <w:t>769</w:t>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r>
+      <w:t>-</w:t>
+    </w:r>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="2114772052"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>1</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:t>]</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BC78CD">
+          <w:tab/>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1E6D8DE8" w14:textId="77777777" w:rsidR="00941921" w:rsidRDefault="00941921">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3820BEDD" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25BA1E08" w14:textId="3F12A95E" w:rsidR="00674220" w:rsidRDefault="0080499F" w:rsidP="00674220">
     <w:pPr>
       <w:pStyle w:val="scbillfooter"/>
     </w:pPr>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="footer_billname"/>
         <w:tag w:val="footer_billname"/>
         <w:id w:val="2068836066"/>
         <w:lock w:val="sdtContentLocked"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00902A77">
-          <w:t>[...]</w:t>
+        <w:r w:rsidR="003C0BF3">
+          <w:t>[0769]</w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
     <w:r w:rsidR="00674220">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00674220">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="008577F1">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:alias w:val="footer_filename"/>
         <w:tag w:val="footer_filename"/>
         <w:id w:val="703371821"/>
         <w:lock w:val="sdtContentLocked"/>
-        <w:placeholder>
-[...1 lines deleted...]
-        </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:r w:rsidR="00DC479D">
+        <w:r w:rsidR="003C0BF3">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>LC-0380DG26.docx</w:t>
+          <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:sdtContent>
     </w:sdt>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="561FD775" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="38577C39" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="76F87126" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="58156040" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2EB799F2" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+  <w:p w14:paraId="5D7DDC47" w14:textId="77777777" w:rsidR="00941921" w:rsidRDefault="00941921">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="23BC9235" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+  <w:p w14:paraId="6989FA37" w14:textId="77777777" w:rsidR="00941921" w:rsidRDefault="00941921">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1D94F150" w14:textId="77777777" w:rsidR="00941921" w:rsidRDefault="00941921">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2EB799F2" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="23BC9235" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4C14745E" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="94E6D92E"/>
+    <w:tmpl w:val="12B4E59C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1492"/>
+          <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
-        <w:ind w:left="1492" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CA080A8"/>
+    <w:tmpl w:val="D3C48F14"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber4"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1209"/>
+          <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
-        <w:ind w:left="1209" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="48EC091E"/>
+    <w:tmpl w:val="89C4B0D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="926"/>
+          <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
-        <w:ind w:left="926" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="EC7043A0"/>
+    <w:tmpl w:val="1B9C7DA2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="643"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:ind w:left="643" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8966991C"/>
+    <w:tmpl w:val="6D7CB49A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="8D324A10"/>
+    <w:tmpl w:val="631CB294"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="1E645258"/>
+    <w:tmpl w:val="FE0812D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9F645F22"/>
+    <w:tmpl w:val="4E72E042"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FAA8842C"/>
+    <w:tmpl w:val="7642329A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="84F0597C"/>
+    <w:tmpl w:val="B2A2A188"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1069112853">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1108769728">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1382510245">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1530142539">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="694771090">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="252201783">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1039820966">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="310595583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="965234399">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1476528253">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="11" w16cid:durableId="359209903">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1227957236">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="1337998875">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="2090886016">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="478115824">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00022E16"/>
     <w:rsid w:val="000247A9"/>
     <w:rsid w:val="0002490A"/>
+    <w:rsid w:val="000366B9"/>
     <w:rsid w:val="00037916"/>
     <w:rsid w:val="000562E4"/>
     <w:rsid w:val="00061E8E"/>
     <w:rsid w:val="000758C3"/>
     <w:rsid w:val="0008639F"/>
     <w:rsid w:val="0009245B"/>
     <w:rsid w:val="000B67F5"/>
     <w:rsid w:val="000C1A98"/>
     <w:rsid w:val="000D6B78"/>
     <w:rsid w:val="000E4143"/>
     <w:rsid w:val="000E582D"/>
     <w:rsid w:val="00102FCA"/>
     <w:rsid w:val="00105D52"/>
     <w:rsid w:val="00110404"/>
     <w:rsid w:val="00110702"/>
     <w:rsid w:val="00137445"/>
     <w:rsid w:val="001474AB"/>
     <w:rsid w:val="00152B7B"/>
+    <w:rsid w:val="00155A4B"/>
     <w:rsid w:val="00166A4D"/>
     <w:rsid w:val="00191D34"/>
     <w:rsid w:val="001A12D9"/>
     <w:rsid w:val="001A1493"/>
     <w:rsid w:val="001B50D2"/>
     <w:rsid w:val="001C3259"/>
     <w:rsid w:val="001C51B3"/>
     <w:rsid w:val="001C682C"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="00201CDB"/>
     <w:rsid w:val="00202067"/>
     <w:rsid w:val="00202D6C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="00207826"/>
     <w:rsid w:val="00222152"/>
     <w:rsid w:val="002230E1"/>
     <w:rsid w:val="002608CD"/>
     <w:rsid w:val="00280BA8"/>
     <w:rsid w:val="002851CF"/>
     <w:rsid w:val="002952D5"/>
     <w:rsid w:val="002A2C79"/>
     <w:rsid w:val="002A667A"/>
     <w:rsid w:val="002A6902"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B5BEA"/>
     <w:rsid w:val="002D35EC"/>
     <w:rsid w:val="002E0094"/>
     <w:rsid w:val="002E1999"/>
+    <w:rsid w:val="002F6BAC"/>
     <w:rsid w:val="00314400"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="00335981"/>
     <w:rsid w:val="00337EAF"/>
     <w:rsid w:val="00351A09"/>
+    <w:rsid w:val="003C0BF3"/>
     <w:rsid w:val="003C444D"/>
     <w:rsid w:val="003C4F86"/>
     <w:rsid w:val="003D225B"/>
     <w:rsid w:val="0040332C"/>
     <w:rsid w:val="004124D5"/>
     <w:rsid w:val="004368D3"/>
     <w:rsid w:val="00442BFD"/>
     <w:rsid w:val="004434BF"/>
     <w:rsid w:val="0045178A"/>
     <w:rsid w:val="00463356"/>
     <w:rsid w:val="004716D5"/>
     <w:rsid w:val="0048011C"/>
     <w:rsid w:val="0048318D"/>
     <w:rsid w:val="00490B14"/>
     <w:rsid w:val="00492A99"/>
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="004A3741"/>
     <w:rsid w:val="004A68A1"/>
     <w:rsid w:val="004A72B7"/>
     <w:rsid w:val="004B759D"/>
+    <w:rsid w:val="004B7EE0"/>
     <w:rsid w:val="004C40D0"/>
+    <w:rsid w:val="004D2584"/>
+    <w:rsid w:val="004D400A"/>
     <w:rsid w:val="004E13A3"/>
+    <w:rsid w:val="004E76A3"/>
     <w:rsid w:val="00512914"/>
     <w:rsid w:val="00515667"/>
     <w:rsid w:val="00545E00"/>
     <w:rsid w:val="00547DD5"/>
     <w:rsid w:val="00560F91"/>
     <w:rsid w:val="00592861"/>
+    <w:rsid w:val="00594972"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005C45AA"/>
     <w:rsid w:val="005D32B1"/>
     <w:rsid w:val="005E7403"/>
     <w:rsid w:val="00634CC8"/>
     <w:rsid w:val="00636FDD"/>
     <w:rsid w:val="006467D8"/>
     <w:rsid w:val="00674220"/>
     <w:rsid w:val="00677E52"/>
     <w:rsid w:val="00684741"/>
     <w:rsid w:val="00696ABA"/>
     <w:rsid w:val="006B5610"/>
     <w:rsid w:val="006D41CD"/>
     <w:rsid w:val="00702736"/>
     <w:rsid w:val="007262F1"/>
     <w:rsid w:val="00741923"/>
     <w:rsid w:val="00747A48"/>
+    <w:rsid w:val="007623D3"/>
     <w:rsid w:val="00762756"/>
     <w:rsid w:val="0077594C"/>
     <w:rsid w:val="00777280"/>
     <w:rsid w:val="007834CB"/>
     <w:rsid w:val="007A4AB1"/>
     <w:rsid w:val="007B2941"/>
     <w:rsid w:val="007F179F"/>
+    <w:rsid w:val="0080499F"/>
     <w:rsid w:val="00807D9F"/>
     <w:rsid w:val="00810D57"/>
     <w:rsid w:val="00813798"/>
     <w:rsid w:val="00820309"/>
+    <w:rsid w:val="008215D7"/>
     <w:rsid w:val="008242C7"/>
     <w:rsid w:val="00831020"/>
     <w:rsid w:val="008577F1"/>
     <w:rsid w:val="00857D61"/>
+    <w:rsid w:val="008607F7"/>
     <w:rsid w:val="00876AA5"/>
     <w:rsid w:val="00882461"/>
+    <w:rsid w:val="00896102"/>
     <w:rsid w:val="008A6ED6"/>
+    <w:rsid w:val="008D4225"/>
+    <w:rsid w:val="009002DF"/>
     <w:rsid w:val="00902A77"/>
     <w:rsid w:val="0090596A"/>
     <w:rsid w:val="00912484"/>
     <w:rsid w:val="00935259"/>
     <w:rsid w:val="00936D1A"/>
     <w:rsid w:val="00937B34"/>
+    <w:rsid w:val="00941921"/>
     <w:rsid w:val="00943199"/>
     <w:rsid w:val="00944F82"/>
     <w:rsid w:val="009552CC"/>
     <w:rsid w:val="00956988"/>
     <w:rsid w:val="00956AA2"/>
     <w:rsid w:val="00967247"/>
     <w:rsid w:val="009848D5"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00997553"/>
     <w:rsid w:val="009B2ECA"/>
     <w:rsid w:val="009C43C3"/>
     <w:rsid w:val="009C5797"/>
+    <w:rsid w:val="009C5F88"/>
     <w:rsid w:val="009D1A37"/>
     <w:rsid w:val="009D54F7"/>
     <w:rsid w:val="00A02894"/>
     <w:rsid w:val="00A10047"/>
     <w:rsid w:val="00A22140"/>
     <w:rsid w:val="00A4617D"/>
     <w:rsid w:val="00A73649"/>
     <w:rsid w:val="00A8574D"/>
+    <w:rsid w:val="00A9585C"/>
     <w:rsid w:val="00A96112"/>
     <w:rsid w:val="00AA606F"/>
     <w:rsid w:val="00AC7E8F"/>
     <w:rsid w:val="00AE0454"/>
+    <w:rsid w:val="00B1136B"/>
     <w:rsid w:val="00B2206F"/>
     <w:rsid w:val="00B23615"/>
     <w:rsid w:val="00B2707D"/>
     <w:rsid w:val="00B31851"/>
     <w:rsid w:val="00B3575E"/>
     <w:rsid w:val="00B92F98"/>
     <w:rsid w:val="00BC489A"/>
     <w:rsid w:val="00BD4649"/>
     <w:rsid w:val="00BE1040"/>
     <w:rsid w:val="00BF3401"/>
     <w:rsid w:val="00C2363D"/>
     <w:rsid w:val="00C603CF"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75DCE"/>
     <w:rsid w:val="00C9143E"/>
     <w:rsid w:val="00CA1390"/>
     <w:rsid w:val="00CA2D40"/>
     <w:rsid w:val="00CA76AC"/>
     <w:rsid w:val="00CB3A21"/>
     <w:rsid w:val="00CB7FB2"/>
     <w:rsid w:val="00CC0258"/>
+    <w:rsid w:val="00CD1868"/>
     <w:rsid w:val="00CD2FA8"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5745"/>
     <w:rsid w:val="00CF0C03"/>
     <w:rsid w:val="00CF502F"/>
     <w:rsid w:val="00CF74D9"/>
     <w:rsid w:val="00D03992"/>
     <w:rsid w:val="00D20D80"/>
     <w:rsid w:val="00D56452"/>
     <w:rsid w:val="00D63CD2"/>
     <w:rsid w:val="00D73569"/>
     <w:rsid w:val="00D76E08"/>
     <w:rsid w:val="00D90A37"/>
     <w:rsid w:val="00D93F46"/>
     <w:rsid w:val="00DC14A6"/>
     <w:rsid w:val="00DC479D"/>
     <w:rsid w:val="00DE12BF"/>
     <w:rsid w:val="00DF413D"/>
     <w:rsid w:val="00E13307"/>
     <w:rsid w:val="00E33E4F"/>
     <w:rsid w:val="00E46D12"/>
     <w:rsid w:val="00E4700B"/>
     <w:rsid w:val="00E53AAD"/>
     <w:rsid w:val="00E671A9"/>
+    <w:rsid w:val="00E85772"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA3586"/>
     <w:rsid w:val="00EA6A49"/>
     <w:rsid w:val="00EB0B43"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00ED4053"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00F1362B"/>
     <w:rsid w:val="00F42575"/>
     <w:rsid w:val="00F44E29"/>
     <w:rsid w:val="00F62234"/>
     <w:rsid w:val="00F64849"/>
     <w:rsid w:val="00F751FE"/>
     <w:rsid w:val="00F80134"/>
+    <w:rsid w:val="00F8470A"/>
     <w:rsid w:val="00F959DE"/>
     <w:rsid w:val="00FD0B09"/>
     <w:rsid w:val="00FD33BC"/>
     <w:rsid w:val="00FD3616"/>
     <w:rsid w:val="00FE4340"/>
     <w:rsid w:val="00FE559A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -1868,2756 +2907,4695 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="seantest">
     <w:name w:val="sean_test"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Aharoni" w:hAnsi="Aharoni"/>
       <w:sz w:val="44"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
     <w:name w:val="sc_amend_amendnum"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="360" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendbillnum">
     <w:name w:val="sc_amend_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendclerk">
     <w:name w:val="sc_amend_clerk"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddate">
     <w:name w:val="sc_amend_date"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddrafter">
     <w:name w:val="sc_amend_drafter"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendfooterpath">
     <w:name w:val="sc_amend_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
     <w:name w:val="sc_amend_header1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="36"/>
       <w:szCs w:val="32"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
     <w:name w:val="sc_amend_ordernum"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendreference">
     <w:name w:val="sc_amend_reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendselectionboxes">
     <w:name w:val="sc_amend_selectionboxes"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsignatureline">
     <w:name w:val="sc_amend_signatureline"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendsponsorline">
     <w:name w:val="sc_amend_sponsorline"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendadoptnum">
     <w:name w:val="sc_amend_adoptnum"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendconformline">
     <w:name w:val="sc_amend_conformline"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="720" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamenddirectionallanguage">
     <w:name w:val="sc_amend_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
     <w:name w:val="sc_amend_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendnewcodesection">
     <w:name w:val="sc_amend_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
     <w:name w:val="sc_amend_titleconform"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="center" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:caps/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
     <w:name w:val="sc_SECTIONS"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
     <w:name w:val="sc_bill_senate_back_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
     <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
     <w:name w:val="sc_senate_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="1008"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
     <w:name w:val="sc_senate_clip_page_path"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="22"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolution">
     <w:name w:val="sc_senate_resolution"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionbythis">
     <w:name w:val="sc_senate_resolution_by_this"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageattorney">
     <w:name w:val="sc_senate_resolution_clip_page_attorney"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedate">
     <w:name w:val="sc_senate_resolution_clip_page_date"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="810"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocname">
     <w:name w:val="sc_senate_resolution_clip_page_doc_name"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocumentname">
     <w:name w:val="sc_senate_resolution_clip_page_document_name"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedocpath">
     <w:name w:val="sc_senate_resolution_clip_page_doc_path"/>
     <w:basedOn w:val="scsenateresolutionclippagedocumentname"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagedraftingassistant">
     <w:name w:val="sc_senate_resolution_clip_page_drafting_assistant"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="144"/>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="576"/>
         <w:tab w:val="left" w:pos="792"/>
         <w:tab w:val="left" w:pos="994"/>
         <w:tab w:val="left" w:pos="1224"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippageheader">
     <w:name w:val="sc_senate_resolution_clip_page_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenate">
     <w:name w:val="sc_senate_resolution_clip_page_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="1080"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagesenator">
     <w:name w:val="sc_senate_resolution_clip_page_senator"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionclippagetitle">
     <w:name w:val="sc_senate_resolution_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionemptyline">
     <w:name w:val="sc_senate_resolution_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionfurtherresolved">
     <w:name w:val="sc_senate_resolution_further_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionheader">
     <w:name w:val="sc_senate_resolution_header"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="30"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjacketintroduced">
     <w:name w:val="sc_senate_resolution_jacket_introduced"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionjackettitle">
     <w:name w:val="sc_senate_resolution_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionresolved">
     <w:name w:val="sc_senate_resolution_resolved"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutiontitle">
     <w:name w:val="sc_senate_resolution_title"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateresolutionwhereas">
     <w:name w:val="sc_senate_resolution_whereas"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetfooter">
     <w:name w:val="sc_coversheet_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="center" w:pos="2995"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbilldetails">
     <w:name w:val="sc_confrep_billdetails"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepbillnum">
     <w:name w:val="sc_confrep_billnum"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scconfrepbilltitle">
     <w:name w:val="sc_confrep_billtitle"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:caps/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepcodifiedsection">
     <w:name w:val="sc_confrep_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepdirectionallanguage">
     <w:name w:val="sc_confrep_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
       </w:tabs>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfilepath">
     <w:name w:val="sc_confrep_filepath"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="720" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepfooterpath">
     <w:name w:val="sc_confrep_footerpath"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="10656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepgenassembly">
     <w:name w:val="sc_confrep_genassembly"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepheading">
     <w:name w:val="sc_confrep_heading"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreplanginstruction">
     <w:name w:val="sc_confrep_langinstruction"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:spacing w:after="1080" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreponpartof">
     <w:name w:val="sc_confrep_onpartof"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="5976"/>
       </w:tabs>
       <w:spacing w:before="1080" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreppasswithamend">
     <w:name w:val="sc_confrep_passwithamend"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfreprecommend">
     <w:name w:val="sc_confrep_recommend"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepreferred">
     <w:name w:val="sc_confrep_referred"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:spacing w:after="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scconfrepsignaturelines">
     <w:name w:val="sc_confrep_signaturelines"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5760"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
     <w:name w:val="sc_act_clip_page_info"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
     <w:name w:val="sc_act_catchline"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
     <w:name w:val="sc_jr_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
     <w:name w:val="sc_jr_blank_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
     <w:name w:val="sc_jr_list_level_1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetheader">
     <w:name w:val="sc_coversheet_header"/>
     <w:qFormat/>
     <w:rsid w:val="009C5797"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
-    <w:rsid w:val="004716D5"/>
+    <w:rsid w:val="004D400A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportchairperson">
+    <w:name w:val="sc_coversheet_committee_report_chairperson"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportheader">
+    <w:name w:val="sc_coversheet_committee_report_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISdirector">
+    <w:name w:val="sc_coversheet_FIS_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISheader">
+    <w:name w:val="sc_coversheet_FIS_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:u w:val="single"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectionheaders">
+    <w:name w:val="sc_coversheet_FIS_section_headers"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetFISsectioninfo">
+    <w:name w:val="sc_coversheet_FIS_section_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccommitteereporttitle">
+    <w:name w:val="sc_committee_report_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:ind w:firstLine="216"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetmajmin">
+    <w:name w:val="sc_coversheet_maj_min"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5472"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetcommitteereportemplyline">
+    <w:name w:val="sc_coversheet_committee_report_emply_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetreadfirst">
+    <w:name w:val="sc_coversheet_readfirst"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C5F88"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="8813"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Bibliography">
+    <w:name w:val="Bibliography"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="37"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BlockText">
+    <w:name w:val="Block Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="2" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:ind w:left="1152" w:right="1152"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+    <w:name w:val="Body Text First Indent"/>
+    <w:basedOn w:val="BodyText"/>
+    <w:link w:val="BodyTextFirstIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndentChar">
+    <w:name w:val="Body Text First Indent Char"/>
+    <w:basedOn w:val="BodyTextChar"/>
+    <w:link w:val="BodyTextFirstIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndentChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndentChar">
+    <w:name w:val="Body Text Indent Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+    <w:name w:val="Body Text First Indent 2"/>
+    <w:basedOn w:val="BodyTextIndent"/>
+    <w:link w:val="BodyTextFirstIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="160"/>
+      <w:ind w:firstLine="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextFirstIndent2Char">
+    <w:name w:val="Body Text First Indent 2 Char"/>
+    <w:basedOn w:val="BodyTextIndentChar"/>
+    <w:link w:val="BodyTextFirstIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="44546A" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="ClosingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ClosingChar">
+    <w:name w:val="Closing Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Closing"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentText">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CommentTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+    <w:name w:val="Comment Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="CommentText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="CommentSubject">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="CommentText"/>
+    <w:next w:val="CommentText"/>
+    <w:link w:val="CommentSubjectChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+    <w:name w:val="Comment Subject Char"/>
+    <w:basedOn w:val="CommentTextChar"/>
+    <w:link w:val="CommentSubject"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="DateChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
+    <w:name w:val="Date Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Date"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="E-mailSignature">
+    <w:name w:val="E-mail Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="E-mailSignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="E-mailSignatureChar">
+    <w:name w:val="E-mail Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="E-mailSignature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+    <w:name w:val="envelope address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="2880"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+    <w:name w:val="envelope return"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="FootnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="1F3763" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLAddress">
+    <w:name w:val="HTML Address"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLAddressChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLAddressChar">
+    <w:name w:val="HTML Address Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLAddress"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HTMLPreformattedChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTMLPreformattedChar">
+    <w:name w:val="HTML Preformatted Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="HTMLPreformatted"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index2">
+    <w:name w:val="index 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="440" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index3">
+    <w:name w:val="index 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="660" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index4">
+    <w:name w:val="index 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="880" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index5">
+    <w:name w:val="index 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1100" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index6">
+    <w:name w:val="index 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1320" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index7">
+    <w:name w:val="index 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1540" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index8">
+    <w:name w:val="index 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1760" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index9">
+    <w:name w:val="index 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1980" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IndexHeading">
+    <w:name w:val="index heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Index1"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="4472C4" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4472C4" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List4">
+    <w:name w:val="List 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="1440" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List5">
+    <w:name w:val="List 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="1800" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue4">
+    <w:name w:val="List Continue 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1440"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue5">
+    <w:name w:val="List Continue 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1800"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber4">
+    <w:name w:val="List Number 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber5">
+    <w:name w:val="List Number 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="15"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="960"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1920"/>
+        <w:tab w:val="left" w:pos="2400"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3360"/>
+        <w:tab w:val="left" w:pos="3840"/>
+        <w:tab w:val="left" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MessageHeader">
+    <w:name w:val="Message Header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="MessageHeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+        <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
+      </w:pBdr>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1080" w:hanging="1080"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MessageHeaderChar">
+    <w:name w:val="Message Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MessageHeader"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoteHeading">
+    <w:name w:val="Note Heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="NoteHeadingChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NoteHeadingChar">
+    <w:name w:val="Note Heading Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="NoteHeading"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="PlainText">
+    <w:name w:val="Plain Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PlainTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
+    <w:name w:val="Plain Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="PlainText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:before="200"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Salutation">
+    <w:name w:val="Salutation"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SalutationChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SalutationChar">
+    <w:name w:val="Salutation Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Salutation"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="SignatureChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="4320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SignatureChar">
+    <w:name w:val="Signature Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Signature"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002F6BAC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:color w:val="5A5A5A" w:themeColor="text1" w:themeTint="A5"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+    <w:name w:val="table of authorities"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="220" w:hanging="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TableofFigures">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOAHeading">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC1">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002F6BAC"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=769&amp;session=126&amp;summary=B" TargetMode="External" Id="Rb1ea1aa110cd4869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/769_20260113.docx" TargetMode="External" Id="R652813887018476a" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=769&amp;session=126&amp;summary=B" TargetMode="External" Id="R492ff6e528bd4446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/769_20260113.docx" TargetMode="External" Id="Rada52253518e41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/769_20260121.docx" TargetMode="External" Id="Reb0e9c421f6248ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R54632e6f23ca420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Ra703903ba96d4667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="Rfbe7cb0abd904f21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="R1310743660d049e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="Re63ea6e03f0e4593" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260122.docx" TargetMode="External" Id="R45e79cfc47f542fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="Rc77b433faeb64c3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="R21b4f079b4184e9e" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FBA12576-C54B-4BE3-BA96-6BB324E9DAE5}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4638,145 +7616,192 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F7B5F58F-C1B4-4A58-82BA-F50A5A383FB7}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0094764F" w:rsidRDefault="00616D59">
           <w:pPr>
             <w:pStyle w:val="B1E33888016C4ED9979018C63885EAC7"/>
           </w:pPr>
           <w:r w:rsidRPr="00A9478F">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1BCA1D77-7E4A-4052-B745-DFE0CF3D30AA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00DC09B3" w:rsidRDefault="00DC09B3" w:rsidP="00DC09B3">
+          <w:pPr>
+            <w:pStyle w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+          </w:pPr>
+          <w:r w:rsidRPr="007B495D">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aharoni">
     <w:charset w:val="B1"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00616D59"/>
     <w:rsid w:val="00003B70"/>
     <w:rsid w:val="00111C14"/>
     <w:rsid w:val="003E0E59"/>
     <w:rsid w:val="004F5550"/>
     <w:rsid w:val="00501E6F"/>
     <w:rsid w:val="00507587"/>
     <w:rsid w:val="00566531"/>
     <w:rsid w:val="005B01B7"/>
     <w:rsid w:val="006005F9"/>
     <w:rsid w:val="00616D59"/>
     <w:rsid w:val="0063236C"/>
     <w:rsid w:val="00716BDF"/>
+    <w:rsid w:val="007623D3"/>
     <w:rsid w:val="00762756"/>
     <w:rsid w:val="008012F7"/>
+    <w:rsid w:val="008215D7"/>
     <w:rsid w:val="008744C6"/>
+    <w:rsid w:val="008D4225"/>
     <w:rsid w:val="0094764F"/>
     <w:rsid w:val="009C4429"/>
     <w:rsid w:val="009F6A8C"/>
     <w:rsid w:val="00A4617D"/>
+    <w:rsid w:val="00A9585C"/>
     <w:rsid w:val="00AA606F"/>
     <w:rsid w:val="00B41EFF"/>
     <w:rsid w:val="00D8287A"/>
     <w:rsid w:val="00D90437"/>
+    <w:rsid w:val="00DC09B3"/>
     <w:rsid w:val="00EB0F12"/>
     <w:rsid w:val="00EF3015"/>
     <w:rsid w:val="00FC3575"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -5189,59 +8214,72 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00616D59"/>
+    <w:rsid w:val="00DC09B3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B1E33888016C4ED9979018C63885EAC7">
     <w:name w:val="B1E33888016C4ED9979018C63885EAC7"/>
     <w:rPr>
       <w:kern w:val="2"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EB473E2D8194BCF866884CC55E09B19">
+    <w:name w:val="3EB473E2D8194BCF866884CC55E09B19"/>
+    <w:rsid w:val="00DC09B3"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -5522,126 +8560,110 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
-  <ID>e36f8920-0e12-4f7b-b371-6d400d8e058d</ID>
+  <ID>6fbb0243-a1fc-408e-b30c-5ccf8a66abad</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
-  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
-  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-13T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_INTRODATE>2026-01-13</T_BILL_D_INTRODATE>
   <T_BILL_D_SENATEINTRODATE>2026-01-13</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>b7d352a0-2e0b-4763-a292-adbd50fae4d3</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>d7589bbb-391b-4641-84b2-38a72de0aabe</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>fa110a1d-0bdb-4519-84d2-b78230fe06b9</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0769]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>769</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO PROVIDE FOR THE CONTINUING AUTHORITY TO PAY THE EXPENSES OF STATE GOVERNMENT IF THE 2026-2027 FISCAL YEAR BEGINS WITHOUT A GENERAL APPROPRIATIONS ACT FOR FISCAL YEAR 2026-2027 HAVING BEEN ENACTED, AND TO PROVIDE EXCEPTIONS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>joint_resolution</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"2f76b680-478f-4319-98f4-e8a54b324e78","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"TO PROVIDE FOR THE CONTINUING AUTHORITY TO PAY THE EXPENSES OF STATE GOVERNMENT IF THE 2025-2026 FISCAL YEAR BEGINS WITHOUT A GENERAL APPROPRIATIONS ACT FOR FISCAL YEAR 2025-2026 HAVING BEEN ENACTED, AND TO PROVIDE EXCEPTIONS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_2e88585a7"},{"SectionUUID":"4d94fc57-c7fa-4162-b372-8d178987614d","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Continuing Resolution</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5883,109 +8905,98 @@
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DB12C06-B8B5-460A-A736-9839774D61E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9193AB81-2FA8-48F0-98FD-0B758718DD86}">
-[...9 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6C741B1-06A1-4CD5-9531-297007DA29B4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1640</Characters>
+  <Pages>2</Pages>
+  <Words>406</Words>
+  <Characters>2129</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>60</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1944</CharactersWithSpaces>
+  <CharactersWithSpaces>2518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>