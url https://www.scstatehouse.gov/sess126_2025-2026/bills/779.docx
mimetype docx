--- v0 (2026-01-14)
+++ v1 (2026-02-09)
@@ -1,54 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -67,51 +58,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">126th Session, 2025-2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">S. 779</w:t>
+        <w:t xml:space="preserve">R99, S779</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">STATUS INFORMATION</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -173,59 +164,79 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on January 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Introduced in the House on January 28, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Finance</w:t>
+        <w:t xml:space="preserve">Currently residing in the House</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Governor's Action: February 5, 2026, Signed</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Legislative Expense Allowance</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -307,106 +318,625 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/13/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rc3971908a2344335">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 50</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/13/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Finance</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R176d9790e80e41ab">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 50</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Committee report: Favorable</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Finance</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Recbfbfa863e64751">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read second time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R488bcf04305443b4">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Roll call</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Ayes-43  Nays-0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R7ec9f20396344d7b">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 17</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Senate</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read third time and sent to House</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Re2d02d7671cc4ad9">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/28/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Introduced, read first time, placed on calendar without reference</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rd1e153cb3cdd4a48">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 403</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read second time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R5d048ee66f374172">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 23</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Roll call</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Yeas-113  Nays-0</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R47742082ca25497d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 24</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/29/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Unanimous consent for third reading on next legislative day</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R9bdddc54e0dd4cae">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 26</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/30/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>House</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">Read third time and enrolled</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rac2eacb23d9c4cd0">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>House Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 1</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/3/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Ratified R 99
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>2/5/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Signed By Governor
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R8f1b4e453bd74fc4">
+      <w:hyperlink r:id="R1c9053f16f624046">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,708 +954,2102 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Ra28577b69f0f44ed">
+      <w:hyperlink r:id="R2c3c2c63d4b340ea">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/13/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R720ee714152d49ad">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="Rcf83a157bd6d4985">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/28/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00105D52" w:rsidR="00991F67" w:rsidP="00222152" w:rsidRDefault="00991F67" w14:paraId="34D2EA4A" w14:textId="12BAB46D">
-[...78 lines deleted...]
-    <w:p w:rsidR="00207826" w:rsidP="004434BF" w:rsidRDefault="00207826" w14:paraId="69B9DA7F" w14:textId="5F0612A3">
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:suppressLineNumbers/>
+        <w:jc w:val="left"/>
+        <w:sectPr>
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="0EB49D27" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="41FDA4FA" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="3AAEF36C" w14:textId="77777777">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="1FBE280F" w14:textId="77777777">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:sectPr w:rsidR="00E66BD8" w:rsidSect="00E66BD8">
+          <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+          <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="708"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00E66BD8" w:rsidR="00B64D65" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="73C2B59B" w14:textId="4BBFD00E">
+      <w:pPr>
+        <w:pStyle w:val="scactheader3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E66BD8">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NOTE: THIS IS A TEMPORARY VERSION. THIS DOCUMENT WILL REMAIN IN THIS VERSION UNTIL FINAL APPROVAL BY THE LEGISLATIVE COUNCIL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="704FD2C0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactheader3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="78644398" w14:textId="6BF4CF2E">
+      <w:pPr>
+        <w:pStyle w:val="scactheader3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>(R99, S779)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="4C830D43" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactheader3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00E66BD8" w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="001A5453" w14:paraId="2B70C3B2" w14:textId="0A7F2BCB">
+      <w:pPr>
+        <w:pStyle w:val="scactheader4"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E66BD8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>A JOINT RESOLUTION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66BD8" w:rsidR="00E66BD8">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66BD8" w:rsidR="00174D4D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>TO PROVIDE THAT EACH MEMBER OF THE GENERAL ASSEMBLY SHALL REC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66BD8" w:rsidR="00A041F4">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>ei</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E66BD8" w:rsidR="00174D4D">
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>VE A MONTHLY LEGISLATIVE EXPENSE ALLOWANCE OF ONE THOUSAND DOLLARS; TO PROVIDE FOR THE ALLOCATION OF LEGISLATIVE EXPENSE ALLOWANCE PAYMENTS BETWEEN MEMBERS WHOSE SEATS WERE VACATED DURING FISCAL YEAR 2025-2026 AND THE MEMBERS ELECTED TO FILL THE VACANCY; AND TO PROVIDE THAT MEMBERS OF THE GENERAL ASSEMBLY WHOSE SEATS WERE VACATED DUE TO THE MEMBER BEING CONVICTED OF OR PLEADING GUILTY OR NOLO CONTENDERE TO A FELONY ARE NOT ENTITLED TO A LEGISLATIVE EXPENSE ALLOWANCE PAYMENT PURSUANT TO THIS JOINT RESOLUTION.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00700FB1" w:rsidRDefault="00700FB1" w14:paraId="20103ABD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidRPr="00105D52" w:rsidR="00F751FE" w:rsidP="001C682C" w:rsidRDefault="001C682C" w14:paraId="6D3CD473" w14:textId="25207875">
+    <w:p w:rsidRPr="00105D52" w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="29AA2B8B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
-      </w:pPr>
-      <w:bookmarkStart w:name="ew_4575392cc" w:id="1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:bookmarkStart w:name="ew_4575392cc" w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00556F2A" w:rsidP="00556F2A" w:rsidRDefault="00556F2A" w14:paraId="6E0AE5B1" w14:textId="77777777">
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="5643A450" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00694B1F" w14:paraId="2ACFAA17" w14:textId="266D2400">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Legislative expense allowance</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="005546E5" w14:textId="7C036F3E">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00556F2A" w:rsidP="00D27F7D" w:rsidRDefault="00556F2A" w14:paraId="1F21CE1A" w14:textId="527456FF">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00700FB1" w:rsidRDefault="00700FB1" w14:paraId="628D7909" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_d32d8a979" w:id="2"/>
+      <w:bookmarkStart w:name="bs_num_1_d32d8a979" w:id="1"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>ECTION 1.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00F24001" w:rsidR="00F24001">
+      <w:r w:rsidRPr="00F24001">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">All members of the </w:t>
       </w:r>
-      <w:r w:rsidR="009A16E4">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>126</w:t>
       </w:r>
-      <w:r w:rsidRPr="009A16E4" w:rsidR="009A16E4">
+      <w:r w:rsidRPr="009A16E4">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="009A16E4">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Carolina </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F24001" w:rsidR="00F24001">
+      <w:r w:rsidRPr="00F24001">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>General Assembly shall receive a legislative expense allowance of one thousand dollars per month. The provisions of this section are retroactive to July 1, 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F24001" w:rsidP="00F24001" w:rsidRDefault="00F24001" w14:paraId="71B45B3F" w14:textId="77777777">
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="1D71F5E0" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00694B1F" w14:paraId="663A792C" w14:textId="6F7343E2">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Eligibility</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="686930CD" w14:textId="37F251D7">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00F24001" w:rsidP="0094183C" w:rsidRDefault="00F24001" w14:paraId="19A27140" w14:textId="2610C239">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00700FB1" w:rsidRDefault="00700FB1" w14:paraId="26820B3B" w14:textId="67C34305">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_41d8bfa44" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_2_41d8bfa44" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="002E4825" w:rsidR="002E4825">
+      <w:r w:rsidRPr="002E4825">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If a member of the General Assembly vacates or vacated his seat during Fiscal Year 2025‑2026, </w:t>
       </w:r>
-      <w:r w:rsidR="00CF3736">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">then </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4825" w:rsidR="002E4825">
+      <w:r w:rsidRPr="002E4825">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">the member is entitled to receive a legislative expense allowance pursuant to Section 1 for </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E4825" w:rsidR="00CF3736">
+        <w:t>the member is entitled to receive a legislative expense allowance pursuant to S</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2A4E">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">only </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002E4825" w:rsidR="002E4825">
+        <w:t>ECTION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4825">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>the months that the member served. A member elected in a special election to fill a vacancy is entitled to receive a legislative expense allowance for only those months during Fiscal Year 2025‑</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF3736">
+        <w:t xml:space="preserve"> 1 for only the months that the member served. A member elected in a special </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>election to fill a vacancy is entitled to receive a legislative expense allowance for only those months during Fiscal Year 2025‑</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4825" w:rsidR="002E4825">
+      <w:r w:rsidRPr="002E4825">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>26 after he took the oath of office</w:t>
       </w:r>
-      <w:r w:rsidR="00F0785A">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, including a prorated amount for the month in which he took the oath of office</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A member </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>who</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E4825">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was convicted of, plead guilty</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="009668B8">
-[...41 lines deleted...]
-      <w:r w:rsidRPr="002E4825" w:rsidR="002E4825">
+      <w:r w:rsidRPr="002E4825">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00CF3736">
+      <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">plead </w:t>
       </w:r>
-      <w:r w:rsidRPr="002E4825" w:rsidR="002E4825">
+      <w:r w:rsidRPr="002E4825">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>nolo contendere to a felony during the fiscal year and prior to the effective date of this act is not entitled to receive a legislative expense allowance.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E4825" w:rsidP="002E4825" w:rsidRDefault="002E4825" w14:paraId="75A78A45" w14:textId="77777777">
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="0EDB094E" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00694B1F" w14:paraId="280888DB" w14:textId="0418A4F8">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Severability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="65F59958" w14:textId="0400A6B8">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="002E4825" w:rsidP="00BE1EB2" w:rsidRDefault="002E4825" w14:paraId="6DBBA256" w14:textId="745E5E59">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00700FB1" w:rsidRDefault="00700FB1" w14:paraId="1A08A6AE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_874294ed9" w:id="4"/>
-      <w:bookmarkStart w:name="severability_7a9ea5d8b" w:id="5"/>
+      <w:bookmarkStart w:name="bs_num_3_874294ed9" w:id="3"/>
+      <w:bookmarkStart w:name="severability_7a9ea5d8b" w:id="4"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00B0415B" w:rsidR="00BE1EB2">
+      <w:r w:rsidRPr="00B0415B">
         <w:t>If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidRPr="00105D52" w:rsidR="009C43C3" w:rsidP="00351A09" w:rsidRDefault="009C43C3" w14:paraId="790F6824" w14:textId="37706411">
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="752A41FB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00694B1F" w14:paraId="3021AC43" w14:textId="29498AE4">
+      <w:pPr>
+        <w:pStyle w:val="scactcatchline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Time effective</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00105D52" w:rsidR="00700FB1" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="58EF0F4A" w14:textId="7132422D">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidRPr="00105D52" w:rsidR="009C43C3" w:rsidP="00741923" w:rsidRDefault="0077594C" w14:paraId="78EA7715" w14:textId="306B75D6">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00571BA3" w:rsidP="00E66BD8" w:rsidRDefault="00700FB1" w14:paraId="21A3B4C7" w14:textId="761A722A">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="6"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="7"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="5"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="6"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00105D52">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00105D52">
         <w:tab/>
-      </w:r>
-      <w:r w:rsidRPr="00105D52" w:rsidR="000758C3">
         <w:t>This joint resolution takes effect upon approval by the Governor</w:t>
       </w:r>
-      <w:r w:rsidR="002E4825">
+      <w:r>
         <w:t xml:space="preserve"> and is repealed on July 1, 2026</w:t>
       </w:r>
-      <w:r w:rsidRPr="00105D52" w:rsidR="00936D1A">
+      <w:r w:rsidRPr="00105D52">
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-[...29 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00571BA3" w:rsidP="00E66BD8" w:rsidRDefault="00571BA3" w14:paraId="5AC6FC3D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactemptyline"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC4EFC" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="00D32FEB" w14:textId="39C994E9">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:t>Ratified the 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>rd</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> day of February, 2026.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00E66BD8" w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="2FB6333F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00FC4EFC" w:rsidP="00E66BD8" w:rsidRDefault="00FC4EFC" w14:paraId="3A0AB18A" w14:textId="4749C8E9">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00FC4EFC" w:rsidP="00E66BD8" w:rsidRDefault="00FC4EFC" w14:paraId="74AD5AF3" w14:textId="3F5F00B8">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00671F37" w:rsidP="000E41AC" w:rsidRDefault="00077462" w14:paraId="0298FAB8" w14:textId="7FCAB057">
+      <w:pPr>
+        <w:pStyle w:val="scactsignatureline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="000E41AC">
+        <w:t>_______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00CE25EC" w:rsidP="004C223D" w:rsidRDefault="00927BC5" w14:paraId="49880FDA" w14:textId="0FE790A4">
+      <w:pPr>
+        <w:pStyle w:val="scactsignaturetitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>President of the Senate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00077462" w:rsidP="00E66BD8" w:rsidRDefault="00077462" w14:paraId="4DCF7A2D" w14:textId="2B8EF80D">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00077462" w:rsidP="00E66BD8" w:rsidRDefault="00077462" w14:paraId="26CECD30" w14:textId="66A26255">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00077462" w:rsidP="00E66BD8" w:rsidRDefault="00077462" w14:paraId="7EA3440C" w14:textId="40100D25">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00517044" w:rsidP="00583971" w:rsidRDefault="00517044" w14:paraId="42D52B78" w14:textId="175F58CC">
+      <w:pPr>
+        <w:pStyle w:val="scactsignatureline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="000E41AC">
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00517044" w:rsidP="007B612E" w:rsidRDefault="00517044" w14:paraId="1EF68D5A" w14:textId="6326D390">
+      <w:pPr>
+        <w:pStyle w:val="scactsignaturetitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>Speaker of the House of Representatives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00D56E3F" w:rsidP="00E66BD8" w:rsidRDefault="00D56E3F" w14:paraId="2C3FF2A6" w14:textId="2C4CA6C5">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00D56E3F" w:rsidP="00E66BD8" w:rsidRDefault="00D56E3F" w14:paraId="13A68C97" w14:textId="776C3918">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00D56E3F" w:rsidP="00E66BD8" w:rsidRDefault="00D56E3F" w14:paraId="0DD74F6C" w14:textId="3FB3B9F7">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>Approved the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="000F2089">
+        <w:t xml:space="preserve"> _____________ day of ______________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="007423A2">
+        <w:t>___________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00700FB1">
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="00D748B8">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="007A6531" w:rsidP="00E66BD8" w:rsidRDefault="007A6531" w14:paraId="7B9EDD72" w14:textId="18A248D1">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="007A6531" w:rsidP="00E66BD8" w:rsidRDefault="007A6531" w14:paraId="24D02AB5" w14:textId="61031EBE">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="007A6531" w:rsidP="00E66BD8" w:rsidRDefault="007A6531" w14:paraId="4FBF59AE" w14:textId="7AE04F4F">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="007A6531" w:rsidP="00E66BD8" w:rsidRDefault="007A6531" w14:paraId="0A4F8782" w14:textId="280E38CE">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="007A6531" w:rsidP="00583971" w:rsidRDefault="007A6531" w14:paraId="44A6019D" w14:textId="65FC8877">
+      <w:pPr>
+        <w:pStyle w:val="scactgovernorline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="00C94173">
+        <w:t>________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="000E41AC">
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2" w:rsidR="001B7E5F">
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C94173" w:rsidP="00D574E4" w:rsidRDefault="00C94173" w14:paraId="6748399B" w14:textId="49F33722">
+      <w:pPr>
+        <w:pStyle w:val="scactgovernortitle"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:t>Governor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00D574E4" w:rsidRDefault="00E66BD8" w14:paraId="1BA3AA64" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactgovernortitle"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="467B6D67" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactendxx"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+        <w:t>XX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:noBreakHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00F60DB2">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00E66BD8" w:rsidP="00D574E4" w:rsidRDefault="00E66BD8" w14:paraId="7189973A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactgovernortitle"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="53C3DA06" w14:textId="56CCE71A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="216"/>
+          <w:tab w:val="left" w:pos="432"/>
+          <w:tab w:val="left" w:pos="648"/>
+          <w:tab w:val="left" w:pos="864"/>
+          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="left" w:pos="1296"/>
+          <w:tab w:val="left" w:pos="1512"/>
+          <w:tab w:val="left" w:pos="1728"/>
+          <w:tab w:val="left" w:pos="1944"/>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:pos="2376"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="2808"/>
+          <w:tab w:val="left" w:pos="3024"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3456"/>
+          <w:tab w:val="left" w:pos="3672"/>
+          <w:tab w:val="left" w:pos="3888"/>
+          <w:tab w:val="left" w:pos="4104"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="4752"/>
+          <w:tab w:val="left" w:pos="4968"/>
+          <w:tab w:val="left" w:pos="5184"/>
+          <w:tab w:val="left" w:pos="5400"/>
+          <w:tab w:val="left" w:pos="5616"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F60DB2" w:rsidR="00E66BD8" w:rsidP="00E66BD8" w:rsidRDefault="00E66BD8" w14:paraId="1DE346FE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scactchamber"/>
+        <w:widowControl/>
+        <w:suppressLineNumbers w:val="0"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00F60DB2" w:rsidR="00E66BD8" w:rsidSect="00E66BD8">
+      <w:footerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="first" r:id="rId27"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:lnNumType w:countBy="1"/>
+      <w:pgMar w:top="1008" w:right="4680" w:bottom="3499" w:left="1224" w:header="720" w:footer="3499" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
+      <w:noEndnote/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BE16045" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
+    <w:p w14:paraId="5B121D0A" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="60F0E505" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
+    <w:p w14:paraId="148EC93C" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E61E57F" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
+    <w:p w14:paraId="31ADD6DC" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="75187D07" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
+    <w:p w14:paraId="47815DD8" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="178352E6" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404">
+    <w:p w14:paraId="392B0FB8" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{BED27CD0-4234-42A4-95E7-030412D72F4F}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{0166747E-B552-4B10-9850-180FB640C9E2}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{CF950F82-BC3B-43DA-9B02-9D22803392CD}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{54422371-1B3D-4320-BA87-43E707FA5D99}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{F43D81C9-2A32-44B6-AC51-62038E31D74A}"/>
+    <w:embedBold r:id="rId6" w:fontKey="{EE7FF8F2-FCFC-41E0-B25A-8B56B82EBFF5}"/>
+    <w:embedItalic r:id="rId7" w:fontKey="{01F51E81-AE77-4620-B9FB-4C671B9FDCE6}"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{BAB36749-9D28-4D4A-8996-1E0E11506CD3}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{2471B7D4-4B4D-47DB-972A-75F3EE04424F}"/>
   </w:font>
-  <w:font w:name="Aharoni">
-[...1 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000803" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000021" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3820BEDD" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+  <w:p w14:paraId="5FAD234D" w14:textId="4D3596D6" w:rsidR="00E66BD8" w:rsidRPr="00E66BD8" w:rsidRDefault="00E66BD8" w:rsidP="00E66BD8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
-    </w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4680"/>
+        <w:tab w:val="clear" w:pos="9360"/>
+        <w:tab w:val="center" w:pos="3168"/>
+      </w:tabs>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="25BA1E08" w14:textId="1011182B" w:rsidR="00674220" w:rsidRDefault="00F22431" w:rsidP="00674220">
-[...83 lines deleted...]
-  <w:p w14:paraId="561FD775" w14:textId="77777777" w:rsidR="00547DD5" w:rsidRDefault="00547DD5">
+  <w:p w14:paraId="025D77E3" w14:textId="77777777" w:rsidR="00E66BD8" w:rsidRDefault="00E66BD8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="38577C39" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
+    <w:p w14:paraId="248809E0" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="11EF9F6F" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
+    <w:p w14:paraId="30C41C9F" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="76F87126" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404" w:rsidP="00674220">
+    <w:p w14:paraId="60157741" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="328CD9F2" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
+    <w:p w14:paraId="6091F0E1" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="58156040" w14:textId="77777777" w:rsidR="00110404" w:rsidRDefault="00110404">
+    <w:p w14:paraId="06C34C25" w14:textId="77777777" w:rsidR="003C426D" w:rsidRDefault="003C426D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
-</file>
-[...28 lines deleted...]
-</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="94E6D92E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2CA080A8"/>
@@ -1271,403 +3195,707 @@
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="84F0597C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1069112853">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C1B745C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BBCE64C"/>
+    <w:lvl w:ilvl="0" w:tplc="3DEAC57C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="936" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1656" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2376" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3096" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3816" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4536" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5256" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5976" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6696" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1967655854">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1108769728">
+  <w:num w:numId="2" w16cid:durableId="1138913327">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1382510245">
+  <w:num w:numId="3" w16cid:durableId="1782217241">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1530142539">
+  <w:num w:numId="4" w16cid:durableId="148255735">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="694771090">
+  <w:num w:numId="5" w16cid:durableId="506866298">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="252201783">
+  <w:num w:numId="6" w16cid:durableId="1285886948">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1039820966">
+  <w:num w:numId="7" w16cid:durableId="855581405">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="310595583">
+  <w:num w:numId="8" w16cid:durableId="1426997187">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="965234399">
+  <w:num w:numId="9" w16cid:durableId="1483229203">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1476528253">
+  <w:num w:numId="10" w16cid:durableId="1809742836">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="348482391">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1359544792">
+    <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-[...1 lines deleted...]
-  <w:doNotTrackFormatting/>
+  <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:embedSystemFonts/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
+  <w:docVars>
+    <w:docVar w:name="dvBillNumber" w:val="779"/>
+    <w:docVar w:name="dvBillNumberPrefix" w:val="S"/>
+    <w:docVar w:name="dvOriginalBody" w:val="Senate"/>
+  </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
-    <w:rsid w:val="00006AA5"/>
-[...34 lines deleted...]
-    <w:rsid w:val="001C682C"/>
+    <w:rsid w:val="000029A0"/>
+    <w:rsid w:val="00002E0E"/>
+    <w:rsid w:val="00011182"/>
+    <w:rsid w:val="00011DC4"/>
+    <w:rsid w:val="00012912"/>
+    <w:rsid w:val="00012CE1"/>
+    <w:rsid w:val="00016D20"/>
+    <w:rsid w:val="00017FB0"/>
+    <w:rsid w:val="000203D3"/>
+    <w:rsid w:val="00020B5D"/>
+    <w:rsid w:val="00030409"/>
+    <w:rsid w:val="00031E9A"/>
+    <w:rsid w:val="00032AC5"/>
+    <w:rsid w:val="00037F04"/>
+    <w:rsid w:val="00044B84"/>
+    <w:rsid w:val="000479D0"/>
+    <w:rsid w:val="0006464F"/>
+    <w:rsid w:val="00066B54"/>
+    <w:rsid w:val="000730C9"/>
+    <w:rsid w:val="00074A4F"/>
+    <w:rsid w:val="00076837"/>
+    <w:rsid w:val="00077462"/>
+    <w:rsid w:val="00086E49"/>
+    <w:rsid w:val="00093AA4"/>
+    <w:rsid w:val="000B4C02"/>
+    <w:rsid w:val="000B502F"/>
+    <w:rsid w:val="000B5B4A"/>
+    <w:rsid w:val="000C3E88"/>
+    <w:rsid w:val="000C46B9"/>
+    <w:rsid w:val="000C6F9A"/>
+    <w:rsid w:val="000D2F44"/>
+    <w:rsid w:val="000D6746"/>
+    <w:rsid w:val="000E3D2C"/>
+    <w:rsid w:val="000E41AC"/>
+    <w:rsid w:val="000E578A"/>
+    <w:rsid w:val="000F2089"/>
+    <w:rsid w:val="000F2250"/>
+    <w:rsid w:val="0010329A"/>
+    <w:rsid w:val="001164F9"/>
+    <w:rsid w:val="00137283"/>
+    <w:rsid w:val="00140049"/>
+    <w:rsid w:val="00171601"/>
+    <w:rsid w:val="001730EB"/>
+    <w:rsid w:val="00173276"/>
+    <w:rsid w:val="00174D4D"/>
+    <w:rsid w:val="0019025B"/>
+    <w:rsid w:val="00192AF7"/>
+    <w:rsid w:val="00197366"/>
+    <w:rsid w:val="00197CE4"/>
+    <w:rsid w:val="001A136C"/>
+    <w:rsid w:val="001A5453"/>
+    <w:rsid w:val="001B199E"/>
+    <w:rsid w:val="001B2DF5"/>
+    <w:rsid w:val="001B31ED"/>
+    <w:rsid w:val="001B6BC2"/>
+    <w:rsid w:val="001B6DA2"/>
+    <w:rsid w:val="001B7E5F"/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:rsid w:val="001D69B0"/>
+    <w:rsid w:val="001E17A1"/>
+    <w:rsid w:val="001E2A4E"/>
+    <w:rsid w:val="001E7185"/>
     <w:rsid w:val="001F2A41"/>
-    <w:rsid w:val="00201CDB"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00202D6C"/>
+    <w:rsid w:val="001F313F"/>
+    <w:rsid w:val="001F331D"/>
+    <w:rsid w:val="002001FE"/>
     <w:rsid w:val="002038AA"/>
-    <w:rsid w:val="00207826"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002A6902"/>
+    <w:rsid w:val="0020505D"/>
+    <w:rsid w:val="0021166F"/>
+    <w:rsid w:val="0021248D"/>
+    <w:rsid w:val="002125DF"/>
+    <w:rsid w:val="00233975"/>
+    <w:rsid w:val="00236D73"/>
+    <w:rsid w:val="00240649"/>
+    <w:rsid w:val="002568C4"/>
+    <w:rsid w:val="00257F60"/>
+    <w:rsid w:val="002625EA"/>
+    <w:rsid w:val="00270F7C"/>
+    <w:rsid w:val="00281442"/>
+    <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="002A6972"/>
     <w:rsid w:val="002B02F3"/>
-    <w:rsid w:val="002B5BEA"/>
-[...24 lines deleted...]
-    <w:rsid w:val="00490B14"/>
+    <w:rsid w:val="002C3463"/>
+    <w:rsid w:val="002C3B4D"/>
+    <w:rsid w:val="002D266D"/>
+    <w:rsid w:val="002D3926"/>
+    <w:rsid w:val="002D5B3D"/>
+    <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002F0B60"/>
+    <w:rsid w:val="002F3ADA"/>
+    <w:rsid w:val="002F4898"/>
+    <w:rsid w:val="002F560C"/>
+    <w:rsid w:val="002F5847"/>
+    <w:rsid w:val="002F7DF3"/>
+    <w:rsid w:val="003021B7"/>
+    <w:rsid w:val="0030425A"/>
+    <w:rsid w:val="00304C44"/>
+    <w:rsid w:val="00341F2D"/>
+    <w:rsid w:val="003421F1"/>
+    <w:rsid w:val="00354F64"/>
+    <w:rsid w:val="00361563"/>
+    <w:rsid w:val="003775E6"/>
+    <w:rsid w:val="00380365"/>
+    <w:rsid w:val="00381998"/>
+    <w:rsid w:val="00395639"/>
+    <w:rsid w:val="003B59FF"/>
+    <w:rsid w:val="003B7E81"/>
+    <w:rsid w:val="003C426D"/>
+    <w:rsid w:val="003D1181"/>
+    <w:rsid w:val="003D4A3C"/>
+    <w:rsid w:val="003D4CCF"/>
+    <w:rsid w:val="003E2110"/>
+    <w:rsid w:val="003E5452"/>
+    <w:rsid w:val="003E5F24"/>
+    <w:rsid w:val="003E7165"/>
+    <w:rsid w:val="00410511"/>
+    <w:rsid w:val="00412F9C"/>
+    <w:rsid w:val="00420557"/>
+    <w:rsid w:val="0044206B"/>
+    <w:rsid w:val="0045022B"/>
+    <w:rsid w:val="004539B5"/>
+    <w:rsid w:val="00464317"/>
+    <w:rsid w:val="00473583"/>
+    <w:rsid w:val="00477F32"/>
+    <w:rsid w:val="004851A0"/>
     <w:rsid w:val="004932AB"/>
-    <w:rsid w:val="004A3741"/>
-[...19 lines deleted...]
-    <w:rsid w:val="005968FA"/>
+    <w:rsid w:val="00496820"/>
+    <w:rsid w:val="004A5512"/>
+    <w:rsid w:val="004B07AC"/>
+    <w:rsid w:val="004B0C18"/>
+    <w:rsid w:val="004B1F36"/>
+    <w:rsid w:val="004C223D"/>
+    <w:rsid w:val="004C5A68"/>
+    <w:rsid w:val="004C5C9A"/>
+    <w:rsid w:val="004C6054"/>
+    <w:rsid w:val="004D1442"/>
+    <w:rsid w:val="004D3DCB"/>
+    <w:rsid w:val="004F0090"/>
+    <w:rsid w:val="004F172C"/>
+    <w:rsid w:val="004F3B2F"/>
+    <w:rsid w:val="005002ED"/>
+    <w:rsid w:val="00500DBC"/>
+    <w:rsid w:val="005102BE"/>
+    <w:rsid w:val="00517044"/>
+    <w:rsid w:val="00523F7F"/>
+    <w:rsid w:val="00524D54"/>
+    <w:rsid w:val="0054531B"/>
+    <w:rsid w:val="00546C24"/>
+    <w:rsid w:val="005476FF"/>
+    <w:rsid w:val="005516F6"/>
+    <w:rsid w:val="00552EA3"/>
+    <w:rsid w:val="00571BA3"/>
+    <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="00583971"/>
+    <w:rsid w:val="00592A40"/>
+    <w:rsid w:val="0059522F"/>
+    <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
-    <w:rsid w:val="005C3809"/>
+    <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
-    <w:rsid w:val="005D32B1"/>
-[...55 lines deleted...]
-    <w:rsid w:val="00984F46"/>
+    <w:rsid w:val="005D3013"/>
+    <w:rsid w:val="005D73FC"/>
+    <w:rsid w:val="005E2B9C"/>
+    <w:rsid w:val="005E3332"/>
+    <w:rsid w:val="005F76B0"/>
+    <w:rsid w:val="005F7745"/>
+    <w:rsid w:val="00604429"/>
+    <w:rsid w:val="006067B0"/>
+    <w:rsid w:val="00606A8B"/>
+    <w:rsid w:val="00611EBA"/>
+    <w:rsid w:val="00614921"/>
+    <w:rsid w:val="00623BEA"/>
+    <w:rsid w:val="006250DF"/>
+    <w:rsid w:val="00630BBE"/>
+    <w:rsid w:val="00640C87"/>
+    <w:rsid w:val="006454BB"/>
+    <w:rsid w:val="00651C89"/>
+    <w:rsid w:val="00656284"/>
+    <w:rsid w:val="00657CF4"/>
+    <w:rsid w:val="00660498"/>
+    <w:rsid w:val="00663B8D"/>
+    <w:rsid w:val="006700F0"/>
+    <w:rsid w:val="00671F37"/>
+    <w:rsid w:val="0067345B"/>
+    <w:rsid w:val="00685035"/>
+    <w:rsid w:val="00685770"/>
+    <w:rsid w:val="00694B1F"/>
+    <w:rsid w:val="006A395F"/>
+    <w:rsid w:val="006A65E2"/>
+    <w:rsid w:val="006B7005"/>
+    <w:rsid w:val="006C099D"/>
+    <w:rsid w:val="006C7E01"/>
+    <w:rsid w:val="006E0935"/>
+    <w:rsid w:val="006E353F"/>
+    <w:rsid w:val="006E35AB"/>
+    <w:rsid w:val="006F1A24"/>
+    <w:rsid w:val="006F3399"/>
+    <w:rsid w:val="00700FB1"/>
+    <w:rsid w:val="007038A9"/>
+    <w:rsid w:val="00704345"/>
+    <w:rsid w:val="00722155"/>
+    <w:rsid w:val="00731EA4"/>
+    <w:rsid w:val="0073210F"/>
+    <w:rsid w:val="00737C39"/>
+    <w:rsid w:val="00737F19"/>
+    <w:rsid w:val="007423A2"/>
+    <w:rsid w:val="00744823"/>
+    <w:rsid w:val="00772152"/>
+    <w:rsid w:val="00773EB6"/>
+    <w:rsid w:val="00782BF8"/>
+    <w:rsid w:val="007849D9"/>
+    <w:rsid w:val="007A6531"/>
+    <w:rsid w:val="007B2D29"/>
+    <w:rsid w:val="007B379E"/>
+    <w:rsid w:val="007B4DBF"/>
+    <w:rsid w:val="007B612E"/>
+    <w:rsid w:val="007B7E68"/>
+    <w:rsid w:val="007C1911"/>
+    <w:rsid w:val="007C5458"/>
+    <w:rsid w:val="007E2DD6"/>
+    <w:rsid w:val="007F1183"/>
+    <w:rsid w:val="007F50D1"/>
+    <w:rsid w:val="007F52D1"/>
+    <w:rsid w:val="00806DCC"/>
+    <w:rsid w:val="00815A49"/>
+    <w:rsid w:val="00816D52"/>
+    <w:rsid w:val="00825C9B"/>
+    <w:rsid w:val="00831048"/>
+    <w:rsid w:val="00834272"/>
+    <w:rsid w:val="00845017"/>
+    <w:rsid w:val="00851A63"/>
+    <w:rsid w:val="008625C1"/>
+    <w:rsid w:val="008635C3"/>
+    <w:rsid w:val="008806F9"/>
+    <w:rsid w:val="008A57E3"/>
+    <w:rsid w:val="008B5BF4"/>
+    <w:rsid w:val="008C0CEE"/>
+    <w:rsid w:val="008C1B18"/>
+    <w:rsid w:val="008C2F88"/>
+    <w:rsid w:val="008C6C3F"/>
+    <w:rsid w:val="008D46EC"/>
+    <w:rsid w:val="008E0E25"/>
+    <w:rsid w:val="008E57CE"/>
+    <w:rsid w:val="008E61A1"/>
+    <w:rsid w:val="008F48AC"/>
+    <w:rsid w:val="0091356C"/>
+    <w:rsid w:val="00917EA3"/>
+    <w:rsid w:val="00917EE0"/>
+    <w:rsid w:val="00921C89"/>
+    <w:rsid w:val="00926966"/>
+    <w:rsid w:val="00926D03"/>
+    <w:rsid w:val="00927BC5"/>
+    <w:rsid w:val="00934036"/>
+    <w:rsid w:val="00934889"/>
+    <w:rsid w:val="0094013B"/>
+    <w:rsid w:val="00943236"/>
+    <w:rsid w:val="0094798F"/>
+    <w:rsid w:val="00947DCF"/>
+    <w:rsid w:val="00954E7E"/>
+    <w:rsid w:val="009554D9"/>
+    <w:rsid w:val="009572F9"/>
+    <w:rsid w:val="00960021"/>
+    <w:rsid w:val="0097765A"/>
+    <w:rsid w:val="00982484"/>
+    <w:rsid w:val="0098366F"/>
+    <w:rsid w:val="00983A03"/>
+    <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
-    <w:rsid w:val="00997553"/>
-[...39 lines deleted...]
-    <w:rsid w:val="00C603CF"/>
+    <w:rsid w:val="00992876"/>
+    <w:rsid w:val="009A0DCE"/>
+    <w:rsid w:val="009A22CD"/>
+    <w:rsid w:val="009B35FD"/>
+    <w:rsid w:val="009B6815"/>
+    <w:rsid w:val="009C01CA"/>
+    <w:rsid w:val="009C144B"/>
+    <w:rsid w:val="009C6FD3"/>
+    <w:rsid w:val="009D2967"/>
+    <w:rsid w:val="009D3C2B"/>
+    <w:rsid w:val="009E0F93"/>
+    <w:rsid w:val="009F23CF"/>
+    <w:rsid w:val="009F2AB1"/>
+    <w:rsid w:val="009F3431"/>
+    <w:rsid w:val="009F4FAF"/>
+    <w:rsid w:val="009F68F1"/>
+    <w:rsid w:val="00A0242D"/>
+    <w:rsid w:val="00A041F4"/>
+    <w:rsid w:val="00A17135"/>
+    <w:rsid w:val="00A21A6F"/>
+    <w:rsid w:val="00A254DE"/>
+    <w:rsid w:val="00A26A62"/>
+    <w:rsid w:val="00A35A9B"/>
+    <w:rsid w:val="00A4070E"/>
+    <w:rsid w:val="00A40CA0"/>
+    <w:rsid w:val="00A504A7"/>
+    <w:rsid w:val="00A53677"/>
+    <w:rsid w:val="00A53BF2"/>
+    <w:rsid w:val="00A73EFA"/>
+    <w:rsid w:val="00A765E1"/>
+    <w:rsid w:val="00A77A3B"/>
+    <w:rsid w:val="00A97523"/>
+    <w:rsid w:val="00AB5948"/>
+    <w:rsid w:val="00AB73BF"/>
+    <w:rsid w:val="00AD3E3D"/>
+    <w:rsid w:val="00AE36EC"/>
+    <w:rsid w:val="00AF1688"/>
+    <w:rsid w:val="00AF2DDF"/>
+    <w:rsid w:val="00AF3776"/>
+    <w:rsid w:val="00AF46E6"/>
+    <w:rsid w:val="00AF5139"/>
+    <w:rsid w:val="00B05A74"/>
+    <w:rsid w:val="00B2797B"/>
+    <w:rsid w:val="00B32B4D"/>
+    <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B53052"/>
+    <w:rsid w:val="00B637AA"/>
+    <w:rsid w:val="00B64D65"/>
+    <w:rsid w:val="00B7592C"/>
+    <w:rsid w:val="00B8071E"/>
+    <w:rsid w:val="00B809D3"/>
+    <w:rsid w:val="00B84B66"/>
+    <w:rsid w:val="00B85475"/>
+    <w:rsid w:val="00B9090A"/>
+    <w:rsid w:val="00B92196"/>
+    <w:rsid w:val="00B9228D"/>
+    <w:rsid w:val="00BA457D"/>
+    <w:rsid w:val="00BB1918"/>
+    <w:rsid w:val="00BC556C"/>
+    <w:rsid w:val="00BD348C"/>
+    <w:rsid w:val="00BD4684"/>
+    <w:rsid w:val="00BD71B4"/>
+    <w:rsid w:val="00BD7CF7"/>
+    <w:rsid w:val="00BE08A7"/>
+    <w:rsid w:val="00BE4391"/>
+    <w:rsid w:val="00BF3E48"/>
+    <w:rsid w:val="00C16288"/>
+    <w:rsid w:val="00C166EC"/>
+    <w:rsid w:val="00C17D1D"/>
+    <w:rsid w:val="00C369DA"/>
+    <w:rsid w:val="00C42576"/>
+    <w:rsid w:val="00C45923"/>
+    <w:rsid w:val="00C5312C"/>
+    <w:rsid w:val="00C543E7"/>
+    <w:rsid w:val="00C61994"/>
+    <w:rsid w:val="00C61D71"/>
+    <w:rsid w:val="00C70225"/>
+    <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
-    <w:rsid w:val="00C75DCE"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CD2FA8"/>
+    <w:rsid w:val="00C75005"/>
+    <w:rsid w:val="00C843D6"/>
+    <w:rsid w:val="00C94063"/>
+    <w:rsid w:val="00C94173"/>
+    <w:rsid w:val="00C94685"/>
+    <w:rsid w:val="00C970DF"/>
+    <w:rsid w:val="00CA7E71"/>
+    <w:rsid w:val="00CB2673"/>
+    <w:rsid w:val="00CB5723"/>
+    <w:rsid w:val="00CB701D"/>
+    <w:rsid w:val="00CC3F0E"/>
+    <w:rsid w:val="00CD08C9"/>
+    <w:rsid w:val="00CD1FE8"/>
+    <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
-    <w:rsid w:val="00CD5745"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00E921C0"/>
+    <w:rsid w:val="00CD5565"/>
+    <w:rsid w:val="00CD5A65"/>
+    <w:rsid w:val="00CD616C"/>
+    <w:rsid w:val="00CE25EC"/>
+    <w:rsid w:val="00CF7B4A"/>
+    <w:rsid w:val="00D009F8"/>
+    <w:rsid w:val="00D078DA"/>
+    <w:rsid w:val="00D14995"/>
+    <w:rsid w:val="00D21E87"/>
+    <w:rsid w:val="00D2455C"/>
+    <w:rsid w:val="00D25023"/>
+    <w:rsid w:val="00D26E6F"/>
+    <w:rsid w:val="00D27F8C"/>
+    <w:rsid w:val="00D36691"/>
+    <w:rsid w:val="00D430C5"/>
+    <w:rsid w:val="00D56E3F"/>
+    <w:rsid w:val="00D574E4"/>
+    <w:rsid w:val="00D57969"/>
+    <w:rsid w:val="00D62E42"/>
+    <w:rsid w:val="00D748B8"/>
+    <w:rsid w:val="00D772FB"/>
+    <w:rsid w:val="00D81150"/>
+    <w:rsid w:val="00DA1AA0"/>
+    <w:rsid w:val="00DB4FA1"/>
+    <w:rsid w:val="00DD73AE"/>
+    <w:rsid w:val="00DE2D0B"/>
+    <w:rsid w:val="00DE4A25"/>
+    <w:rsid w:val="00DE4BEE"/>
+    <w:rsid w:val="00DE5B3D"/>
+    <w:rsid w:val="00DE7112"/>
+    <w:rsid w:val="00DF19BE"/>
+    <w:rsid w:val="00DF4A61"/>
+    <w:rsid w:val="00DF7D4E"/>
+    <w:rsid w:val="00E013FE"/>
+    <w:rsid w:val="00E042E2"/>
+    <w:rsid w:val="00E103FD"/>
+    <w:rsid w:val="00E13E00"/>
+    <w:rsid w:val="00E24D9A"/>
+    <w:rsid w:val="00E27A11"/>
+    <w:rsid w:val="00E30497"/>
+    <w:rsid w:val="00E33BF4"/>
+    <w:rsid w:val="00E358A2"/>
+    <w:rsid w:val="00E35C9A"/>
+    <w:rsid w:val="00E3771B"/>
+    <w:rsid w:val="00E40979"/>
+    <w:rsid w:val="00E40E00"/>
+    <w:rsid w:val="00E43F26"/>
+    <w:rsid w:val="00E52917"/>
+    <w:rsid w:val="00E6378B"/>
+    <w:rsid w:val="00E63EC3"/>
+    <w:rsid w:val="00E65958"/>
+    <w:rsid w:val="00E66BD8"/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:rsid w:val="00E84FE5"/>
+    <w:rsid w:val="00E867BF"/>
+    <w:rsid w:val="00E871E4"/>
+    <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
-    <w:rsid w:val="00EA3586"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00FE4340"/>
+    <w:rsid w:val="00EA2F1F"/>
+    <w:rsid w:val="00EA3F2E"/>
+    <w:rsid w:val="00EA486E"/>
+    <w:rsid w:val="00EA55E2"/>
+    <w:rsid w:val="00EA57EC"/>
+    <w:rsid w:val="00EA756C"/>
+    <w:rsid w:val="00EB120E"/>
+    <w:rsid w:val="00EB46E2"/>
+    <w:rsid w:val="00EC0045"/>
+    <w:rsid w:val="00EC5F57"/>
+    <w:rsid w:val="00ED452E"/>
+    <w:rsid w:val="00EE1E90"/>
+    <w:rsid w:val="00EF0DFD"/>
+    <w:rsid w:val="00EF37A8"/>
+    <w:rsid w:val="00EF531F"/>
+    <w:rsid w:val="00EF6855"/>
+    <w:rsid w:val="00F05FE8"/>
+    <w:rsid w:val="00F13D87"/>
+    <w:rsid w:val="00F149E5"/>
+    <w:rsid w:val="00F15E33"/>
+    <w:rsid w:val="00F17DA2"/>
+    <w:rsid w:val="00F2288A"/>
+    <w:rsid w:val="00F22EC0"/>
+    <w:rsid w:val="00F31D34"/>
+    <w:rsid w:val="00F342A1"/>
+    <w:rsid w:val="00F37E97"/>
+    <w:rsid w:val="00F40634"/>
+    <w:rsid w:val="00F44D36"/>
+    <w:rsid w:val="00F46262"/>
+    <w:rsid w:val="00F4795D"/>
+    <w:rsid w:val="00F525CD"/>
+    <w:rsid w:val="00F5286C"/>
+    <w:rsid w:val="00F52E12"/>
+    <w:rsid w:val="00F60DB2"/>
+    <w:rsid w:val="00F74E96"/>
+    <w:rsid w:val="00FA0F2E"/>
+    <w:rsid w:val="00FA6C80"/>
+    <w:rsid w:val="00FB3F2A"/>
+    <w:rsid w:val="00FB5838"/>
+    <w:rsid w:val="00FC4EFC"/>
+    <w:rsid w:val="00FD72E3"/>
+    <w:rsid w:val="00FE06FC"/>
+    <w:rsid w:val="00FE0FE3"/>
+    <w:rsid w:val="00FE4395"/>
+    <w:rsid w:val="00FF0315"/>
+    <w:rsid w:val="00FF2121"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-GB"/>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57BC4071"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F85974C7-BE37-466D-9597-FD2073185648}"/>
+  <w15:docId w15:val="{232295AD-41B6-4F10-84D4-3518D2417706}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2025,3394 +4253,1923 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="00C73C7D"/>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="00E66BD8"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="00C73C7D"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...18 lines deleted...]
-      <w:sz w:val="44"/>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BE08A7"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemplylineheader">
+    <w:name w:val="sc_emplyline_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
-[...1 lines deleted...]
-      <w:widowControl w:val="0"/>
+    <w:rsid w:val="00410511"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendamendnum">
-[...43 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
+    <w:name w:val="sc_bill_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00076837"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="center"/>
-[...48 lines deleted...]
-      <w:jc w:val="right"/>
+      <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendheader1">
-[...14 lines deleted...]
-      <w:u w:val="single"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactenactingwords">
+    <w:name w:val="sc_act_enacting_words"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendordernum">
-[...128 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
+    <w:name w:val="sc_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="0045022B"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendlanginstruction">
-[...19 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactnewcodesection">
+    <w:name w:val="sc_act_new_code_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="002F0B60"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
+      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scamendtitleconform">
-[...18 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002C3463"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
+    <w:name w:val="sc_directional_language"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="center" w:pos="8784"/>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactnoncodifiedsection">
+    <w:name w:val="sc_act_non_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00464317"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
+    <w:name w:val="sc_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
+    <w:name w:val="sc_house_front_jacketheader_line1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00074A4F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
+    <w:name w:val="sc_house_front_jacketheader_line2"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F313F"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
+    <w:name w:val="sc_jacket_sponsors"/>
+    <w:qFormat/>
+    <w:rsid w:val="00592A40"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="008E57CE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
-[...4 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
+    <w:name w:val="sc_jacket_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00834272"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
-[...2 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
+    <w:name w:val="sc_house_back_jacket_empty_lines"/>
+    <w:qFormat/>
+    <w:rsid w:val="001164F9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
+    <w:name w:val="sc_house_back_jacket_line1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009B35FD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
+    <w:name w:val="sc_house_back_jacket_empty_line2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F4795D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
+    <w:name w:val="sc_house_back_jacket_line2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00473583"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="16"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
+    <w:name w:val="sc_house_jacket_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="00640C87"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:sz w:val="18"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
+    <w:name w:val="sc_house_back_jacket_atty_billtype"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B8071E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
+    <w:name w:val="sc_house_back_jacket_proofread_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="007F1183"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="4500"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="648"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schouseclippage">
+    <w:name w:val="sc_house_clip_page"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AF1688"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
+    <w:name w:val="sc_clip_page_doc_path"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD4684"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
+    <w:name w:val="sc_clip_page_Doc_Name"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="0098366F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="00E65958"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
-[...26 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="00F149E5"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
-[...4 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcodifiedsection">
+    <w:name w:val="sc_act_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0010329A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0010329A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0010329A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0010329A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F331D"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
+    <w:name w:val="sc_bill_footer"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E57CE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8784"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00DA1AA0"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
+    <w:name w:val="sc_tables"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008E57CE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
+    <w:name w:val="sc_draft_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scsenateclippage">
+    <w:name w:val="sc_senate_clip_page"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E3D2C"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="144"/>
+        <w:tab w:val="left" w:pos="360"/>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="792"/>
+        <w:tab w:val="left" w:pos="1008"/>
+        <w:tab w:val="left" w:pos="1224"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scsenateclippagepath">
+    <w:name w:val="sc_senate_clip_page_path"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009C144B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:smallCaps w:val="0"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacket">
+    <w:name w:val="sc_bill_senate_back_jacket"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C61994"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="216"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsenatebackjacketproofreadline">
+    <w:name w:val="sc_bill_senate_back_jacket_proofread_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C61994"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="648"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactheader1">
+    <w:name w:val="sc_act_header1"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D3926"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:caps/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactheader2">
+    <w:name w:val="sc_act_header2"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D3926"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1526"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactheader3">
+    <w:name w:val="sc_act_header3"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D3926"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactheader4">
+    <w:name w:val="sc_act_header4"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D3926"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="36"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scacttitle">
+    <w:name w:val="sc_act_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00960021"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2104"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactcatchline">
+    <w:name w:val="sc_act_catchline"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactendxx">
+    <w:name w:val="sc_act_end_xx"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactchamber">
+    <w:name w:val="sc_act_chamber"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactsignatureline">
+    <w:name w:val="sc_act_signature_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E41AC"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1800"/>
+        <w:tab w:val="left" w:pos="2880"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactsignaturetitle">
+    <w:name w:val="sc_act_signature_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="00656284"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1800"/>
+        <w:tab w:val="left" w:pos="2880"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactemptyline">
+    <w:name w:val="sc_act_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactwhereasclause">
+    <w:name w:val="sc_act_whereas_clause"/>
+    <w:qFormat/>
+    <w:rsid w:val="00016D20"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
-[...4 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactdirectionallanguage">
+    <w:name w:val="sc_act_directional_language"/>
+    <w:qFormat/>
+    <w:rsid w:val="006F1A24"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
-[...61 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactgovernortitle">
+    <w:name w:val="sc_act_governor_title"/>
+    <w:qFormat/>
+    <w:rsid w:val="002D3926"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="216"/>
-[...6 lines deleted...]
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1797"/>
+        <w:tab w:val="left" w:pos="2880"/>
       </w:tabs>
-      <w:suppressAutoHyphens/>
-[...15 lines deleted...]
-      <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+      <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
-[...2 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactgovernorline">
+    <w:name w:val="sc_act_governor_line"/>
+    <w:next w:val="scactgovernortitle"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F2288A"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
-      <w:suppressAutoHyphens/>
-[...13 lines deleted...]
-      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="1440"/>
+        <w:tab w:val="left" w:pos="1797"/>
+        <w:tab w:val="left" w:pos="2880"/>
+      </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
-[...2 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
+    <w:name w:val="sc_bill_end_xx"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E57CE"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-      <w:b/>
-      <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
-[...2 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
+    <w:name w:val="sc_bill_whereas_clause"/>
+    <w:qFormat/>
+    <w:rsid w:val="0045022B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
-      <w:tabs>
-[...105 lines deleted...]
-      <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-      <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
-[...4 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
+    <w:name w:val="sc_enacting_words"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrblanksection">
+    <w:name w:val="sc_jr_blank_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
-[...2 lines deleted...]
-    <w:rsid w:val="005403D7"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjremptyline">
+    <w:name w:val="sc_jr_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="001C5DDA"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel1">
+    <w:name w:val="sc_jr_list_level_1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C61994"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-      <w:jc w:val="both"/>
-[...1208 lines deleted...]
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="216"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjrlistlevel2">
     <w:name w:val="sc_jr_list_level_2"/>
     <w:qFormat/>
-    <w:rsid w:val="005403D7"/>
+    <w:rsid w:val="00C61994"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="432"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
-[...4 lines deleted...]
-      <w:widowControl w:val="0"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
+    <w:name w:val="sc_new_code_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00552EA3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
+    <w:name w:val="sc_new_code_section_next_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00552EA3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
+    <w:name w:val="sc_non_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00552EA3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="432"/>
+        <w:tab w:val="left" w:pos="648"/>
+        <w:tab w:val="left" w:pos="864"/>
+        <w:tab w:val="left" w:pos="1080"/>
+        <w:tab w:val="left" w:pos="1296"/>
+        <w:tab w:val="left" w:pos="1512"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="1944"/>
+        <w:tab w:val="left" w:pos="2160"/>
+        <w:tab w:val="left" w:pos="2376"/>
+        <w:tab w:val="left" w:pos="2592"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scSECTIONS">
+    <w:name w:val="sc_SECTIONS"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C61994"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b w:val="0"/>
+      <w:i w:val="0"/>
+      <w:caps/>
+      <w:smallCaps w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
+    <w:name w:val="sc_table_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
+    <w:name w:val="sc_table_ln"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D430C5"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
+    <w:name w:val="sc_table_non_codified_section"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
+    <w:name w:val="sc_emptyline_header"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E57CE"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
+    <w:name w:val="sc_insert"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="008E57CE"/>
+    <w:rPr>
+      <w:caps w:val="0"/>
+      <w:smallCaps w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:vanish w:val="0"/>
+      <w:u w:val="single"/>
+      <w:vertAlign w:val="baseline"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
+    <w:name w:val="sc_strike"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
+    <w:name w:val="sc_strike_blue_non_codified"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="0070C0"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
+    <w:name w:val="sc_strike_red_non_codified"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
+    <w:name w:val="sc_strike_blue"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="0070C0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
+    <w:name w:val="sc_strike_red"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E71E8A"/>
+    <w:rPr>
+      <w:strike/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="FF0000"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
+    <w:name w:val="sc_bill_sig_lines"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA457D"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="216"/>
+        <w:tab w:val="left" w:pos="4536"/>
+        <w:tab w:val="left" w:pos="4752"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="scactbackjacket">
+    <w:name w:val="sc_act_back_jacket"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="thinThickThinSmallGap" w:sz="18" w:space="0" w:color="auto"/>
+        <w:left w:val="thinThickThinSmallGap" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="thinThickThinSmallGap" w:sz="18" w:space="0" w:color="auto"/>
+        <w:right w:val="thinThickThinSmallGap" w:sz="18" w:space="0" w:color="auto"/>
+        <w:insideH w:val="thinThickThinSmallGap" w:sz="18" w:space="0" w:color="auto"/>
+        <w:insideV w:val="thinThickThinSmallGap" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketlc">
+    <w:name w:val="sc_act_back_jacket_lc"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:caps/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketemptyline">
+    <w:name w:val="sc_act_back_jacket_empty_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketdirector">
+    <w:name w:val="sc_act_back_jacket_director"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketinfo">
+    <w:name w:val="sc_act_back_jacket_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="446"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketpath">
+    <w:name w:val="sc_act_back_jacket_path"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="446"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketbilltype">
+    <w:name w:val="sc_act_back_jacket_billtype"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="446"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippage">
+    <w:name w:val="sc_act_clip_page"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
-      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
-[...2 lines deleted...]
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactclippageinfo">
+    <w:name w:val="sc_act_clip_page_info"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="scactbackjacketline">
+    <w:name w:val="sc_act_back_jacket_line"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="scstatewidecheck">
+    <w:name w:val="sc_statewide_check"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="sclocalcheck">
+    <w:name w:val="sc_local_check"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="sctempcheck">
+    <w:name w:val="sc_temp_check"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001A5453"/>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E66BD8"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:val="en-US"/>
-[...366 lines deleted...]
-      <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2320193">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=779&amp;session=126&amp;summary=B" TargetMode="External" Id="R8f1b4e453bd74fc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260113.docx" TargetMode="External" Id="Ra28577b69f0f44ed" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\sj\20260121.docx" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\hj\20260129.docx" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\hj\20260130.docx" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\sj\20260113.docx" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\hj\20260128.docx" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260128.docx" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\sj\20260122.docx" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\hj\20260129.docx" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\sj\20260113.docx" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260121.docx" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\sj\20260121.docx" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260113.docx" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\hj\20260129.docx" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///h:\sj\20260121.docx" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=779&amp;session=126&amp;summary=B" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=779&amp;session=126&amp;summary=B" TargetMode="External" Id="Re381f133a0a840c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260113.docx" TargetMode="External" Id="Rad2d954d78dc4bcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260121.docx" TargetMode="External" Id="R43d5fff807b84abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260128.docx" TargetMode="External" Id="Rd2707643a572486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Re986230c21ba4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R70610c7ddfa24205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="R645915a1176e493b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="R5b06eca6bb1d4e8e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="R4d6c8f37126b4b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260122.docx" TargetMode="External" Id="R1c6df275975a43c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="Rc3a5760d0c6949eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R0ad3bf29e7f64183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="Rbbe83a80163045d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R97233327e0f849ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260130.docx" TargetMode="External" Id="R6c2c28f4053a44df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=779&amp;session=126&amp;summary=B" TargetMode="External" Id="R1c9053f16f624046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260113.docx" TargetMode="External" Id="R2c3c2c63d4b340ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260121.docx" TargetMode="External" Id="R720ee714152d49ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/779_20260128.docx" TargetMode="External" Id="Rcf83a157bd6d4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rc3971908a2344335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="R176d9790e80e41ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="Recbfbfa863e64751" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="R488bcf04305443b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260121.docx" TargetMode="External" Id="R7ec9f20396344d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260122.docx" TargetMode="External" Id="Re2d02d7671cc4ad9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260128.docx" TargetMode="External" Id="Rd1e153cb3cdd4a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R5d048ee66f374172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R47742082ca25497d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260129.docx" TargetMode="External" Id="R9bdddc54e0dd4cae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\hj\20260130.docx" TargetMode="External" Id="Rac2eacb23d9c4cd0" /></Relationships>
 </file>
 
-<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...634 lines deleted...]
-</w:webSettings>
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5674,108 +6431,146 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <ID>7e1dffea-d8d7-40b3-8530-02e6bcc3eea9</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_ISACT>True</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>True</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>False</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>False</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-02-02T14:03:22.049478-05:00</T_BILL_DT_VERSION>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>4635ef12-ee27-4465-a3f8-5d9e519ac478</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALBILL>fbfef202-d6ad-40f4-94ca-5ff7fe759e8f</T_BILL_R_ORIGINALBILL>
+  <T_BILL_R_ORIGINALDRAFT>bd0d83a8-5e53-4cd1-a6ef-92119f50faf9</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>c6852c26-5d94-48ee-b772-3b5ac47bc9fa</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[...]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>779</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO PROVIDE THAT EACH MEMBER OF THE GENERAL ASSEMBLY SHALL RECeiVE A MONTHLY LEGISLATIVE EXPENSE ALLOWANCE OF ONE THOUSAND DOLLARS; TO PROVIDE FOR THE ALLOCATION OF LEGISLATIVE EXPENSE ALLOWANCE PAYMENTS BETWEEN MEMBERS WHOSE SEATS WERE VACATED DURING FISCAL YEAR 2025-2026 AND THE MEMBERS ELECTED TO FILL THE VACANCY; AND TO PROVIDE THAT MEMBERS OF THE GENERAL ASSEMBLY WHOSE SEATS WERE VACATED DUE TO THE MEMBER BEING CONVICTED OF OR PLEADING GUILTY OR NOLO CONTENDERE TO A FELONY ARE NOT ENTITLED TO A LEGISLATIVE EXPENSE ALLOWANCE PAYMENT PURSUANT TO THIS JOINT RESOLUTION.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>joint_resolution</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"93b56d79-8d43-406a-a6e2-77d5b2e01f60","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"to provide that each member of the General Assembly shall recieve a monthly legislative expense allowance of one thousand dollars","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_d32d8a979"},{"SectionUUID":"4aec3805-a756-46bf-a9a5-7a07ba217175","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"to provide for the allocation of legislative expense allowance payments between members whose seats were vacated during fiscal year 2025-2026 and the members elected to fill the vacancy","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_41d8bfa44"},{"SectionUUID":"ad846c34-182d-4e8d-ab40-98dc99bfc132","SectionName":"Severability","SectionNumber":3,"SectionType":"new","CodeSections":[],"TitleText":"to provide that members of the general assembly whose seats were vacated due to the member being convicted of or pleading guilty or nolo contendere to a felony are not entitled to a legislative expense allowance payment pursuant to this joint resolution","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_874294ed9"},{"SectionUUID":"4d94fc57-c7fa-4162-b372-8d178987614d","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Legislative expense allowance</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>davidgood@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>chrischarlton@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100B3FCDFB51C9DE4409AD0073B12C6D51C" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="8ab69069f45a38179652c23725f47f4f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e018f6d0-eded-478e-b921-458756e0e94e" xmlns:ns3="9df7f801-9563-4618-a765-8e771262e2a3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b978057a40f30b546682f53e98cdf342" ns2:_="" ns3:_="">
+    <xsd:import namespace="e018f6d0-eded-478e-b921-458756e0e94e"/>
+    <xsd:import namespace="9df7f801-9563-4618-a765-8e771262e2a3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a9eb553d-555c-4d73-a4bc-69af1940fa43" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="e018f6d0-eded-478e-b921-458756e0e94e" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
@@ -5788,108 +6583,93 @@
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceOCR" ma:index="16" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="205105bb-eb5e-4b99-bbfb-a66865d3d776" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b2c7bbac-03c1-49e1-8fc8-9903798e24ad" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Inventorysheet" ma:index="23" nillable="true" ma:displayName="Inventory sheet" ma:default="0" ma:format="Dropdown" ma:internalName="Inventorysheet">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="24" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
-[...13 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="33dedfd5-579a-4d6d-a810-348400e92b4f" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9df7f801-9563-4618-a765-8e771262e2a3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="14" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{17a80e6c-e853-4675-8757-5ae06c99692d}" ma:internalName="TaxCatchAll" ma:readOnly="false" ma:showField="CatchAllData" ma:web="33dedfd5-579a-4d6d-a810-348400e92b4f">
+    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f0acc5bd-d640-4945-818e-b8e2dc0ea77b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="9df7f801-9563-4618-a765-8e771262e2a3">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -5956,231 +6736,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...42 lines deleted...]
-</lwb360Metadata>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6C741B1-06A1-4CD5-9531-297007DA29B4}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA363C21-2E8A-4638-B57A-1142407E43F0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="e018f6d0-eded-478e-b921-458756e0e94e"/>
+    <ds:schemaRef ds:uri="9df7f801-9563-4618-a765-8e771262e2a3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2018</Characters>
+  <Pages>3</Pages>
+  <Words>813</Words>
+  <Characters>4515</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2396</CharactersWithSpaces>
+  <CharactersWithSpaces>5281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
+  <dc:title>2025-2026 Bill 779: Legislative Expense Allowance - South Carolina Legislature Online</dc:title>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
+    <vt:lpwstr>0x010100B3FCDFB51C9DE4409AD0073B12C6D51C</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="footer_filename">
-[...2 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
-  </property>
-[...25 lines deleted...]
-    <vt:lpwstr>1e5fb39b-f4e9-494b-9fd1-2fa63e3e96fb</vt:lpwstr>
   </property>
 </Properties>
 </file>