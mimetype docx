--- v0 (2026-01-13)
+++ v1 (2026-02-09)
@@ -299,75 +299,95 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/13/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and adopted
- </w:t>
+        <w:t xml:space="preserve">Introduced and adopted</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rf39db17252aa4a95">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 56</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R819ac91ca8934e4c">
+      <w:hyperlink r:id="R17283fce88ad496e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -385,51 +405,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R5c4238c9f31342ec">
+      <w:hyperlink r:id="R3834a9e189964e36">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/13/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -3789,51 +3809,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1640332376">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=796&amp;session=126&amp;summary=B" TargetMode="External" Id="R819ac91ca8934e4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/796_20260113.docx" TargetMode="External" Id="R5c4238c9f31342ec" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=796&amp;session=126&amp;summary=B" TargetMode="External" Id="R17283fce88ad496e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/796_20260113.docx" TargetMode="External" Id="R3834a9e189964e36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260113.docx" TargetMode="External" Id="Rf39db17252aa4a95" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{26EE2598-44E2-4722-B5EC-2894FBD4C1DF}"/>
       </w:docPartPr>
       <w:docPartBody>