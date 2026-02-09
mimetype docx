--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
@@ -138,94 +137,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sponsors: Senator Chaplin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 5072</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Document Path: SR-0429KM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on January 14, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Fish, Game and Forestry</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Special Doe Hunting Season</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -307,106 +312,173 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R07407049e1ba4e94">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Fish, Game and Forestry</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R3d277d39ff4f4f68">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 11</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/21/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rd1094f0a439d4367">
+      <w:hyperlink r:id="Rdb6d4826765f4a55">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -424,103 +496,127 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R7615f0be6c7e48ef">
+      <w:hyperlink r:id="R943ee7b1b1894b5e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R98224deabc9744ba">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/21/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="00F657C5" w:rsidRDefault="00432135" w14:paraId="20B20297" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="681A2302" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="00BB0725" w:rsidRDefault="00A73EFA" w14:paraId="4DBE00DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="0D33B870" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="1437633A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="00B7592C" w:rsidRDefault="00A73EFA" w14:paraId="2BE666F0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -540,805 +636,879 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="6D3A4014" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00725FFC" w14:paraId="6EB93F64" w14:textId="204039FA">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="00725FFC" w14:paraId="6EB93F64" w14:textId="0CF6C126">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
-            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 50‑11‑317 SO AS TO DEFINE “DOE” OR “DOES”, AND TO ESTABLISH A DOE SEASON FROM JANUARY SECOND THROUGH JANUARY THIRTY‑FIRST; BY ADDING SECTION 50‑9‑42 SO AS TO REQUIRE LICENSES FOR HUNTING DOE</w:t>
+            <w:t xml:space="preserve">TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 50‑11‑317 SO AS TO DEFINE “DOE” OR “DOES”, AND TO ESTABLISH A DOE SEASON FROM JANUARY </w:t>
+          </w:r>
+          <w:r w:rsidR="00582107">
+            <w:t>2 -</w:t>
+          </w:r>
+          <w:r>
+            <w:t xml:space="preserve"> JANUARY </w:t>
+          </w:r>
+          <w:r w:rsidR="00582107">
+            <w:t>31</w:t>
+          </w:r>
+          <w:r>
+            <w:t>; BY ADDING SECTION 50‑9‑42 SO AS TO REQUIRE LICENSES FOR HUNTING DOE</w:t>
           </w:r>
           <w:r w:rsidR="00710E99">
             <w:t>S</w:t>
           </w:r>
           <w:r>
-            <w:t xml:space="preserve"> DURING DOE SEASON; AND BY AMENDING SECTION 50‑9‑650, RELATING TO DEER HUNTING, SO AS TO INCREASE THE NUMBER OF ANTLERLESS DEER TAGS A PERSON MAY PURCHASE, AND TO REQUIRE THE DEPARTMENT OF NATURAL RESOURCES TO PRODUCE LITERATURE ENCOURAGING HUNTERS TO TAKE ANTLERLESS DEER .</w:t>
+            <w:t xml:space="preserve"> DURING DOE SEASON; AND BY AMENDING SECTION 50‑9‑650, RELATING TO DEER HUNTING, SO AS TO INCREASE THE NUMBER OF ANTLERLESS DEER TAGS A PERSON MAY PURCHASE, AND TO REQUIRE THE DEPARTMENT OF NATURAL RESOURCES TO PRODUCE LITERATURE ENCOURAGING HUNTERS TO TAKE ANTLERLESS DEER.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_0351bb838" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_0351bb838" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="53C1D08B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="4D6A5005" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_ffab4e45a" w:id="2"/>
+      <w:bookmarkStart w:name="ew_ffab4e45a" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="028C9C66" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007E06BB" w:rsidP="00787433" w:rsidRDefault="007E06BB" w14:paraId="67589A97" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_da3e1ce60" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_da3e1ce60" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_2d5d729ca" w:id="3"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-      </w:r>
+        <w:t>rticle 3, Chapter 11, Title 50 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="4D2F9322" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="352C6EFF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_2d5d729ca" w:id="4"/>
-[...1 lines deleted...]
-        <w:t>A</w:t>
+      <w:bookmarkStart w:name="ns_T50C11N317_66294c2d9" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>rticle 3, Chapter 11, Title 50 of the S.C. Code is amended by adding:</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>ection 50‑11‑317.</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T50C11N317_66294c2d9" w:id="5"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T50C11N317SA_lv1_6b2e82df8" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T50C11N317SA_lv1_6b2e82df8" w:id="5"/>
       <w:r w:rsidR="002B28BE">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="002B28BE">
         <w:t>A) For the purposes of this section, “doe” or “does” means a biologically female deer, not to include antlerless male deer or bucks.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B28BE" w:rsidRDefault="002B28BE" w14:paraId="04AAF8D8" w14:textId="6282DE00">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C11N317SB_lv1_9b27c8845" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T50C11N317SB_lv1_9b27c8845" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t>B) The open season for does is January second through January thirty</w:t>
       </w:r>
       <w:r w:rsidR="00725FFC">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>first.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B28BE" w:rsidRDefault="002B28BE" w14:paraId="2E191F88" w14:textId="4069E2D0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C11N317SC_lv1_06b559db8" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T50C11N317SC_lv1_06b559db8" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="002B28BE">
-        <w:t>In all game zones, the department may issue individual tags for does</w:t>
-      </w:r>
+        <w:t xml:space="preserve">In all game zones, the department may issue individual tags for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B28BE">
+        <w:t>does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001E278E">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002B28BE">
         <w:t xml:space="preserve"> which must be used as prescribed by the department. These tags are valid statewide and must be possessed and used only by the individual to whom the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> tags</w:t>
       </w:r>
       <w:r w:rsidRPr="002B28BE">
         <w:t xml:space="preserve"> are issued.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002B28BE" w:rsidRDefault="002B28BE" w14:paraId="14DB6C91" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C11N317SD_lv1_14888d2bf" w:id="9"/>
+      <w:bookmarkStart w:name="ss_T50C11N317SD_lv1_14888d2bf" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="002B28BE">
         <w:t>It is unlawful to take, possess, or transport d</w:t>
       </w:r>
       <w:r>
         <w:t>oes</w:t>
       </w:r>
       <w:r w:rsidRPr="002B28BE">
         <w:t>, except as permitted by this section or otherwise provided by law. A person violating the provisions of this section is guilty of a misdemeanor and, upon conviction, must be fined not less than fifty and not more than five hundred dollars or imprisoned not more than thirty days.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="40E0A714" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="05769125" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_2f72d1671" w:id="10"/>
+      <w:bookmarkStart w:name="bs_num_2_2f72d1671" w:id="9"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_86ca8effd" w:id="10"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>ECTION 2.</w:t>
-      </w:r>
+        <w:t>rticle 1, Chapter 9, Title 50 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="30AAFAFB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="2A6B2E0D" w14:textId="7E45DB7F">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_86ca8effd" w:id="11"/>
-[...1 lines deleted...]
-        <w:t>A</w:t>
+      <w:bookmarkStart w:name="ns_T50C9N42_74af2b094" w:id="11"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>rticle 1, Chapter 9, Title 50 of the S.C. Code is amended by adding:</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t>ection 50‑9‑42.</w:t>
+      </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T50C9N42_74af2b094" w:id="12"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T50C9N42SA_lv1_a3f4f57b9" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T50C9N42SA_lv1_a3f4f57b9" w:id="12"/>
       <w:r w:rsidR="000A1B6C">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="000A1B6C">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C" w:rsidR="000A1B6C">
-        <w:t>For the privilege of hunting and taking does pursuant to Section 39‑11‑</w:t>
+        <w:t xml:space="preserve">For the privilege of hunting and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A1B6C" w:rsidR="000A1B6C">
+        <w:t>taking does</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A1B6C" w:rsidR="000A1B6C">
+        <w:t xml:space="preserve"> pursuant to Section 39‑11‑</w:t>
       </w:r>
       <w:r w:rsidR="000A1B6C">
         <w:t>317</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C" w:rsidR="000A1B6C">
         <w:t>, a person must obtain the required hunting license, any other required permits, and a set of special doe season tags from the department issued in the person's name.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A1B6C" w:rsidRDefault="000A1B6C" w14:paraId="020FA3D6" w14:textId="3804431C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N42SB_lv1_075182d6e" w:id="14"/>
+      <w:bookmarkStart w:name="ss_T50C9N42SB_lv1_075182d6e" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C">
-        <w:t>Residents, including people under the age of sixteen, lifetime, and gratis licensees</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Residents, including people under the age of sixteen, lifetime, and gratis </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A1B6C">
+        <w:t>licensees</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C">
         <w:t xml:space="preserve"> may purchase up to three special doe season tags for five dollars per tag.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A1B6C" w:rsidRDefault="000A1B6C" w14:paraId="69847CD4" w14:textId="5C597C76">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N42SC_lv1_7f59be856" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T50C9N42SC_lv1_7f59be856" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C">
         <w:t>Nonresidents may purchase up to two special doe season tags for fifteen dollars per tag.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000A1B6C" w:rsidRDefault="000A1B6C" w14:paraId="1677458B" w14:textId="659F1D8B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N42SD_lv1_90ff6ba2c" w:id="16"/>
+      <w:bookmarkStart w:name="ss_T50C9N42SD_lv1_90ff6ba2c" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C">
         <w:t xml:space="preserve">The department shall issue guidance to hunters who purchase special doe season tags indicating the distinction between does and antlerless deer pursuant to Section </w:t>
       </w:r>
       <w:r w:rsidR="009E612E">
         <w:t>50</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C">
         <w:t>‑11‑</w:t>
       </w:r>
       <w:r>
         <w:t>317</w:t>
       </w:r>
       <w:r w:rsidRPr="000A1B6C">
         <w:t xml:space="preserve"> and aiding in the identification of male and female deer in the field.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00985ED8" w:rsidP="00985ED8" w:rsidRDefault="00985ED8" w14:paraId="6CD26B68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00985ED8" w:rsidP="00985ED8" w:rsidRDefault="00985ED8" w14:paraId="5F6F67F2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_3_bda59d5ae" w:id="17"/>
+      <w:bookmarkStart w:name="bs_num_3_bda59d5ae" w:id="16"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:t>ECTION 3.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_919b08513" w:id="17"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>ECTION 3.</w:t>
-      </w:r>
+        <w:t>ection 50‑9‑650 of the S.C. Code is amended to read:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661C4B" w:rsidRDefault="00661C4B" w14:paraId="4FF38FCC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00661C4B" w:rsidRDefault="00661C4B" w14:paraId="4DE059A1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="dl_919b08513" w:id="18"/>
+      <w:bookmarkStart w:name="cs_T50C9N650_9c8ac58a5" w:id="18"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>ection 50‑9‑650 of the S.C. Code is amended to read:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00661C4B" w:rsidRDefault="00661C4B" w14:paraId="4FF38FCC" w14:textId="77777777">
+        <w:t>ection 50‑9‑650.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T50C9N650SA_lv1_011cc6bda" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:t>A)(1) For the privilege of hunting and taking deer on property with a Deer Quota Program permit, a person must obtain the required hunting license, any other required permits, and have access and authorization to utilize Deer Quota Program tags for the property on which the person is hunting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B76BD1" w:rsidRDefault="00661C4B" w14:paraId="32DB4B22" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00661C4B" w:rsidRDefault="00661C4B" w14:paraId="4DE059A1" w14:textId="77777777">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T50C9N650S2_lv2_40afb98eb" w:id="20"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:t>2) A landowner or lessee may apply to the Deer Quota Program for a permit at a cost of fifty dollars per land tract application. The applicant may request a quota for antlerless deer, antlered deer, or both antlered and antlerless deer. The department shall determine an appropriate number of Deer Quota Program tags for antlered and antlerless deer to be issued under each permit, and there is no cost for these tags.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B76BD1" w:rsidRDefault="00661C4B" w14:paraId="21DE226F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="cs_T50C9N650_9c8ac58a5" w:id="19"/>
-[...10 lines deleted...]
-      <w:bookmarkStart w:name="ss_T50C9N650SA_lv1_011cc6bda" w:id="20"/>
+      <w:bookmarkStart w:name="ss_T50C9N650SB_lv1_07034f1d0" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...14 lines deleted...]
-      <w:bookmarkStart w:name="ss_T50C9N650S2_lv2_40afb98eb" w:id="21"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:t>B)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T50C9N650S1_lv2_3fc24b8c1" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...14 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="22"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>1) For the privilege of hunting and taking deer on property without a Deer Quota Program permit, a person must obtain the required hunting license, any other required permits, and a set of individual deer tags from the department issued in the person's name.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B76BD1" w:rsidDel="00D56C76" w:rsidP="00D56C76" w:rsidRDefault="00661C4B" w14:paraId="61DBAFF3" w14:textId="44100D5E">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N650S2_lv2_1421e3bce" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T50C9N650S2_lv2_1421e3bce" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T50C9N650Sa_lv3_42326bb7b" w:id="24"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="24"/>
-      <w:r>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:t xml:space="preserve">a) With the purchase of a South Carolina hunting license and a big game permit, a resident shall be issued </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t xml:space="preserve">two </w:t>
       </w:r>
       <w:r w:rsidR="00D56C76">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">eight </w:t>
       </w:r>
       <w:r>
-        <w:t>individual antlerless deer tags and three unrestricted individual antlered deer tags. Persons under the age of sixteen, lifetime, and gratis licensees may receive these tags upon request to the department. Residents, including persons under the age of sixteen, lifetime, and gratis licensees also may purchase</w:t>
+        <w:t xml:space="preserve">individual antlerless deer tags and three unrestricted individual antlered deer tags. Persons under the age of sixteen, lifetime, and gratis licensees may receive these tags upon request to the department. Residents, including </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> under the age of sixteen, lifetime, and gratis licensees also may purchase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B76BD1" w:rsidDel="00D56C76" w:rsidP="00D56C76" w:rsidRDefault="00661C4B" w14:paraId="43F9DCE3" w14:textId="7FBD5702">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_50be9851c" w:id="26"/>
+      <w:bookmarkStart w:name="up_50be9851c" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
-        <w:t>i)</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scstrike"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> two antler restriction individual antlered deer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>tags</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> valid for deer with a minimum of four points on one antler or a minimum twelve‑inch inside antler spread for five dollars per tag</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="001E278E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>;  and</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B76BD1" w:rsidP="00D56C76" w:rsidRDefault="00661C4B" w14:paraId="639BC19C" w14:textId="0F5D3071">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N650Sii_lv4_e21ffb50R" w:id="27"/>
+      <w:bookmarkStart w:name="ss_T50C9N650Sii_lv4_e21ffb50R" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>ii) additional individual antlerless deer tags for five dollars per tag.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B76BD1" w:rsidRDefault="00661C4B" w14:paraId="695F7302" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N650Sb_lv3_7d6c9a3d8" w:id="28"/>
+      <w:bookmarkStart w:name="ss_T50C9N650Sb_lv3_7d6c9a3d8" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>b) Fees for nonresident deer tags are as follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B76BD1" w:rsidRDefault="00661C4B" w14:paraId="0DCBFECD" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="sccodifiedsection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T50C9N650Si_lv4_4d2d90bcc" w:id="28"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r>
-[...26 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">) fifty dollars for the first antlered deer tag and twenty dollars for each additional antlered deer tag up to a maximum of four </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>tags;  two</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of which must be an antler restriction individual antlered deer tag valid only for deer with a minimum of four points on one antler or a minimum twelve‑inch inside antler </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>spread;  and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B76BD1" w:rsidRDefault="00661C4B" w14:paraId="65FAC79A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N650Sii_lv4_7901d1518" w:id="30"/>
+      <w:bookmarkStart w:name="ss_T50C9N650Sii_lv4_7901d1518" w:id="29"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>ii) ten dollars per individual antlerless deer tag.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D56C76" w:rsidRDefault="00D56C76" w14:paraId="38B8CEBD" w14:textId="55EA9933">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T50C9N650SC_lv1_077cb76e1" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T50C9N650SC_lv1_077cb76e1" w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>C) Upon issuing antlerless deer tags, the department shall print and distribute a card, brochure, or other literature as determined by the department encouraging hunters to take antlerless deer and featuring the words “</w:t>
       </w:r>
       <w:r w:rsidR="009E612E">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>Save Our Herd.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> Take a Doe.”</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00693566" w:rsidRDefault="00693566" w14:paraId="60C84393" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="7DD53611" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="32"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="33"/>
+      <w:bookmarkStart w:name="bs_num_4_lastsection" w:id="31"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="32"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="778817F1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="009F534D">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="even" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0D1B8D09" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FE497D" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1371,175 +1541,173 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25C15E31" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="75C9D07C" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="007D3BB8" w:rsidP="00D14995">
+      <w:p w14:paraId="75C9D07C" w14:textId="4E412BAC" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00582107" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="002A5C89">
+              <w:t>[0807]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="0051586E">
+            <w:r w:rsidR="002A5C89">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SR-0429KM26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4A3D0BBB" w14:textId="77777777" w:rsidR="003A5F1C" w:rsidRDefault="003A5F1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="272FB436" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1802,88 +1970,90 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
+    <w:rsid w:val="00044F68"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000921C4"/>
     <w:rsid w:val="000930A5"/>
     <w:rsid w:val="000A1B6C"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E38B6"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000E753B"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
@@ -1900,74 +2070,76 @@
     <w:rsid w:val="00192AF7"/>
     <w:rsid w:val="00197366"/>
     <w:rsid w:val="001A136C"/>
     <w:rsid w:val="001B6DA2"/>
     <w:rsid w:val="001C25EC"/>
     <w:rsid w:val="001E278E"/>
     <w:rsid w:val="001F2A41"/>
     <w:rsid w:val="001F313F"/>
     <w:rsid w:val="001F331D"/>
     <w:rsid w:val="001F394C"/>
     <w:rsid w:val="002038AA"/>
     <w:rsid w:val="002114C8"/>
     <w:rsid w:val="0021166F"/>
     <w:rsid w:val="002162DF"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="00244287"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
+    <w:rsid w:val="002A5C89"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B28BE"/>
     <w:rsid w:val="002B3467"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E7F21"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00323253"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003D233A"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="00403F53"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00442FD4"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="00466CD0"/>
     <w:rsid w:val="00473583"/>
     <w:rsid w:val="00477F32"/>
     <w:rsid w:val="00481850"/>
     <w:rsid w:val="004851A0"/>
     <w:rsid w:val="0048627F"/>
@@ -1980,74 +2152,76 @@
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="0051586E"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00565915"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="005801DD"/>
+    <w:rsid w:val="00582107"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005A5709"/>
     <w:rsid w:val="005A7E5C"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005E76DB"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
+    <w:rsid w:val="00642931"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00661C4B"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="00693566"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B1E89"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0935"/>
@@ -2059,50 +2233,51 @@
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00725FFC"/>
     <w:rsid w:val="00730519"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00797EC8"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F118A"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="008302A3"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
+    <w:rsid w:val="008571C3"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00882418"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="00891311"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="008E79A6"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="009201CF"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
@@ -2164,50 +2339,51 @@
     <w:rsid w:val="00AD297C"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE2366"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B659AF"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B76BD1"/>
     <w:rsid w:val="00B809D3"/>
+    <w:rsid w:val="00B82F20"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00BF4B8C"/>
     <w:rsid w:val="00C02080"/>
     <w:rsid w:val="00C1036C"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C44468"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C543E7"/>
     <w:rsid w:val="00C70225"/>
@@ -2268,50 +2444,51 @@
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00ED0BFD"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE2FCB"/>
     <w:rsid w:val="00EE3CDA"/>
+    <w:rsid w:val="00EE4079"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F44D36"/>
     <w:rsid w:val="00F46262"/>
     <w:rsid w:val="00F4795D"/>
     <w:rsid w:val="00F50A61"/>
     <w:rsid w:val="00F525CD"/>
     <w:rsid w:val="00F5286C"/>
     <w:rsid w:val="00F52E12"/>
     <w:rsid w:val="00F638CA"/>
     <w:rsid w:val="00F657C5"/>
     <w:rsid w:val="00F900B4"/>
     <w:rsid w:val="00FA0F2E"/>
@@ -2735,1360 +2912,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00642931"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00642931"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00951045"/>
+    <w:rsid w:val="00642931"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4115,51 +4294,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=807&amp;session=126&amp;summary=B" TargetMode="External" Id="Rd1094f0a439d4367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/807_20260114.docx" TargetMode="External" Id="R7615f0be6c7e48ef" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=807&amp;session=126&amp;summary=B" TargetMode="External" Id="Rdb6d4826765f4a55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/807_20260114.docx" TargetMode="External" Id="R943ee7b1b1894b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/807_20260121.docx" TargetMode="External" Id="R98224deabc9744ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260114.docx" TargetMode="External" Id="R07407049e1ba4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260114.docx" TargetMode="External" Id="R3d277d39ff4f4f68" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4186,111 +4365,111 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
+    <w:rsid w:val="00044F68"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00442FD4"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730519"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="009201CF"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="009F60AB"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C7690B"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
@@ -5045,71 +5224,63 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5326,227 +5497,217 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>132fc463-f453-4a4c-a414-e48f47c06cac</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
   <T_BILL_D_SENATEINTRODATE>2026-01-14</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>fc59d403-70ba-462d-98c8-53f4ab37853b</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>b2759862-b805-43a0-9dc8-6920aca5680b</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>6d6d5459-6d70-4c93-9bcd-9389a6089a8a</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0807]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>807</T_BILL_T_BILLNUMBER>
-  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 50‑11‑317 SO AS TO DEFINE “DOE” OR “DOES”, AND TO ESTABLISH A DOE SEASON FROM JANUARY SECOND THROUGH JANUARY THIRTY‑FIRST; BY ADDING SECTION 50‑9‑42 SO AS TO REQUIRE LICENSES FOR HUNTING DOES DURING DOE SEASON; AND BY AMENDING SECTION 50‑9‑650, RELATING TO DEER HUNTING, SO AS TO INCREASE THE NUMBER OF ANTLERLESS DEER TAGS A PERSON MAY PURCHASE, AND TO REQUIRE THE DEPARTMENT OF NATURAL RESOURCES TO PRODUCE LITERATURE ENCOURAGING HUNTERS TO TAKE ANTLERLESS DEER .</T_BILL_T_BILLTITLE>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 50‑11‑317 SO AS TO DEFINE “DOE” OR “DOES”, AND TO ESTABLISH A DOE SEASON FROM JANUARY 2 - JANUARY 31; BY ADDING SECTION 50‑9‑42 SO AS TO REQUIRE LICENSES FOR HUNTING DOES DURING DOE SEASON; AND BY AMENDING SECTION 50‑9‑650, RELATING TO DEER HUNTING, SO AS TO INCREASE THE NUMBER OF ANTLERLESS DEER TAGS A PERSON MAY PURCHASE, AND TO REQUIRE THE DEPARTMENT OF NATURAL RESOURCES TO PRODUCE LITERATURE ENCOURAGING HUNTERS TO TAKE ANTLERLESS DEER.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"0f86bdd2-9026-44ed-b759-b941b1a1b143","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T50C11N317_66294c2d9","IsConstitutionSection":false,"Identity":"50-11-317","IsNew":true,"SubSections":[{"Level":1,"Identity":"T50C11N317SA","SubSectionBookmarkName":"ss_T50C11N317SA_lv1_6b2e82df8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C11N317SB","SubSectionBookmarkName":"ss_T50C11N317SB_lv1_9b27c8845","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C11N317SC","SubSectionBookmarkName":"ss_T50C11N317SC_lv1_06b559db8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C11N317SD","SubSectionBookmarkName":"ss_T50C11N317SD_lv1_14888d2bf","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"define \"Doe\" or \"Does\", and to establish a doe season from january second through january thirty-first","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_da3e1ce60"},{"SectionUUID":"cbed1ef2-7bf8-4c69-8151-355b10d69b31","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T50C9N42_74af2b094","IsConstitutionSection":false,"Identity":"50-9-42","IsNew":true,"SubSections":[{"Level":1,"Identity":"T50C9N42SA","SubSectionBookmarkName":"ss_T50C9N42SA_lv1_a3f4f57b9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C9N42SB","SubSectionBookmarkName":"ss_T50C9N42SB_lv1_075182d6e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C9N42SC","SubSectionBookmarkName":"ss_T50C9N42SC_lv1_7f59be856","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C9N42SD","SubSectionBookmarkName":"ss_T50C9N42SD_lv1_90ff6ba2c","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"require licenses for hunting doe during doe season","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_2f72d1671"},{"SectionUUID":"7e9a0973-6332-412b-a6c0-9e19080bebde","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T50C9N650_9c8ac58a5","IsConstitutionSection":false,"Identity":"50-9-650","IsNew":false,"SubSections":[{"Level":1,"Identity":"T50C9N650SA","SubSectionBookmarkName":"ss_T50C9N650SA_lv1_011cc6bda","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C9N650SB","SubSectionBookmarkName":"ss_T50C9N650SB_lv1_07034f1d0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T50C9N650S2","SubSectionBookmarkName":"ss_T50C9N650S2_lv2_40afb98eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T50C9N650S1","SubSectionBookmarkName":"ss_T50C9N650S1_lv2_3fc24b8c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T50C9N650S2","SubSectionBookmarkName":"ss_T50C9N650S2_lv2_1421e3bce","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T50C9N650Sa","SubSectionBookmarkName":"ss_T50C9N650Sa_lv3_42326bb7b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T50C9N650Sii","SubSectionBookmarkName":"ss_T50C9N650Sii_lv4_e21ffb50R","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T50C9N650Sb","SubSectionBookmarkName":"ss_T50C9N650Sb_lv3_7d6c9a3d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T50C9N650Si","SubSectionBookmarkName":"ss_T50C9N650Si_lv4_4d2d90bcc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T50C9N650Sii","SubSectionBookmarkName":"ss_T50C9N650Sii_lv4_7901d1518","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T50C9N650SC","SubSectionBookmarkName":"ss_T50C9N650SC_lv1_077cb76e1","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Deer hunting","TitleSoAsTo":"increase the number of antlerless deer tags a person may purchase, and to require the department of natural resources to produce literature encouraging hunters to take antlerless deer ","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_bda59d5ae"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":4,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Special Doe Hunting Season</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>kenmoffitt@scsenate.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>annabishop@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D13FDFC5-1AAE-470D-A564-11295AACB69A}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4081</Characters>
+  <Pages>3</Pages>
+  <Words>814</Words>
+  <Characters>4015</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>81</Lines>
-  <Paragraphs>30</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4876</CharactersWithSpaces>
+  <CharactersWithSpaces>4839</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="GUID">
     <vt:lpwstr>d8080a8d-1581-4257-9bae-f2f89aaf09fb</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="lcf76f155ced4ddcb4097134ff3c332f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="TaxCatchAll">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Inventorysheet">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>