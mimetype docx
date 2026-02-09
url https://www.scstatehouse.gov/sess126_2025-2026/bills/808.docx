--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -133,50 +132,64 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sponsors: Senators Rankin and Alexander</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 5058</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Document Path: SJ-0011MB26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on January 14, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -302,106 +315,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R0f943317b761428d">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/14/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="R486e96f44bd44b41">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 12</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="Rbc148e4d28824825">
+      <w:hyperlink r:id="R2965fb5430264e57">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -419,51 +473,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R70896ba6a3034d45">
+      <w:hyperlink r:id="Rf4cfd3938e0f4388">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/14/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -650,354 +704,471 @@
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="2180734E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S1_lv2_adacccb67" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>1)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sa_lv3_b23045185" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>a) violate a provision in the proclamation including, but not limited to, any curfew set forth by the proclamation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>violate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> a provision in the proclamation including, but not limited to, any curfew set forth by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>proclamation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="57D42E55" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sb_lv3_151072569" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>b) congregate, unless authorized or in their homes, in groups of three or more and to refuse to disperse upon order of a law enforcement officer;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) congregate, unless authorized or in their homes, in groups of three or more and to refuse to disperse upon order of a law enforcement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>officer;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="02025929" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sc_lv3_692b4a062" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>c) wilfully fail or refuse to comply with any lawful order or direction of any law enforcement officer.</w:t>
+        <w:t xml:space="preserve">c) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wilfully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> fail or refuse to comply with any lawful order or direction of any law enforcement officer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="2F232B0D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_8ee7eaef4" w:id="11"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve"> person violating the provisions of this item is guilty of a misdemeanor and, upon conviction, must be fined not more than one hundred dollars or imprisoned for not more than thirty days.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="73374B31" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S2_lv2_d81346521" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>2)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sa_lv3_9f9acea28" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>a) enter into the property of another, without lawful authority and with criminal intent;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>enter into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the property of another, without lawful authority and with criminal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>intent;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="2B4C93DC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sb_lv3_03c87482b" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>b) damage the property of another;  or</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) damage the property of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>another;  or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="33D1188B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sc_lv3_3ed6ca1a1" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t>c) take possession or otherwise disturb the property of another in any manner.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="77A75A1E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_f02cc6e26" w:id="16"/>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t xml:space="preserve"> person violating a provision of this item is guilty of the felony of looting and, upon conviction, must be fined or imprisoned, or both, in the discretion of the court. The court must order restitution pursuant to Section 17‑25‑322;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> person violating a provision of this item is guilty of the felony of looting and, upon conviction, must be fined or imprisoned, or both, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the discretion of the court. The court must order restitution pursuant to Section 17‑25‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>322;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B63285" w:rsidRDefault="00B76D4F" w14:paraId="6A3937FE" w14:textId="3CE21918">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S3_lv2_d5739de89" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>3) charge unconscionable prices during a declared state of emergency or disaster, as described in Section 39‑5‑145, or knowingly and wilfully use a misleading practice or device to solicit the contribution or sale of goods or services for charitable purposes in connection with a declared state of emergency or disaster, as described in Section 39‑5‑147</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) charge unconscionable prices during a declared state of emergency or disaster, as described in Section 39‑5‑145, or knowingly and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>wilfully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> use a misleading practice or device to solicit the contribution or sale of goods or services for charitable purposes in connection with a declared state of emergency or disaster, as described in Section 39‑5‑147</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006E46D4">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006E46D4" w:rsidRDefault="006E46D4" w14:paraId="3E0539F1" w14:textId="50393255">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S4_lv2_f2a25160e" w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>4)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sa_lv3_a52022f78" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>a) wilfully and knowingly harass or threaten a worker restoring critical services</w:t>
+        <w:t xml:space="preserve">a) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>wilfully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and knowingly harass or threaten a worker restoring critical services</w:t>
       </w:r>
       <w:r w:rsidR="00B63527">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">. A person violating a provision of this item </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>shall be guilty of a misdemeanor, and upon conviction, shall be sentenced not more than thirty days</w:t>
+        <w:t xml:space="preserve">shall be guilty of a misdemeanor, and upon conviction, shall be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>sentenced</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not more than thirty days</w:t>
       </w:r>
       <w:r w:rsidR="00EA76E0">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00006040">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve"> imprisonment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or a fine of not more than five hundred dollars, or both;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> or a fine of not more than five hundred dollars, or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>both;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006E46D4" w:rsidRDefault="006E46D4" w14:paraId="1E701618" w14:textId="35CA5942">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10Sb_lv3_460a4aa76" w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t xml:space="preserve">b) wilfully and knowingly assault or </w:t>
+        <w:t xml:space="preserve">b) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>wilfully</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and knowingly assault or </w:t>
       </w:r>
       <w:r w:rsidR="00FC30FD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">engage in behavior that </w:t>
       </w:r>
       <w:r w:rsidR="005E1580">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00FC30FD">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">ould </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>endanger a worker restoring critical services</w:t>
       </w:r>
@@ -1100,154 +1271,186 @@
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S1_lv2_76b9993d4" w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidR="00B63527">
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>lectric and gas services;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">lectric and gas </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006E46D4" w:rsidP="006E46D4" w:rsidRDefault="006E46D4" w14:paraId="12610F9F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S2_lv2_f5be962b6" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>2) water and sewer services;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) water and sewer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>services;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006E46D4" w:rsidP="006E46D4" w:rsidRDefault="006E46D4" w14:paraId="30A0F3B8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S3_lv2_3f09109d0" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>3) road and highway repair;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) road and highway </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>repair;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006E46D4" w:rsidP="006E46D4" w:rsidRDefault="006E46D4" w14:paraId="29B2B316" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S4_lv2_57979c6c9" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
-        <w:t>4) telephone or cell service;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) telephone or cell </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="scinsert"/>
+        </w:rPr>
+        <w:t>service;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006E46D4" w:rsidP="006E46D4" w:rsidRDefault="006E46D4" w14:paraId="478D1348" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="sccodifiedsection"/>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T16C7N10S5_lv2_edfa6ae3e" w:id="27"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="scinsert"/>
         </w:rPr>
@@ -1327,51 +1530,51 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="006E3E8E">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7BF07D62" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="54071069" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1404,163 +1607,165 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="45E8F36A" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="004C5CCF" w:rsidP="00D14995">
+      <w:p w14:paraId="45E8F36A" w14:textId="46707773" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00E06D6D" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="00972063">
+              <w:t>[0808]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="000B5DFE">
+            <w:r w:rsidR="00972063">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SJ-0011MB26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="41ECD819" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="362B1FE8" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0C39CC4F" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -1783,89 +1988,91 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="164"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B7817"/>
     <w:rsid w:val="00002E0E"/>
     <w:rsid w:val="00006040"/>
     <w:rsid w:val="00011182"/>
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00044B84"/>
+    <w:rsid w:val="00044F68"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B10E7"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B5DFE"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C0690"/>
     <w:rsid w:val="000C1400"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6C29"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D15E9"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000E17BD"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
@@ -1906,50 +2113,51 @@
     <w:rsid w:val="00223ED1"/>
     <w:rsid w:val="00230038"/>
     <w:rsid w:val="00233975"/>
     <w:rsid w:val="00236D73"/>
     <w:rsid w:val="002456A0"/>
     <w:rsid w:val="00246535"/>
     <w:rsid w:val="00257F60"/>
     <w:rsid w:val="002610D3"/>
     <w:rsid w:val="002625EA"/>
     <w:rsid w:val="00262AC5"/>
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002A6AC3"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B65F6"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D2B51"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002D7A61"/>
     <w:rsid w:val="002E315A"/>
     <w:rsid w:val="002E4F8C"/>
+    <w:rsid w:val="002E7A12"/>
     <w:rsid w:val="002F4E0A"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="003025FF"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="00306980"/>
     <w:rsid w:val="0031645F"/>
     <w:rsid w:val="003277BC"/>
     <w:rsid w:val="003419A2"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00354ECF"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00380C19"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="003825EA"/>
     <w:rsid w:val="00382CF2"/>
     <w:rsid w:val="00382D0E"/>
     <w:rsid w:val="0038443D"/>
     <w:rsid w:val="003A5F1C"/>
@@ -2131,50 +2339,51 @@
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E41F4"/>
     <w:rsid w:val="008E5B46"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009120CB"/>
     <w:rsid w:val="00916A05"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="00946E0A"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="00961DF2"/>
     <w:rsid w:val="0096629E"/>
     <w:rsid w:val="0097106D"/>
+    <w:rsid w:val="00972063"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00990C97"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="00992A31"/>
     <w:rsid w:val="009A0A9D"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009B7705"/>
     <w:rsid w:val="009C1E62"/>
     <w:rsid w:val="009C4EB5"/>
     <w:rsid w:val="009D0F5C"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E2068"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E6CDE"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
@@ -2303,50 +2512,51 @@
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D541D8"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D744C1"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D96E37"/>
     <w:rsid w:val="00D97594"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DC26DA"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DE07BE"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5900"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
+    <w:rsid w:val="00E06D6D"/>
     <w:rsid w:val="00E1372E"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E61AE9"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E7213E"/>
     <w:rsid w:val="00E77BB3"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E95E4C"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
@@ -2816,1360 +3026,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00972063"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00972063"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00992A31"/>
+    <w:rsid w:val="00972063"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4264,51 +4476,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=808&amp;session=126&amp;summary=B" TargetMode="External" Id="Rbc148e4d28824825" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/808_20260114.docx" TargetMode="External" Id="R70896ba6a3034d45" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=808&amp;session=126&amp;summary=B" TargetMode="External" Id="R2965fb5430264e57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/808_20260114.docx" TargetMode="External" Id="Rf4cfd3938e0f4388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260114.docx" TargetMode="External" Id="R0f943317b761428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260114.docx" TargetMode="External" Id="R486e96f44bd44b41" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4335,102 +4547,105 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
+    <w:rsid w:val="00044F68"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003419A2"/>
     <w:rsid w:val="00382D0E"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00550921"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006A7F56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="0070407C"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00916A05"/>
     <w:rsid w:val="00940EED"/>
@@ -5193,129 +5408,71 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...41 lines deleted...]
-</lwb360Metadata>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...10 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5532,110 +5689,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>4eaf96f5-ba9d-4d51-a745-2f35e5c26ec5</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-14T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-14</T_BILL_D_INTRODATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-14</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>9758f5f8-a9e9-4c93-88b3-ea88c7c22aee</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>264ec489-69e6-4cb7-867b-27b6efd27f1f</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>72669aa7-b865-4bbc-8977-6e46fcdede34</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0808]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>808</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑7‑10, RELATING TO ILLEGAL ACTS DURING STATE OF EMERGENCY, SO AS TO INCLUDE THAT HARASSING OR THREATENING A WORKER RESTORING CRITICAL SERVICES IS A MISDEMEANOR, AND THAT ASSAULTING OR ENDANGERING A WORKER RESTORING OR DESTROYING OR TAMPERING WITH AN ELECTRIC UTILITY SYSTEM IS A FELONY, AND TO DEFINE CRITICAL SERVICES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"5bd637a7-8a40-4ceb-bd09-72a02e8e3099","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T16C7N10_66fb3bdde","IsConstitutionSection":false,"Identity":"16-7-10","IsNew":false,"SubSections":[{"Level":1,"Identity":"T16C7N10SA","SubSectionBookmarkName":"ss_T16C7N10SA_lv1_8f1e8f39d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C7N10SB","SubSectionBookmarkName":"ss_T16C7N10SB_lv1_bcc695f89","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S1","SubSectionBookmarkName":"ss_T16C7N10S1_lv2_adacccb67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sa","SubSectionBookmarkName":"ss_T16C7N10Sa_lv3_b23045185","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sb","SubSectionBookmarkName":"ss_T16C7N10Sb_lv3_151072569","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sc","SubSectionBookmarkName":"ss_T16C7N10Sc_lv3_692b4a062","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S2","SubSectionBookmarkName":"ss_T16C7N10S2_lv2_d81346521","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sa","SubSectionBookmarkName":"ss_T16C7N10Sa_lv3_9f9acea28","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sb","SubSectionBookmarkName":"ss_T16C7N10Sb_lv3_03c87482b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sc","SubSectionBookmarkName":"ss_T16C7N10Sc_lv3_3ed6ca1a1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S3","SubSectionBookmarkName":"ss_T16C7N10S3_lv2_d5739de89","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S4","SubSectionBookmarkName":"ss_T16C7N10S4_lv2_f2a25160e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sa","SubSectionBookmarkName":"ss_T16C7N10Sa_lv3_a52022f78","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T16C7N10Sb","SubSectionBookmarkName":"ss_T16C7N10Sb_lv3_460a4aa76","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T16C7N10SC","SubSectionBookmarkName":"ss_T16C7N10SC_lv1_649f1d598","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S1","SubSectionBookmarkName":"ss_T16C7N10S1_lv2_76b9993d4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S2","SubSectionBookmarkName":"ss_T16C7N10S2_lv2_f5be962b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S3","SubSectionBookmarkName":"ss_T16C7N10S3_lv2_3f09109d0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S4","SubSectionBookmarkName":"ss_T16C7N10S4_lv2_57979c6c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S5","SubSectionBookmarkName":"ss_T16C7N10S5_lv2_edfa6ae3e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T16C7N10S6","SubSectionBookmarkName":"ss_T16C7N10S6_lv2_868167ac3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"Illegal acts during state of emergency","TitleSoAsTo":"include that harassing or threatening a worker restoring critical services is a misdemeanor, and that assaulting or endangering a worker restoring or destroying or tampering with an electric utility system is a felony, and to define critical services","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_bab3dab20"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":2,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Interference with workers providing critical services</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>maurabaker@scsenate.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>maxinehenry@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17A5051B-158D-489F-8CE7-E31778FA2925}">
-[...9 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>547</Words>
   <Characters>2763</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>62</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>