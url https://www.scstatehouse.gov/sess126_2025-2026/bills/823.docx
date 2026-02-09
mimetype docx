--- v0 (2026-01-15)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -133,94 +132,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sponsors: Senators Reichenbach, Hutto and Devine</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Companion/Similar bill(s): 5009</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Document Path: LC-0396VR26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on January 15, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Judiciary</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Child Welfare</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -307,51 +312,51 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/15/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rbcb9e660b13b4df7">
+      <w:hyperlink w:history="true" r:id="Ra2e1036549c14d3c">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -359,90 +364,116 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/15/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R893fcbd31ee04038">
+      <w:hyperlink w:history="true" r:id="R4a4f594bcbd74979">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 6</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/22/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R4d6df27f82d8402e">
+      <w:hyperlink r:id="R6b4954a065334a03">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -460,103 +491,127 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="R117eef31c21d4d8f">
+      <w:hyperlink r:id="R2ddbc72fece34925">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/15/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R0d4dc33739fd4fd9">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/22/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:suppressLineNumbers/>
         <w:jc w:val="left"/>
         <w:sectPr>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1080" w:right="1440" w:bottom="1080" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00F657C5" w:rsidR="00432135" w:rsidP="008E1DD5" w:rsidRDefault="00432135" w14:paraId="6909DA33" w14:textId="616FEC5C">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
-      <w:bookmarkStart w:name="open_doc_here" w:id="0"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="008E1DD5" w:rsidRDefault="00A73EFA" w14:paraId="3A04B4F0" w14:textId="1DCB6496">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00BB0725" w:rsidR="00A73EFA" w:rsidP="008E1DD5" w:rsidRDefault="00A73EFA" w14:paraId="619E2FEE" w14:textId="1EDE8CD6">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008E1DD5" w:rsidRDefault="00A73EFA" w14:paraId="0CA1A803" w14:textId="5ACDA603">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008E1DD5" w:rsidRDefault="00A73EFA" w14:paraId="30B739CE" w14:textId="1E66AABE">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="00A73EFA" w:rsidP="008E1DD5" w:rsidRDefault="00A73EFA" w14:paraId="00316EF4" w14:textId="63B0F2D8">
       <w:pPr>
         <w:pStyle w:val="scemptylineheader"/>
       </w:pPr>
@@ -576,1195 +631,1347 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="62C51E67" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="006270C0" w14:paraId="3F2C49B5" w14:textId="2FE9432D">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="006270C0" w14:paraId="3F2C49B5" w14:textId="44DF1F8C">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
-            <w:t xml:space="preserve">TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTIONS 63‑7‑2630 AND 63‑9‑765 SO AS TO REQUIRE FAMILY COURTS TO CONSIDER THE APPROPRIATENESS OF NO‑CONTACT ORDERS OR SUPERVISED‑CONTACT ORDERS WHEN TERMINATING PARENTAL RIGHTS OR </w:t>
+            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTIONS 63‑7‑2630 AND 63‑9‑765 SO AS TO REQUIRE FAMILY COURTS TO CONSIDER THE APPROPRIATENESS OF NO</w:t>
+          </w:r>
+          <w:r w:rsidR="0054516C">
+            <w:rPr>
+              <w:caps w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:caps w:val="0"/>
+            </w:rPr>
+            <w:t xml:space="preserve">CONTACT ORDERS OR SUPERVISED‑CONTACT ORDERS WHEN TERMINATING PARENTAL RIGHTS OR </w:t>
           </w:r>
           <w:r w:rsidR="00431BEE">
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>FINALIZING</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve"> ADOPTIONS; TO AUTHORIZE THESE ORDERS; AND FOR OTHER PURPOSES.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:bookmarkStart w:name="at_ad845c159" w:displacedByCustomXml="prev" w:id="1"/>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="at_ad845c159" w:displacedByCustomXml="prev" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="21147B00" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="29BF651A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
-      <w:bookmarkStart w:name="ew_6aa919c09" w:id="2"/>
+      <w:bookmarkStart w:name="ew_6aa919c09" w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="2E964F78" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="57736AD6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_1_ddeb6104a" w:id="3"/>
+      <w:bookmarkStart w:name="bs_num_1_ddeb6104a" w:id="2"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:t>ECTION 1.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_d12e63288" w:id="3"/>
+      <w:r>
+        <w:t>A</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
-        <w:t>ECTION 1.</w:t>
-[...6 lines deleted...]
-        <w:t>A</w:t>
+        <w:t>rticle 7, Chapter 7, Title 63 of the S.C. Code is amended by adding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="01D66F15" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="00DB22EE" w14:paraId="1A703C38" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ns_T63C7N2630_591599267" w:id="4"/>
+      <w:r>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
-        <w:t>rticle 7, Chapter 7, Title 63 of the S.C. Code is amended by adding:</w:t>
-[...19 lines deleted...]
-      <w:r>
         <w:t>ection 63‑7‑2630.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630SA_lv1_ee3ce7206" w:id="6"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630SA_lv1_ee3ce7206" w:id="5"/>
       <w:r w:rsidR="006D4EAC">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="006D4EAC">
         <w:t>A) For purposes of this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="5EC2DDAD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_8a0b96fd6" w:id="7"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_8a0b96fd6" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:t xml:space="preserve">1) “Contact” means any in‑person contact, telephone call, text message, electronic communication, </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t>including social media, mail, third‑party</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> communication, or attempt to effectuate communication directed to the child or any caregiver of the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="74BF2291" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_1158ffec6" w:id="8"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_1158ffec6" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:t>2) “No‑contact order” means a court order prohibiting all contact as that term is defined in this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="639E0404" w14:textId="2DCBAE5C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630S3_lv2_e207b891f" w:id="8"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="8"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="9"/>
       <w:r>
         <w:t>3) “Supervised</w:t>
       </w:r>
       <w:r w:rsidR="000E4070">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidR="000E4070">
         <w:t xml:space="preserve"> order</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">” means </w:t>
       </w:r>
       <w:r w:rsidR="000E4070">
         <w:t xml:space="preserve">a court order permitting </w:t>
       </w:r>
       <w:r>
         <w:t>contact only in the presence of, and under the supervision of, a court‑approved individual and subject to any conditions the court may impose.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="400D0AA9" w14:textId="0AF614AE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630SB_lv1_fc0ecd065" w:id="10"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630SB_lv1_fc0ecd065" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:t>B) When the court enters an order terminating parental rights pursuant to this article, the court shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="4F5EBCE0" w14:textId="6318FC1C">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_47cf33f3d" w:id="10"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>B) When the court enters an order terminating parental rights pursuant to this article, the court shall:</w:t>
-[...17 lines deleted...]
-      <w:r>
         <w:t>1) consider whether a</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
-        <w:t xml:space="preserve"> no‑contact order or supervised‑contact order</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>contact order or supervised‑contact order</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> between the child and </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>any biological parent or relative</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is necessary to protect the child’s safety, welfare, or attachment to the adoptive family</w:t>
       </w:r>
       <w:r w:rsidR="00995983">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t>or other caregiver</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="0080C228" w14:textId="33949C8B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_d3941e4ba" w:id="12"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_d3941e4ba" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:t xml:space="preserve">2) if the court determines that </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983" w:rsidR="000B5DB7">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t xml:space="preserve"> no‑contact order or supervised‑contact order i</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="000B5DB7">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r>
         <w:t>necessary, make written findings on the record stating the factual basis for that determination.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="66A537C5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630SC_lv1_4b9525744" w:id="13"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630SC_lv1_4b9525744" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:t xml:space="preserve">C) In making a determination pursuant to subsection (B), the court shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consider,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> where relevant:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="6B596618" w14:textId="78EFC097">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_efbb3cb1d" w:id="13"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="13"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:t xml:space="preserve">1) any history of violence, stalking, harassment, threats, or unlawful interference by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t xml:space="preserve">biological </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>parent</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
-        <w:t xml:space="preserve"> or relative</w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
+        <w:t>relative</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="5FAE90BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_3d243fc4f" w:id="15"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_3d243fc4f" w:id="14"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve">2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>custody;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="46F3A3C3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630S3_lv2_4f7cb384a" w:id="15"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful custody;</w:t>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="000E4070">
         <w:t xml:space="preserve">3) the child’s age, maturity, and expressed preference, if of sufficient age to form an intelligent </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000E4070">
         <w:lastRenderedPageBreak/>
         <w:t>preference;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="0BDE4869" w14:textId="76D62E7C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S4_lv2_1b33b2ccd" w:id="17"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S4_lv2_1b33b2ccd" w:id="16"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>4) the nature and quality of any existing relationship between the child and the biological parent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
+        <w:t>relative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="698C8C14" w14:textId="180C7262">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630S5_lv2_e61fa13c3" w:id="17"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="17"/>
-      <w:r w:rsidRPr="000E4070">
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>5) the effect of contact on the child’s safety, stability, and attachment to the adoptive family</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t xml:space="preserve"> or other caregiver</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="4FE6D459" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S6_lv2_b1543e924" w:id="19"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S6_lv2_b1543e924" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:t>6) any proposed plan for supervised contact and whether it adequately mitigates identified risks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="0800798D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630SD_lv1_bdf2fc630" w:id="19"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>6) any proposed plan for supervised contact and whether it adequately mitigates identified risks.</w:t>
-[...14 lines deleted...]
-      <w:r>
         <w:t>D)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_c0f811c2c" w:id="21"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S1_lv2_c0f811c2c" w:id="20"/>
       <w:r w:rsidR="00995983">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidR="00995983">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The court may include </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
-        <w:t>a no‑contact order or supervised‑contact order in the final termination of parental rights order</w:t>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00995983">
+        <w:t>contact order or supervised‑contact order in the final termination of parental rights order</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983" w:rsidR="000B5DB7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t>when necessary to protect the child.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="00995983" w14:paraId="656D488D" w14:textId="6E5DD8A5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_04b1f0a65" w:id="22"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630S2_lv2_04b1f0a65" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983" w:rsidR="006D4EAC">
         <w:t>A violation of a no‑contact order</w:t>
       </w:r>
       <w:r w:rsidR="006D4EAC">
         <w:t xml:space="preserve"> entered pursuant to this section may be enforced by civil contempt and may be referred to law enforcement for criminal investigation as appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="2C852A7B" w14:textId="2AF58447">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630SE_lv1_e820a6875" w:id="23"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630SE_lv1_e820a6875" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:t xml:space="preserve">E) Nothing in this section prevents the limited disclosure of </w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t>non‑contact</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> information necessary for medical care, education, or law enforcement purposes, provided disclosure does not enable direct or indirect </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t xml:space="preserve"> in violation of this section</w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="0BBB81AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630SF_lv1_c739e0085" w:id="24"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630SF_lv1_c739e0085" w:id="23"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>F) A no‑contact order or supervised‑contact order entered pursuant to this section remains in effect until the child reaches eighteen years of age, unless modified or terminated earlier by the court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="336AD79D" w14:textId="2D103D29">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630SG_lv1_7d0373e2f" w:id="24"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>F) A no‑contact order or supervised‑contact order entered pursuant to this section remains in effect until the child reaches eighteen years of age, unless modified or terminated earlier by the court.</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">G) A no‑contact order </w:t>
+        <w:t xml:space="preserve">G) A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve">contact order </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00F8467B">
         <w:t xml:space="preserve">or supervised‑contact order </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>entered pursuant to this section restrains the biological parent or relative and does not prohibit the child from initiating contact. The child is not subject to enforcement or penalty for initiating contact.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000E4070" w:rsidR="006D4EAC" w:rsidP="006D4EAC" w:rsidRDefault="006D4EAC" w14:paraId="24DE6EFD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C7N2630SH_lv1_18ce99b52" w:id="26"/>
+      <w:bookmarkStart w:name="ss_T63C7N2630SH_lv1_18ce99b52" w:id="25"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve">H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000B5DB7" w:rsidP="006D4EAC" w:rsidRDefault="000B5DB7" w14:paraId="0454A84B" w14:textId="5E1800D5">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C7N2630SI_lv1_c1702c9a5" w:id="26"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="000E4070">
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="000E4070">
         <w:t xml:space="preserve">I) Nothing in this section limits the authority of an adoptive parent </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00995983">
         <w:t xml:space="preserve">or other caregiver </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070" w:rsidR="00E264E2">
         <w:t xml:space="preserve">not </w:t>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidRPr="00995983">
         <w:t xml:space="preserve"> consent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E264E2">
-        <w:t xml:space="preserve">to contact where a no‑contact order </w:t>
+        <w:t xml:space="preserve">to contact where a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E264E2">
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E264E2">
+        <w:t xml:space="preserve">contact order </w:t>
       </w:r>
       <w:r w:rsidRPr="00F8467B" w:rsidR="00F8467B">
         <w:t xml:space="preserve">or supervised‑contact order </w:t>
       </w:r>
       <w:r w:rsidR="00E264E2">
         <w:t>has been modified or terminated by the court.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="3EC90A8E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="41A6C419" w14:textId="6EF1915B">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_2_5d1ca5ce4" w:id="28"/>
+      <w:bookmarkStart w:name="bs_num_2_5d1ca5ce4" w:id="27"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:t>ECTION 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="dl_3be26c4b5" w:id="28"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>S</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="28"/>
-      <w:r>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>ub</w:t>
       </w:r>
       <w:r w:rsidR="0062496E">
         <w:t>a</w:t>
       </w:r>
       <w:r>
-        <w:t>rticle 7, Article 1, Chapter 9, Title 63 of the S.C. Code is amended by adding:</w:t>
+        <w:t>rticle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 7, Article 1, Chapter 9, Title 63 of the S.C. Code is amended by adding:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DB22EE" w:rsidRDefault="00DB22EE" w14:paraId="35BDDD1B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00DB22EE" w14:paraId="33B1D61B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T63C9N765_71e0eea92" w:id="30"/>
+      <w:bookmarkStart w:name="ns_T63C9N765_71e0eea92" w:id="29"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:t>ection 63‑9‑765.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765SA_lv1_e02356615" w:id="31"/>
+      <w:bookmarkStart w:name="ss_T63C9N765SA_lv1_e02356615" w:id="30"/>
       <w:r w:rsidR="00995983">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidR="00995983">
         <w:t>A) For purposes of this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="486FABBD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_24d71e84c" w:id="32"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_24d71e84c" w:id="31"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:t>1) “Contact” means any in‑person contact, telephone call, text message, electronic communication, including social media, mail, third‑party communication, or attempt to effectuate communication directed to the child or any caregiver of the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="7F1C5B01" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_caae25000" w:id="32"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
-        <w:t>1) “Contact” means any in‑person contact, telephone call, text message, electronic communication, including social media, mail, third‑party communication, or attempt to effectuate communication directed to the child or any caregiver of the child.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="7F1C5B01" w14:textId="77777777">
+        <w:t>2) “No‑contact order” means a court order prohibiting all contact as that term is defined in this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="7DDC4466" w14:textId="13D84846">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_caae25000" w:id="33"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S3_lv2_9a8db52ad" w:id="33"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>3) “Supervised</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>contact</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t xml:space="preserve"> order</w:t>
       </w:r>
       <w:r>
         <w:t>” means</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t xml:space="preserve"> a court order permitting</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> contact only in the presence of, and under the supervision of, a court‑approved individual and subject to any conditions the court may impose.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="0638F3D2" w14:textId="1FF72E1D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C9N765SB_lv1_fdd7f77fc" w:id="35"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765SB_lv1_fdd7f77fc" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:t>B) When the court enters a final decree of adoption pursuant to this article, the court shall:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="51EE6F05" w14:textId="335FA0A8">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_c1d8651b4" w:id="35"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>B) When the court enters a final decree of adoption pursuant to this article, the court shall:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="51EE6F05" w14:textId="335FA0A8">
+        <w:t xml:space="preserve">1) consider whether a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order between the child and any biological parent or relative is necessary to protect the child’s safety, welfare, or attachment to the adoptive family; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="4325E157" w14:textId="6A231578">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_c1d8651b4" w:id="36"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_67f25e175" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
-        <w:t>1) consider whether a no‑contact order or supervised‑contact order between the child and any biological parent or relative is necessary to protect the child’s safety, welfare, or attachment to the adoptive family; and</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="4325E157" w14:textId="6A231578">
+        <w:t xml:space="preserve">2) if the court determines that a no‑contact order or supervised‑contact order is not </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>necessary, make written findings on the record stating the factual basis for that determination.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="1F42AE3C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765SC_lv1_746597d08" w:id="37"/>
+      <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
-      <w:r>
-[...6 lines deleted...]
-    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="1F42AE3C" w14:textId="77777777">
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve">C) In making a determination pursuant to subsection (B), the court shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>consider,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t xml:space="preserve"> where relevant:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="5C22EF4A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765SC_lv1_746597d08" w:id="38"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_9caecfa92" w:id="38"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>C) In making a determination pursuant to subsection (B), the court shall consider, where relevant:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="5C22EF4A" w14:textId="77777777">
+        <w:t xml:space="preserve">1) any history of violence, stalking, harassment, threats, or unlawful interference by the biological parent or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>relative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="4342CC44" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_9caecfa92" w:id="39"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_38133e83f" w:id="39"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>1) any history of violence, stalking, harassment, threats, or unlawful interference by the biological parent or relative;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="4342CC44" w14:textId="77777777">
+        <w:t xml:space="preserve">2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>custody;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="74A31322" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_38133e83f" w:id="40"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S3_lv2_93fdb7c0f" w:id="40"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>2) credible allegations of abuse or neglect or attempts to abduct or remove the child or a sibling from lawful custody;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="74A31322" w14:textId="77777777">
+        <w:t xml:space="preserve">3) the child’s age, maturity, and expressed preference, if of sufficient age to form an intelligent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>preference;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="2F21F5AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S3_lv2_93fdb7c0f" w:id="41"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S4_lv2_e95e4990c" w:id="41"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>3) the child’s age, maturity, and expressed preference, if of sufficient age to form an intelligent preference;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000E4070" w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="2F21F5AA" w14:textId="77777777">
+        <w:t xml:space="preserve">4) the nature and quality of any existing relationship between the child and the biological parent or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000E4070">
+        <w:t>relative;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="44DA4D67" w14:textId="79BF47C1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000E4070">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765S4_lv2_e95e4990c" w:id="42"/>
+      <w:bookmarkStart w:name="ss_T63C9N765S5_lv2_82df000b6" w:id="42"/>
       <w:r w:rsidRPr="000E4070">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidRPr="000E4070">
-        <w:t>4) the nature and quality of any existing relationship between the child and the biological parent or relative;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="44DA4D67" w14:textId="79BF47C1">
+        <w:t>5) the effect</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> of contact on the child’s safety, stability, and attachment to the adoptive family; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="05D84FAC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
-      <w:r w:rsidRPr="000E4070">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000E4070">
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765S6_lv2_69c9c04cd" w:id="43"/>
+      <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
-      <w:r w:rsidRPr="000E4070">
-[...6 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="05D84FAC" w14:textId="77777777">
+      <w:r>
+        <w:t>6) any proposed plan for supervised contact and whether it adequately mitigates identified risks.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="5675387F" w14:textId="27E2432C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C9N765S6_lv2_69c9c04cd" w:id="44"/>
+      <w:bookmarkStart w:name="ss_T63C9N765SD_lv1_412657917" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>6) any proposed plan for supervised contact and whether it adequately mitigates identified risks.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="5675387F" w14:textId="27E2432C">
+        <w:t>D)</w:t>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_19a133c84" w:id="45"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:t xml:space="preserve">1) The court may include a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order in the final decree of adoption when necessary to protect the child.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="6A05571F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765SD_lv1_412657917" w:id="45"/>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_348fc5f20" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C9N765S1_lv2_19a133c84" w:id="46"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:t>2) A violation of a no‑contact order entered pursuant to this section may be enforced by civil contempt and may be referred to law enforcement for criminal investigation as appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="69EC2B2F" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765SE_lv1_5d5d0e9d3" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="6A05571F" w14:textId="77777777">
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:t>E) Nothing in this section prevents the limited disclosure of non‑contact information necessary for medical care, education, or law enforcement purposes, provided disclosure does not enable direct or indirect contact in violation of this section.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="24418BA2" w14:textId="1525E73B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-      <w:bookmarkStart w:name="ss_T63C9N765S2_lv2_348fc5f20" w:id="47"/>
+      <w:bookmarkStart w:name="ss_T63C9N765SF_lv1_babd53152" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="47"/>
-[...14 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="48"/>
-      <w:r>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>F) A no‑contact order or supervised‑contact order entered pursuant to this section remains in effect until the child reaches eighteen years of age, unless modified or terminated earlier by the court</w:t>
       </w:r>
       <w:r w:rsidR="0016515D">
         <w:t xml:space="preserve"> in violation of this section</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="01968C5D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765SG_lv1_5926e2601" w:id="50"/>
+      <w:bookmarkStart w:name="ss_T63C9N765SG_lv1_5926e2601" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:t xml:space="preserve">G) A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order entered pursuant to this section restrains the biological parent or relative and does not prohibit the child from initiating contact. The child is not subject to enforcement or penalty for initiating contact.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="07937C58" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T63C9N765SH_lv1_21a750212" w:id="50"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t>G) A no‑contact order or supervised‑contact order entered pursuant to this section restrains the biological parent or relative and does not prohibit the child from initiating contact. The child is not subject to enforcement or penalty for initiating contact.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00995983" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="07937C58" w14:textId="77777777">
+        <w:t xml:space="preserve">H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DB22EE" w:rsidP="00995983" w:rsidRDefault="00995983" w14:paraId="33A2068E" w14:textId="35865190">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T63C9N765SH_lv1_21a750212" w:id="51"/>
+      <w:bookmarkStart w:name="ss_T63C9N765SI_lv1_cb914698f" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>H) Upon motion of any party or the child, if of sufficient age and maturity, the court may modify or terminate a no‑contact order or supervised‑contact order upon a showing that modification is in the child’s best interests.</w:t>
-[...11 lines deleted...]
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">I) Nothing in this section limits the authority of an adoptive parent not to consent to contact where a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>no‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>contact order or supervised‑contact order has been modified or terminated by the court.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B60BA0" w:rsidP="00995983" w:rsidRDefault="00B60BA0" w14:paraId="4AA8050B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scemptyline"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="69E24801" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnoncodifiedsection"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="bs_num_3_lastsection" w:id="52"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="53"/>
+      <w:r w:rsidRPr="00DF3B44">
+        <w:lastRenderedPageBreak/>
+        <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
-      <w:r>
-[...17 lines deleted...]
-      <w:bookmarkEnd w:id="53"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w:rsidR="00E43914" w:rsidRDefault="00E43914" w14:paraId="28F14713" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="4B406F48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="006845F6">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="44240AF9" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="35C5C182" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -1837,125 +2044,125 @@
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="73C3BE94" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00D41945" w:rsidP="00D14995">
+      <w:p w14:paraId="73C3BE94" w14:textId="7BD667C8" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="0054516C" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="006451DF">
+              <w:t>[0823]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00D947DC">
+            <w:r w:rsidR="006451DF">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0396VR26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3FBDA92E" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A102199" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1ACBCE6D" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -2178,51 +2385,52 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -2380,93 +2588,95 @@
     <w:rsid w:val="004932AB"/>
     <w:rsid w:val="00494BEF"/>
     <w:rsid w:val="00496DB7"/>
     <w:rsid w:val="004A5512"/>
     <w:rsid w:val="004A6BE5"/>
     <w:rsid w:val="004B0C18"/>
     <w:rsid w:val="004B4339"/>
     <w:rsid w:val="004C1A04"/>
     <w:rsid w:val="004C20BC"/>
     <w:rsid w:val="004C5C9A"/>
     <w:rsid w:val="004D1442"/>
     <w:rsid w:val="004D3DCB"/>
     <w:rsid w:val="004E1946"/>
     <w:rsid w:val="004E230A"/>
     <w:rsid w:val="004E66E9"/>
     <w:rsid w:val="004E7DDE"/>
     <w:rsid w:val="004F0090"/>
     <w:rsid w:val="004F0CF6"/>
     <w:rsid w:val="004F172C"/>
     <w:rsid w:val="005002ED"/>
     <w:rsid w:val="00500DBC"/>
     <w:rsid w:val="005102BE"/>
     <w:rsid w:val="00523F7F"/>
     <w:rsid w:val="00524D54"/>
     <w:rsid w:val="005442A2"/>
+    <w:rsid w:val="0054516C"/>
     <w:rsid w:val="0054531B"/>
     <w:rsid w:val="00546C24"/>
     <w:rsid w:val="005476FF"/>
     <w:rsid w:val="005516F6"/>
     <w:rsid w:val="00552842"/>
     <w:rsid w:val="00554E89"/>
     <w:rsid w:val="005621CE"/>
     <w:rsid w:val="005621ED"/>
     <w:rsid w:val="00564B58"/>
     <w:rsid w:val="00567AF2"/>
     <w:rsid w:val="00572281"/>
     <w:rsid w:val="00573B3C"/>
     <w:rsid w:val="005801DD"/>
     <w:rsid w:val="0058554E"/>
     <w:rsid w:val="00585567"/>
     <w:rsid w:val="00592A40"/>
     <w:rsid w:val="005A28BC"/>
     <w:rsid w:val="005A5377"/>
     <w:rsid w:val="005B7817"/>
     <w:rsid w:val="005C06C8"/>
     <w:rsid w:val="005C23D7"/>
     <w:rsid w:val="005C40EB"/>
     <w:rsid w:val="005D02B4"/>
     <w:rsid w:val="005D3013"/>
     <w:rsid w:val="005D6153"/>
     <w:rsid w:val="005E1E50"/>
     <w:rsid w:val="005E2910"/>
     <w:rsid w:val="005E2B9C"/>
     <w:rsid w:val="005E3332"/>
     <w:rsid w:val="005F2544"/>
     <w:rsid w:val="005F76B0"/>
     <w:rsid w:val="00604429"/>
     <w:rsid w:val="006067B0"/>
     <w:rsid w:val="00606A8B"/>
     <w:rsid w:val="006106C5"/>
     <w:rsid w:val="00611EBA"/>
     <w:rsid w:val="00613A4C"/>
     <w:rsid w:val="006213A8"/>
     <w:rsid w:val="00623BEA"/>
     <w:rsid w:val="0062496E"/>
     <w:rsid w:val="006270C0"/>
     <w:rsid w:val="006347E9"/>
     <w:rsid w:val="00640C87"/>
+    <w:rsid w:val="006451DF"/>
     <w:rsid w:val="006454BB"/>
     <w:rsid w:val="00654FE0"/>
     <w:rsid w:val="00657CF4"/>
     <w:rsid w:val="00661463"/>
     <w:rsid w:val="00663B8D"/>
     <w:rsid w:val="00663E00"/>
     <w:rsid w:val="00664F48"/>
     <w:rsid w:val="00664FAD"/>
     <w:rsid w:val="0067345B"/>
     <w:rsid w:val="00683986"/>
     <w:rsid w:val="006845F6"/>
     <w:rsid w:val="00685035"/>
     <w:rsid w:val="0068575D"/>
     <w:rsid w:val="00685770"/>
     <w:rsid w:val="00690DBA"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D4787"/>
     <w:rsid w:val="006D4EAC"/>
@@ -2581,50 +2791,51 @@
     <w:rsid w:val="00AA43F9"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0B3A"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD5FB6"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE2229"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE48AB"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF105E"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B319FA"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
+    <w:rsid w:val="00B43107"/>
     <w:rsid w:val="00B50B5E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B5777C"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B60BA0"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B65E15"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9014B"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B90C14"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00BA049B"/>
     <w:rsid w:val="00BA64A1"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
@@ -2675,50 +2886,51 @@
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D41E47"/>
     <w:rsid w:val="00D47391"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D947DC"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA2761"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DA7291"/>
     <w:rsid w:val="00DB22EE"/>
     <w:rsid w:val="00DC4087"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD5121"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00E07815"/>
     <w:rsid w:val="00E1372E"/>
+    <w:rsid w:val="00E17822"/>
     <w:rsid w:val="00E21395"/>
     <w:rsid w:val="00E21D30"/>
     <w:rsid w:val="00E24D9A"/>
     <w:rsid w:val="00E264E2"/>
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35A25"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E42B08"/>
     <w:rsid w:val="00E43914"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E5201A"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E55FA5"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E703E0"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
@@ -3185,1360 +3397,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="006451DF"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="006451DF"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009057B8"/>
+    <w:rsid w:val="006451DF"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -4552,51 +4766,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=823&amp;session=126&amp;summary=B" TargetMode="External" Id="R4d6df27f82d8402e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/823_20260115.docx" TargetMode="External" Id="R117eef31c21d4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260115.docx" TargetMode="External" Id="Rbcb9e660b13b4df7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260115.docx" TargetMode="External" Id="R893fcbd31ee04038" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=823&amp;session=126&amp;summary=B" TargetMode="External" Id="R6b4954a065334a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/823_20260115.docx" TargetMode="External" Id="R2ddbc72fece34925" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/823_20260122.docx" TargetMode="External" Id="R0d4dc33739fd4fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260115.docx" TargetMode="External" Id="Ra2e1036549c14d3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260115.docx" TargetMode="External" Id="R4a4f594bcbd74979" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -4707,50 +4921,51 @@
     <w:rsid w:val="001C28B6"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="0023034C"/>
     <w:rsid w:val="002742D1"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="0038282D"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="00417F18"/>
     <w:rsid w:val="0045101E"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
+    <w:rsid w:val="00B43107"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00DA2761"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -5479,130 +5694,67 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
-[...57 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -5819,123 +5971,159 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>1eac8029-bdb6-4fae-b385-67fb2c47b3cf</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-15T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-15</T_BILL_D_INTRODATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-15</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>1bc8a91b-2a17-45f6-b213-6b5dad134466</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>9110d566-b002-42fc-a34d-7d6786244e90</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>1f42ac07-3546-4478-b205-550387ce1567</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0823]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>823</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTIONS 63‑7‑2630 AND 63‑9‑765 SO AS TO REQUIRE FAMILY COURTS TO CONSIDER THE APPROPRIATENESS OF NO CONTACT ORDERS OR SUPERVISED‑CONTACT ORDERS WHEN TERMINATING PARENTAL RIGHTS OR FINALIZING ADOPTIONS; TO AUTHORIZE THESE ORDERS; AND FOR OTHER PURPOSES.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"5bb8feba-3e6b-490b-af6f-89e792ed7a1b","SectionName":"code_section","SectionNumber":1,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T63C7N2630_591599267","IsConstitutionSection":false,"Identity":"63-7-2630","IsNew":true,"SubSections":[{"Level":1,"Identity":"T63C7N2630SA","SubSectionBookmarkName":"ss_T63C7N2630SA_lv1_ee3ce7206","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S1","SubSectionBookmarkName":"ss_T63C7N2630S1_lv2_8a0b96fd6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S2","SubSectionBookmarkName":"ss_T63C7N2630S2_lv2_1158ffec6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S3","SubSectionBookmarkName":"ss_T63C7N2630S3_lv2_e207b891f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SB","SubSectionBookmarkName":"ss_T63C7N2630SB_lv1_fc0ecd065","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S1","SubSectionBookmarkName":"ss_T63C7N2630S1_lv2_47cf33f3d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S2","SubSectionBookmarkName":"ss_T63C7N2630S2_lv2_d3941e4ba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SC","SubSectionBookmarkName":"ss_T63C7N2630SC_lv1_4b9525744","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S1","SubSectionBookmarkName":"ss_T63C7N2630S1_lv2_efbb3cb1d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S2","SubSectionBookmarkName":"ss_T63C7N2630S2_lv2_3d243fc4f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S3","SubSectionBookmarkName":"ss_T63C7N2630S3_lv2_4f7cb384a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S4","SubSectionBookmarkName":"ss_T63C7N2630S4_lv2_1b33b2ccd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S5","SubSectionBookmarkName":"ss_T63C7N2630S5_lv2_e61fa13c3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S6","SubSectionBookmarkName":"ss_T63C7N2630S6_lv2_b1543e924","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SD","SubSectionBookmarkName":"ss_T63C7N2630SD_lv1_bdf2fc630","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S1","SubSectionBookmarkName":"ss_T63C7N2630S1_lv2_c0f811c2c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C7N2630S2","SubSectionBookmarkName":"ss_T63C7N2630S2_lv2_04b1f0a65","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SE","SubSectionBookmarkName":"ss_T63C7N2630SE_lv1_e820a6875","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SF","SubSectionBookmarkName":"ss_T63C7N2630SF_lv1_c739e0085","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SG","SubSectionBookmarkName":"ss_T63C7N2630SG_lv1_7d0373e2f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SH","SubSectionBookmarkName":"ss_T63C7N2630SH_lv1_18ce99b52","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C7N2630SI","SubSectionBookmarkName":"ss_T63C7N2630SI_lv1_c1702c9a5","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"require courts to consider the appropriateness of a no-contact order or supervised-contact order when terminating parental rights or entering an adoption decree","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_ddeb6104a"},{"SectionUUID":"d69c36cc-3251-4024-b0f1-40186bc24541","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T63C9N765_71e0eea92","IsConstitutionSection":false,"Identity":"63-9-765","IsNew":true,"SubSections":[{"Level":1,"Identity":"T63C9N765SA","SubSectionBookmarkName":"ss_T63C9N765SA_lv1_e02356615","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S1","SubSectionBookmarkName":"ss_T63C9N765S1_lv2_24d71e84c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S2","SubSectionBookmarkName":"ss_T63C9N765S2_lv2_caae25000","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S3","SubSectionBookmarkName":"ss_T63C9N765S3_lv2_9a8db52ad","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SB","SubSectionBookmarkName":"ss_T63C9N765SB_lv1_fdd7f77fc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S1","SubSectionBookmarkName":"ss_T63C9N765S1_lv2_c1d8651b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S2","SubSectionBookmarkName":"ss_T63C9N765S2_lv2_67f25e175","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SC","SubSectionBookmarkName":"ss_T63C9N765SC_lv1_746597d08","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S1","SubSectionBookmarkName":"ss_T63C9N765S1_lv2_9caecfa92","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S2","SubSectionBookmarkName":"ss_T63C9N765S2_lv2_38133e83f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S3","SubSectionBookmarkName":"ss_T63C9N765S3_lv2_93fdb7c0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S4","SubSectionBookmarkName":"ss_T63C9N765S4_lv2_e95e4990c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S5","SubSectionBookmarkName":"ss_T63C9N765S5_lv2_82df000b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S6","SubSectionBookmarkName":"ss_T63C9N765S6_lv2_69c9c04cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SD","SubSectionBookmarkName":"ss_T63C9N765SD_lv1_412657917","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S1","SubSectionBookmarkName":"ss_T63C9N765S1_lv2_19a133c84","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T63C9N765S2","SubSectionBookmarkName":"ss_T63C9N765S2_lv2_348fc5f20","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SE","SubSectionBookmarkName":"ss_T63C9N765SE_lv1_5d5d0e9d3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SF","SubSectionBookmarkName":"ss_T63C9N765SF_lv1_babd53152","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SG","SubSectionBookmarkName":"ss_T63C9N765SG_lv1_5926e2601","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SH","SubSectionBookmarkName":"ss_T63C9N765SH_lv1_21a750212","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T63C9N765SI","SubSectionBookmarkName":"ss_T63C9N765SI_lv1_cb914698f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_5d1ca5ce4"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":3,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Child Welfare</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>virginiaravenel@scstatehouse.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>katierogers@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
-[...22 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6E222B9-A61A-4F21-9219-436814F4AA33}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>6360</Characters>
+  <Pages>4</Pages>
+  <Words>1168</Words>
+  <Characters>6358</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>117</Lines>
   <Paragraphs>58</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>7468</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>