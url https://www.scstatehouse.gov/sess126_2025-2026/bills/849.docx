--- v0 (2026-01-29)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -119,51 +118,51 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senators Elliott, Johnson, Sutton, Turner and Climer</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Elliott, Johnson, Sutton, Turner, Climer, Ott and Zell</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Companion/Similar bill(s): 3857</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -316,106 +315,147 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/28/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Introduced and read first time
- </w:t>
+        <w:t xml:space="preserve">Introduced and read first time</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Rb01a5202b2e844fc">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/28/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Judiciary</w:t>
       </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:hyperlink w:history="true" r:id="Red0fe3be233e40fa">
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Senate Journal</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00770434">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:noBreakHyphen/>
+          <w:t>page 4</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R703503adc7d64c13">
+      <w:hyperlink r:id="R3f60aa2b5fea42ad">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -433,51 +473,51 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Ra178ba294bcc4933">
+      <w:hyperlink r:id="R2e687dc34eaf4b67">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/28/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -643,500 +683,627 @@
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:t>A) The State has a substantial interest in regulating beverages containing alcohol, including alcoholic liquor, beer, ale, porter, wine, and other similar malt or fermented beverages as defined and licensed for retail sale pursuant to Sections 61‑4‑10 and 61‑6‑20, collectively referenced as “beverages containing alcohol” in these legislative findings, of the S.C. Code; the activities of manufacturers, importers, wholesalers, and retailers; the safe delivery of beverages containing alcohol to the state</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s consumers; and the influences that affect the consumption levels of beverages containing alcohol by the people of the State.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="2477A14F" w14:textId="0FD57D6E">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_8aa1a1112" w:id="6"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r>
-        <w:t>B) The State has a substantial interest in exercising its police powers to promote the public health, safety, and welfare of the State by regulating the business of retail sales and delivery of beverages containing alcohol in the manner and to the extent allowed by law to promote and preserve public health and safety through legitimate, nonprotectionistic measures, which include regulating and controlling transactions in this State involving beverages containing alcohol and the means and manner in which licensed retailers and third parties may deliver beverages containing alcohol to the state</w:t>
+        <w:t xml:space="preserve">B) The State has a substantial interest in exercising its police powers to promote the public health, safety, and welfare of the State by regulating the business of retail sales and delivery of beverages containing alcohol in the manner and to the extent allowed by law to promote and preserve public health and safety through legitimate, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>nonprotectionistic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> measures, which include regulating and controlling transactions in this State involving beverages containing alcohol and the means and manner in which licensed retailers and third parties may deliver beverages containing alcohol to the state</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s qualifying consumers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="2C40E421" w14:textId="5E3D5051">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_80d60d485" w:id="7"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t>C) Selling and delivering beverages containing alcohol from retailers outside the State directly to residents of this State poses a serious threat to the state</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s efforts to prevent underage drinking, to state revenue collections, and to the public health and safety of the state</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s residents.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="507C9EDA" w14:textId="604ECB26">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_528ed1fd9" w:id="8"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
-        <w:t>D) By this act, the General Assembly intends to promote the public health, safety, and welfare of residents of this State with laws intended to strictly regulate beverages containing alcohol by preserving and promoting a robust, stable system of distribution of beverages containing alcohol to the public, that does not provide for economic protectionism. Excessive use of beverages containing alcohol has wide ranging deleterious health effects, including death. The General Assembly acknowledges that, according to the United States Centers for Disease Control, during the period from 2011‑2015 an average of 1,679 of this state</w:t>
+        <w:t xml:space="preserve">D) By this act, the General Assembly intends to promote the public health, safety, and welfare of residents of this State with laws intended to strictly regulate beverages containing alcohol by preserving and promoting a robust, stable system of distribution of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>beverages</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> containing alcohol to the public, that does not provide for economic protectionism. Excessive use of beverages containing alcohol has wide ranging deleterious health effects, including death. The General Assembly acknowledges that, according to the United States Centers for Disease Control, during the period from 2011‑2015 an average of 1,679 of this state</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s residents suffered alcohol</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>attributed deaths due to excessive alcohol use and the rate of binge drinking in this State is ranked among the highest in the nation. The General Assembly acknowledges that, according to the National Highway Traffic Safety Administration, this State had two hundred eighty‑five alcohol impaired driving fatalities in 2019, which accounted for twenty‑eight percent of the total traffic fatalities in the State. Attributed deaths due to alcohol</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
-        <w:t>impaired driving in this State is ranked among the highest in the nation.</w:t>
+        <w:t xml:space="preserve">impaired driving in this State </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ranked among the highest in the nation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="57E6FB5E" w14:textId="71B3B0F2">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_2ab5e414d" w:id="9"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r>
-        <w:t>E) This act has been enacted pursuant to the authority granted to the State by the Twenty‑first Amendment to the Constitution of the United States, the powers reserved to the states under the Tenth Amendment to the United States Constitution, and the inherent powers of the State under the Constitution of the State of South Carolina, 1895, and the statutes promulgated thereunder. It is the intent of the General Assembly that this act do all of the following:</w:t>
+        <w:t xml:space="preserve">E) This act has been enacted pursuant to the authority granted to the State by the Twenty‑first Amendment to the Constitution of the United States, the powers reserved to the states under the Tenth Amendment to the United States Constitution, and the inherent powers of the State under the Constitution of the State of South Carolina, 1895, and the statutes promulgated thereunder. It is the intent of the General Assembly that this act </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>do</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="53462DBF" w14:textId="44A9C0F3">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_2265b8777" w:id="10"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
-        <w:t>1) further regulate and control transactions in this State as to beverages containing alcohol under the control and supervision of the Department of Revenue;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) further regulate and control transactions in this State as to beverages containing alcohol under the control and supervision of the Department of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Revenue;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="4655E81B" w14:textId="13F838D7">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_7947d45f8" w:id="11"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
-        <w:t>2) strictly regulate transactions involving beverages containing alcohol by fostering moderation and responsibility in the use and consumption of beverages containing alcohol;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) strictly regulate transactions involving beverages containing alcohol by fostering moderation and responsibility in the use and consumption of beverages containing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>alcohol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="68B626FA" w14:textId="161F74C6">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_a57180732" w:id="12"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
-        <w:t>3) promote and assure the public’s interest in fair and efficient distribution and quality control of beverages containing alcohol in this State;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) promote and assure the public’s interest in fair and efficient distribution and quality control of beverages containing alcohol in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="2F02367D" w14:textId="37E60D93">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_f400cb3b5" w:id="13"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
-        <w:t>4) promote orderly marketing of beverages containing alcohol;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) promote orderly marketing of beverages containing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>alcohol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="02F121F2" w14:textId="78BD4D3E">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_b0568f72e" w:id="14"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
-        <w:t>5) prevent unfair business practices, discrimination, and undue control of one segment of the alcoholic beverage industry by any other segment;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">5) prevent unfair business practices, discrimination, and undue control of one segment of the alcoholic beverage industry by any other </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>segment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="77AFEDCB" w14:textId="1DFF8752">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_5d56171ad" w:id="15"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
-        <w:t>6) foster vigorous and healthy competition in the alcoholic beverage industry and protect the interests of consumers against fraud and misleading practices in the sale of beverages containing alcohol and avoid problems associated with indiscriminate price cutting and excessive advertising of beverages containing alcohol;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">6) foster vigorous and healthy competition in the alcoholic beverage industry and protect the interests of consumers against fraud and misleading practices in the sale of beverages containing alcohol and avoid problems associated with indiscriminate price cutting and excessive advertising of beverages containing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>alcohol;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="33427D62" w14:textId="634C1414">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_e7dbd15f4" w:id="16"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
-        <w:t>7) provide for an orderly system of public revenues by facilitating the collection and accountability of state and local excise taxes;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">7) provide for an orderly system of public revenues by facilitating the collection and accountability of state and local excise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>taxes;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="18D0F417" w14:textId="1AFD3F44">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_76f2f0b2b" w:id="17"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
-        <w:t>8) facilitate the collection of state and local revenue;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">8) facilitate the collection of state and local </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>revenue;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="2330E7E1" w14:textId="307AF7CA">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_fcad34dba" w:id="18"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:r>
-        <w:t>9) maintain trade stability and provide for the continuation of control and orderly processing by the State over the regulation of retail locations licensed to sell beverages containing alcohol and the process of selling and delivering beverages containing alcohol to the state’s consumers;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">9) maintain trade stability and provide for the continuation of control and orderly processing by the State over the regulation of retail locations licensed to sell beverages containing alcohol and the process of selling and delivering beverages containing alcohol to the state’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consumers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="263C6E31" w14:textId="1E47D571">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_788a38c5d" w:id="19"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
-        <w:t>10) ensure that the Department of Revenue and State Law Enforcement Division are able to monitor licensed operations through on</w:t>
+        <w:t xml:space="preserve">10) ensure that the Department of Revenue and State Law Enforcement Division </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> monitor licensed operations through on</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>site inspections to confirm compliance with state law and that any beverages containing alcohol shipped into, distributed, and sold throughout this State:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="775C2444" w14:textId="147B6696">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_a43961c67" w:id="20"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
-        <w:t>a) have registered for sale in this State with the Department of Revenue, as prescribed by law;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) have registered for sale in this State with the Department of Revenue, as prescribed by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>law;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="24E83612" w14:textId="696014B1">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_3c72d6ab4" w:id="21"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
-        <w:t>b) are not subject to a government‑mandated or supplier‑initiated recall;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) are not subject to a government‑mandated or supplier‑initiated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>recall;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="7B6F23A2" w14:textId="0A5C8894">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_edbaba966" w:id="22"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
-        <w:t>c) are not counterfeit;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) are not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>counterfeit;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="71B6E88C" w14:textId="443B8349">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_5fc99c9a3" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
-        <w:t>d) are labeled in conformance with applicable laws, rules, and regulations;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) are labeled in conformance with applicable laws, rules, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>regulations;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="110435E1" w14:textId="086F5CAF">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_88766c204" w:id="24"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
       <w:r>
         <w:t>e) can be inspected and tested by the Department of Revenue or the State Law Enforcement Division; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="6993A552" w14:textId="0837C993">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_b7e133559" w:id="25"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
-        <w:t>f) are not prohibited by this State;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">f) are not prohibited by this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="603A178C" w14:textId="67129DFB">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_8a122bcdb" w:id="26"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:t>11) promote and maintain a sound, stable, and viable three</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>tier system of distribution of beverages containing alcohol to the public; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001100D2" w:rsidRDefault="00712D09" w14:paraId="6717D3DA" w14:textId="330C349D">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="up_d6aa60350" w:id="27"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
-        <w:t>12) ensure that statutes and regulations relating to beverages containing alcohol exist to serve the interests of the State of South Carolina and its citizens rather than to serve or protect the interests of market participants by adopting protectionistic measures with no demonstrable connection to the state’s legitimate interests in regulating beverages containing alcohol.</w:t>
+        <w:t xml:space="preserve">12) ensure that statutes and regulations relating to beverages containing alcohol exist to serve the interests of the State of South Carolina and its citizens rather than to serve or protect the interests of market participants by adopting </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>protectionistic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> measures with no demonstrable connection to the state’s legitimate interests in regulating beverages containing alcohol.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00712D09" w:rsidP="001F6ADF" w:rsidRDefault="00712D09" w14:paraId="681A7D25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="001F6ADF" w:rsidRDefault="00E70584" w14:paraId="5974FA24" w14:textId="3F432B64">
       <w:pPr>
         <w:pStyle w:val="scdirectionallanguage"/>
       </w:pPr>
       <w:bookmarkStart w:name="bs_num_2_ba33fc031" w:id="28"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:t>ECTION 2.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="dl_5618be62f" w:id="29"/>
       <w:r>
         <w:t>S</w:t>
@@ -1234,153 +1401,195 @@
       <w:bookmarkStart w:name="ss_T61C4N45SA_lv1_f35f8128f" w:id="34"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>A) The department may issue a license or permit allowing a retailer to offer curbside delivery or pick up through curbside service of beer or wine if the retailer:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="4CD628E9" w14:textId="261DFE34">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S1_lv2_783ca87b2" w:id="35"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
-        <w:t>1) has a clearly designated curbside area abutting or adjacent to or in close proximity to its business;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) has a clearly designated curbside area abutting or adjacent to or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in close proximity to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>business;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="4EEC413E" w14:textId="01FBA5E1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S2_lv2_708cb2424" w:id="36"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t>2) requires a customer to provide a valid government</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
-        <w:t>issued identification at the time of pick up;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">issued identification at the time of pick </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>up;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="588FD61E" w14:textId="6EFD19D7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S3_lv2_8c1a91a8b" w:id="37"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
-        <w:t>3) prohibits the use of curbside delivery or curbside pick up service by an intoxicated person or a person under the age of twenty</w:t>
+        <w:t xml:space="preserve">3) prohibits the use of curbside delivery or curbside </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pick up</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> service by an intoxicated person or a person under the age of twenty</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:t>one;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="21161AA3" w14:textId="68E08079">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S4_lv2_8f60385a2" w:id="38"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
-        <w:t>4) requires the employee delivering sealed containers of beer or wine to a customer</w:t>
+        <w:t xml:space="preserve">4) requires the employee </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>delivering</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sealed containers of beer or wine to a customer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s vehicle to be eighteen years or older</w:t>
       </w:r>
       <w:r w:rsidR="004202A7">
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004202A7" w:rsidP="00DD2EAF" w:rsidRDefault="004202A7" w14:paraId="7A43AF1A" w14:textId="38BCFA28">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S5_lv2_01b092ab9" w:id="39"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r>
         <w:t xml:space="preserve">5) </w:t>
       </w:r>
       <w:r w:rsidRPr="004202A7">
         <w:t>requires the employee delivering sealed containers of beer to a customer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004202A7">
-        <w:t xml:space="preserve">s vehicle to undergo training to deliver beer or wine as provided or approved by the </w:t>
+        <w:t xml:space="preserve">s vehicle to undergo </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004202A7">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">training to deliver beer or wine as provided or approved by the </w:t>
       </w:r>
       <w:r>
         <w:t>Office</w:t>
       </w:r>
       <w:r w:rsidRPr="004202A7">
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Substance Use Services </w:t>
       </w:r>
       <w:r w:rsidRPr="004202A7">
         <w:t>and as administered by the retail dealer, delivery service, or a</w:t>
       </w:r>
       <w:r>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidRPr="004202A7">
         <w:t xml:space="preserve"> Office of Substance Use Services</w:t>
       </w:r>
       <w:r w:rsidR="008B3581">
         <w:t>‑</w:t>
       </w:r>
       <w:r w:rsidRPr="004202A7">
         <w:t>approved training program.</w:t>
       </w:r>
@@ -1395,71 +1604,81 @@
       <w:bookmarkStart w:name="ss_T61C4N45SB_lv1_2c7bd8328" w:id="40"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:t>B) This section may not be interpreted to authorize:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="2D467296" w14:textId="65497D87">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S1_lv2_4a9d2220d" w:id="41"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
-        <w:t>1) the curbside delivery or pick up through curbside service of open containers of beer or wine;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) the curbside delivery or pick up through curbside service of open containers of beer or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>wine;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="02A69FD7" w14:textId="2333FC48">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S2_lv2_99bac33a6" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r>
-        <w:t>2) the delivery of beer or wine beyond the premises authorized in subsection (A)(1), including delivery through a third‑party delivery service or the retailer;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) the delivery of beer or wine beyond the premises authorized in subsection (A)(1), including delivery through a third‑party delivery service or the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>retailer;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DD2EAF" w:rsidRDefault="00E70584" w14:paraId="4D4EA930" w14:textId="627B3956">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N45S3_lv2_a95430a1d" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:t>3) the drive‑through pick up of beer or wine</w:t>
       </w:r>
       <w:r w:rsidR="00E22B62">
         <w:t>; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E22B62" w:rsidP="00DD2EAF" w:rsidRDefault="00E22B62" w14:paraId="482CBA79" w14:textId="279F7D24">
       <w:pPr>
@@ -1560,95 +1779,127 @@
       <w:bookmarkStart w:name="ss_T61C4N280SA_lv1_8dd3c133e" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>A) As used in this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="2CCED14A" w14:textId="15B02E21">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S1_lv2_cc2e2ed7a" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
-        <w:t xml:space="preserve">1) “Customer” means an individual who is at least twenty‑one years of age and who purchases products from a licensed retail dealer through the use of the </w:t>
+        <w:t xml:space="preserve">1) “Customer” means an individual who is at least twenty‑one years of age and who purchases products from a licensed retail dealer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="009667CC">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t>nternet, mobile applications, or other similar technology.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="153FCD04" w14:textId="61E1C872">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S2_lv2_0ca4cfa90" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r>
-        <w:t>2) “Delivery” means local delivery of beer or wine made by a retail dealer or delivery service employees or independent contractors. Delivery by a retail dealer or delivery service must be made on the same day the beer and wine is collected from the retail dealer and may not be interstate or further hired, including to a common carrier.</w:t>
+        <w:t xml:space="preserve">2) “Delivery” means local delivery of beer or wine made by a retail dealer or delivery service employees or independent contractors. Delivery by a retail dealer or delivery service must be made on the same </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>day</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the beer and wine </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> collected from the retail dealer and may not be interstate or further hired, including to a common carrier.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="4BA8D0B8" w14:textId="11549038">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S3_lv2_782e70d8f" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
-        <w:t xml:space="preserve">3) “Delivery service” means a third party that delivers items from a retail dealer to consumers for personal consumption and not for resale using employees or independent contractors to facilitate the delivery. A “delivery service” also may facilitate delivery through technology services that connect customers with retail dealers through the use of the </w:t>
+        <w:t xml:space="preserve">3) “Delivery service” means a third party that delivers items from a retail dealer to consumers for personal consumption and not for resale using employees or independent contractors to facilitate the delivery. A “delivery service” also may facilitate delivery through technology services that connect customers with retail dealers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="009667CC">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t>nternet, mobile applications, and other similar technology.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="265BFA83" w14:textId="04C8B2F2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S4_lv2_81a78b793" w:id="53"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t>4) “Recipient” means an individual who is at least twenty‑one years of age, who is physically present at the address designated by the customer, and who is receiving the intended delivery from the delivery service or retail dealer.</w:t>
@@ -1656,197 +1907,248 @@
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="31A63AFF" w14:textId="684BA0A3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S5_lv2_c5e28fba6" w:id="54"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
       <w:r>
         <w:t>5) “Retail dealer” means a person or entity licensed under this title as a retailer authorized to sell beer, ale, porter, and wine in sealed containers for off</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>premises consumption or on</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
-        <w:t>premises consumption and does not include a manufacturer or any other person or entity licensed to manufacture beer or wine.</w:t>
+        <w:t xml:space="preserve">premises consumption and does not include a manufacturer or any other person or entity licensed to manufacture </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>beer or wine.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="51322672" w14:textId="0507ED0F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S6_lv2_c3cb27748" w:id="55"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:t>6) “Sealed container” means a vessel containing beer or wine, which has not been opened, tampered with, uncapped</w:t>
       </w:r>
       <w:r w:rsidR="004641AC">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> or unsealed subsequent to its original filling and airtight sealing by the manufacturer, importer, or retail dealer.</w:t>
+        <w:t xml:space="preserve"> or unsealed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>subsequent to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> its original filling and airtight sealing by the manufacturer, importer, or retail dealer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="0BF9CD24" w14:textId="5CBC7557">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S7_lv2_8cc88ceec" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:t>7) “Third party” means any individual, partnership, association, company, limited liability company, corporation, or other entity or group who is licensed to do business in this State, regardless of the state of residency, that has a contractual relationship with at least one licensed retail dealer, and who is not an employee of the retail dealer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="093F9CDF" w14:textId="7BF8A663">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SB_lv1_a9278849d" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
-        <w:t>B) Notwithstanding any other provision of law, a retail dealer may hire a delivery service to deliver sealed packages of beer and wine for personal consumption and a retail dealer may itself deliver sealed packages of beer and wine for personal consumption. Delivery shall not occur on the premises of any church, school, or playground, as those terms are defined in Section 61‑6‑120, within any residence hall or dormitory on a college or university campus in this State, or within the premises of licensed on</w:t>
+        <w:t xml:space="preserve">B) Notwithstanding any other provision of law, a retail dealer may hire a delivery service to deliver sealed packages of beer and wine for personal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consumption</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and a retail dealer may itself deliver sealed packages of beer and wine for personal consumption. Delivery shall not occur on the premises of any church, school, or playground, as those terms are defined in Section 61‑6‑120, within any residence hall or dormitory on a college or university campus in this State, or within the premises of licensed on</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>premises retailers, excluding hotels. For purposes of determining whether the area for the delivery of beer and wine is permissible, the Department of Revenue shall make available the addresses of active licensed on</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>premises retailers upon which the delivery service or retail dealer may reasonably rely in furtherance of prohibiting such delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="6871D2BA" w14:textId="0C0314FC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SC_lv1_4cfa7edfc" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>C) The delivery service or retail dealer must apply to the department for a biennial license which authorizes the delivery of beer and wine that has been purchased from a retailer through the three</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>tier distribution chain set forth in Sections 61‑4‑735 and 61‑4‑940. The department shall grant the license if the applicant:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="71AE20DA" w14:textId="14A6F35D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S1_lv2_330061cc1" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
-        <w:t>1) pays a nonrefundable four hundred dollar license fee;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) pays a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>nonrefundable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>four hundred dollar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> license </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="402F51FE" w14:textId="011E8821">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S2_lv2_439d944eb" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
-        <w:t>2) is at least twenty‑one years of age;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) is at least twenty‑one years of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>age;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="72694E6B" w14:textId="6E17FEB7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S3_lv2_2c140a9e9" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r>
-        <w:t>3) affirms whether the applicant or any officer or director, as may be required to be disclosed in the license application, has been involved in the sale of alcoholic liquors, beer, or wine in this or another state and whether he has had a license or permit suspended or revoked;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) affirms whether the applicant or any officer or director, as may be required to be disclosed in the license application, has been involved in the sale of alcoholic liquors, beer, or wine in this or another state and whether he has had a license or permit suspended or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>revoked;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="4CF25435" w14:textId="5BF256A8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S4_lv2_bec159462" w:id="62"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t>4) except for applicants that are publicly traded companies or subsidiaries of the same, provides a criminal history background check conducted by the State Law Enforcement Division at the time of application. The background check must prove that the individual has not been convicted of any crime involving the sale or distribution of beer, wine, or alcoholic liquors within the last eight years and has not been convicted of any felony within the last ten years; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="0795607B" w14:textId="3AC39DD9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -1855,51 +2157,71 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S5_lv2_00e136a77" w:id="63"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r>
         <w:t>5) maintains a liquor liability insurance policy or a general liability insurance policy with a liquor liability endorsement in the amount of at least one million dollars for the biennial period for which it is permitted.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="08A2FF64" w14:textId="65CF198C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SD_lv1_e0e7d3836" w:id="64"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r>
-        <w:t>D) Nothing in this section shall be construed to require a company that only provides technology services to a retail dealer to obtain a delivery service license if the company does not employ or contract with delivery drivers, but merely provides software or an application that connects consumers and licensed retail dealers.</w:t>
+        <w:t xml:space="preserve">D) Nothing in this section shall be construed to require a company that only provides </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> services to a retail dealer to obtain a delivery service license if the company does not employ or contract </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">with delivery </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>drivers, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> merely provides software or an application that connects consumers and licensed retail dealers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="702C5559" w14:textId="5CE3AA62">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SE_lv1_f4cafda86" w:id="65"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:t>E) A person with ownership or financial interest in a delivery service licensee may not hold or maintain concurrent ownership or financial interest in beer or wine business operations on the manufacturer tier</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>one, or tier</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>two wholesaler operations, except as provided in Section 61‑4‑735(D) or Section 61‑4‑940(D).</w:t>
       </w:r>
@@ -1945,140 +2267,181 @@
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:t>1) A licensed retail dealer may market, receive, and process orders for beer and wine products under this section using electronic means owned, operated, and maintained by a third party, provided that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="7FA87097" w14:textId="56DDEE14">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280Sa_lv3_8cacf8142" w:id="69"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r>
-        <w:t>a) the retail dealer maintains ultimate control and responsibility over the sales transaction and transfer of physical possession of the beer and wine to the delivery service employee or independent contractor;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) the retail dealer maintains ultimate control and responsibility over the sales transaction and transfer of physical possession of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the beer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and wine to the delivery service employee or independent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>contractor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="7BF4454A" w14:textId="389E3B6A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280Sb_lv3_bb9efc2de" w:id="70"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r>
-        <w:t>b) the retail dealer retains the sole discretion to determine whether to accept and complete a sales transaction or reject it;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) the retail dealer retains the sole discretion to determine whether to accept and complete a sales transaction or reject </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>it;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="65133293" w14:textId="06CCCF5E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280Sc_lv3_4b7602a9b" w:id="71"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
-        <w:t>c) the retail dealer retains the independence to determine which beer and wine are made available for ordering through electronic means, which beer and wine are made available for delivery to the recipient at the address designated by the customer, and to independently set the price of such products;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) the retail dealer retains </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the independence</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to determine which beer and wine are made available for ordering through electronic means, which beer and wine are made available for delivery to the recipient at the address designated by the customer, and to independently set the price of such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>products;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="2C8813A3" w14:textId="55761895">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280Sd_lv3_b6c456a91" w:id="72"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r>
-        <w:t>d) the sales transaction takes place between the customer and the retail dealer, and the retail dealer appears as the merchant of record;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) the sales transaction takes place between the customer and the retail dealer, and the retail dealer appears as the merchant of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>record;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="7B660CB5" w14:textId="09FD0EFB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280Se_lv3_8bfbdb3d3" w:id="73"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
-        <w:t>e) any credit or debit card information provided by a customer to the third party for the purpose of transacting a purchase with a retail dealer is automatically directed to the retail dealer such that the retail dealer appears as the merchant of record at the time of purchase and on the receipt;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e) any credit or debit card information provided by a customer to the third party for the purpose of transacting a purchase with a retail dealer is automatically directed to the retail dealer such that the retail dealer appears as the merchant of record at the time of purchase and on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>receipt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="15027A50" w14:textId="57AC7742">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280Sf_lv3_9a1443445" w:id="74"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:t>f) the retail dealer, or an employee of the retail dealer, processes by the licensed premises that accepts the order, all payments initiated by a customer that is transacting a purchase with the retail dealer; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="1B1AFA99" w14:textId="2D137C9C">
       <w:pPr>
@@ -2102,89 +2465,125 @@
         <w:t>g) the beer and wine are in the possession of the retail dealer prior to the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s processing of payment for such products.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="750C8783" w14:textId="2780D450">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S2_lv2_9ac573135" w:id="76"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
-        <w:t>2) The relationship between the retail dealer and delivery service must be one of independent contractors, and neither party shall be deemed the employee, agent, or joint venturer of the other party under any circumstances or for any purpose; provided that the retail dealer and delivery service may operate under the same parent company or otherwise share common ownership.</w:t>
+        <w:t xml:space="preserve">2) The relationship between the retail dealer and delivery service must be one of independent contractors, and neither party shall be deemed the employee, agent, or joint </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>venturer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of the other party under any circumstances or for any purpose; provided that the retail dealer and delivery service may </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>operate under the same parent company or otherwise share common ownership.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="7CB794D0" w14:textId="0D09D884">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SH_lv1_26cc0b2b6" w:id="77"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
-        <w:t>H) Licensed retail dealers or third parties shall maintain records of beer and wine sales delivered by third parties for a period of three years. The records must document the chain of custody of the beer and wine sold by retail dealers and delivered by third parties and shall include the retail dealer’s name, deliverer’s name, recipient’s name, date of birth, type and number of identification presented, delivery address</w:t>
+        <w:t xml:space="preserve">H) Licensed retail dealers or third parties shall maintain records of beer and wine sales delivered by third parties for a period of three years. The records must document the chain of custody of the beer and wine sold by retail dealers and delivered by third parties and shall include the retail dealer’s name, deliverer’s name, recipient’s name, date of birth, type and number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> presented, delivery address</w:t>
       </w:r>
       <w:r w:rsidR="00FB6F4A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and signature. Upon request, the records must be made available to the department, within a reasonable period of time, in the manner prescribed by the department.</w:t>
+        <w:t xml:space="preserve"> and signature. Upon request, the records must be made available to the department, within a reasonable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, in the manner prescribed by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="29D4E2E1" w14:textId="71F2EAEA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SI_lv1_7fbbfeff9" w:id="78"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
-        <w:t>I) The retail dealer or delivery service shall assemble, package, and fulfill each order for delivery at the licensed premises of the retail dealer from inventory located at such licensed premises and shall not retrieve inventory from any other of the retail dealer</w:t>
+        <w:t xml:space="preserve">I) The retail dealer or delivery service shall assemble, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>package</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, and fulfill each order for delivery at the licensed premises of the retail dealer from inventory located at such licensed premises and shall not retrieve inventory from any other of the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s locations or of any other person or entity, including another retail dealer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="67109A31" w14:textId="3DB076E1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SJ_lv1_c72e10e9c" w:id="79"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:t>J) All beer, ale, porter, and wine that leave the licensed premises of the retail dealer for delivery:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="02F83C72" w14:textId="2DDE7B0A">
@@ -2222,178 +2621,213 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S2_lv2_6108fe11d" w:id="81"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
       <w:r>
         <w:t>2) shall not be carried with, comingled with, stored with, or transported in any vehicle or other transportation device containing products or goods traveling in interstate commerce.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="3D5F8674" w14:textId="25790251">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SK_lv1_b24c29898" w:id="82"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
-        <w:t>K) A retail dealer must not deliver or sell for delivery and a delivery service must not deliver beer or wine to any location or recipient beyond the United States Postal Service five</w:t>
+        <w:t xml:space="preserve">K) A retail dealer must not deliver or sell for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and a delivery service must not deliver beer or wine to any location or recipient beyond the United States Postal Service five</w:t>
       </w:r>
       <w:r w:rsidR="00DF7BA8">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>digit ZIP code or a contiguous ZIP code of the selling retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s licensed premises.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="14B5D7EA" w14:textId="3F7592A3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SL_lv1_79217b99d" w:id="83"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:t xml:space="preserve">L) A retail dealer or delivery service licensee </w:t>
       </w:r>
       <w:r w:rsidR="00F32F29">
         <w:t xml:space="preserve">only </w:t>
       </w:r>
       <w:r>
-        <w:t>may deliver beer and wine within the time allowed for lawful sales and consumption in the jurisdiction, subject to local option laws in the county for the licensed retail dealer, and as provided in Section 61‑4‑120. Also, at the time of delivery, a retail dealer or delivery service employee or independent contractor must: (i) use some form of electronic or current state</w:t>
+        <w:t>may deliver beer and wine within the time allowed for lawful sales and consumption in the jurisdiction, subject to local option laws in the county for the licensed retail dealer, and as provided in Section 61‑4‑120. Also, at the time of delivery, a retail dealer or delivery service employee or independent contractor must: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) use some form of electronic or current state</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>art age verification software technology requiring the recipient to provide photographic identification reflecting a date of birth to verify the recipient is at least twenty</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>one years of age, and must obtain the recipient</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s signature, or (ii) if the available software technology is not operable at the point of delivery, then manually record or document the deliverer’s name, the recipient’s name, date of birth, type and number of identification presented and signature before transferring possession of the beer and wine to the intended recipient.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="1F28F703" w14:textId="2B44A7AD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280SM_lv1_246456287" w:id="84"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
       <w:r>
         <w:t>M) A retail dealer and delivery service shall refuse delivery and return the beer and wine to the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
-        <w:t>s licensed premises on the same date of collection and attempted delivery when the recipient is not present or:</w:t>
+        <w:t xml:space="preserve">s licensed premises on the same date </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> collection and attempted delivery when the recipient is not present or:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="0199011D" w14:textId="3487B293">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S1_lv2_b09750e0f" w:id="85"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t>1) is less than twenty</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
-        <w:t>one years of age;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">one years of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>age;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="65CC72E6" w14:textId="121D33A9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S2_lv2_7b7a3d1d1" w:id="86"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
-        <w:t>2) fails to produce valid identification;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) fails to produce valid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>identification;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="6F60D8B0" w14:textId="5EDA952C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S3_lv2_1c96cd496" w:id="87"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:t>3) appears to be intoxicated; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00DF3A04" w:rsidRDefault="00E70584" w14:paraId="7165DC42" w14:textId="4B5AF0AB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C4N280S4_lv2_09d193f49" w:id="88"/>
@@ -2607,188 +3041,246 @@
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="1F5B6983" w14:textId="3286CE28">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T61C6N1570_35f4054bf" w:id="100"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
       <w:r>
         <w:t>ection 61‑6‑1570.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570SA_lv1_e55fb5298" w:id="101"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
       <w:r>
-        <w:t>A) The department may issue a license or permit allowing a retailer to offer curbside delivery or pick up through curbside service of alcoholic liquors if the retailer:</w:t>
-      </w:r>
+        <w:t xml:space="preserve">A) The department may issue a license or permit allowing a retailer to offer curbside delivery or pick up through curbside service of alcoholic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>liquors</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> if the retailer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="10EB9950" w14:textId="737BD59B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S1_lv2_f5608ef0a" w:id="102"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
-        <w:t>1) has a clearly designated curbside area abutting or adjacent to or in close proximity to its business;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) has a clearly designated curbside area abutting or adjacent to or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>in close proximity to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> its </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>business;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="396559EB" w14:textId="48A2071A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S2_lv2_da4d2a93f" w:id="103"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="103"/>
       <w:r>
-        <w:t>2) requires a customer to provide a valid government‑issued identification at the time of pick up;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) requires a customer to provide a valid government‑issued identification at the time of pick </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>up;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="00376DA2" w14:textId="329EA7A6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S3_lv2_ec2060cb9" w:id="104"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
-        <w:t>3) prohibits the use of curbside delivery or curbside pick up service by an intoxicated person or a person under the age of twenty‑one; and</w:t>
+        <w:t xml:space="preserve">3) prohibits the use of curbside delivery or curbside </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>pick up</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> service by an intoxicated person or a person under the age of twenty‑one; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="69758A7C" w14:textId="78C6A6BD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S4_lv2_c4f4b5a5e" w:id="105"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="105"/>
       <w:r>
-        <w:t>4) requires the employee delivering sealed containers of alcoholic liquors to a customer</w:t>
+        <w:t xml:space="preserve">4) requires the employee </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>delivering</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> sealed containers of alcoholic liquors to a customer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s vehicle to be twenty‑one years or older.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="5D4E9E73" w14:textId="1B2D029A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570SB_lv1_739e097c1" w:id="106"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
       <w:r>
         <w:t>B) This section may not be interpreted to authorize:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="2C217D1E" w14:textId="4619525A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S1_lv2_19fe3bce2" w:id="107"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="107"/>
       <w:r>
-        <w:t>1) the curbside delivery or pick up through curbside service of open containers of alcoholic liquors;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) the curbside delivery or pick up through curbside service of open containers of alcoholic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>liquors;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="1BC9AB7C" w14:textId="13022B83">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S2_lv2_887143617" w:id="108"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
       <w:r>
-        <w:t>2) the delivery of alcoholic liquors beyond the premises authorized in subsection (A)(1), including delivery through a third‑party delivery service or the retailer;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) the delivery of alcoholic liquors beyond the premises authorized in subsection (A)(1), including delivery through a third‑party delivery service or the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>retailer;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="00696683" w:rsidRDefault="00E70584" w14:paraId="22C487BE" w14:textId="0BEE305A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1570S3_lv2_044ebdfc0" w:id="109"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t>3) the drive‑through pick up of alcoholic liquors</w:t>
       </w:r>
       <w:r w:rsidR="00E22B62">
         <w:t>; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E22B62" w:rsidP="00696683" w:rsidRDefault="00E22B62" w14:paraId="612CA017" w14:textId="03561E14">
       <w:pPr>
@@ -2890,95 +3382,111 @@
       <w:bookmarkStart w:name="ss_T61C6N1580SA_lv1_2907d9186" w:id="115"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="115"/>
       <w:r>
         <w:t>A) As used in this section:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="29B4EFA5" w14:textId="60EF7EE7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S1_lv2_186a71690" w:id="116"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="116"/>
       <w:r>
-        <w:t xml:space="preserve">1) “Customer” means an individual who is at least twenty‑one years of age and who purchases products from a licensed retail dealer through the use of the </w:t>
+        <w:t xml:space="preserve">1) “Customer” means an individual who is at least twenty‑one years of age and who purchases products from a licensed retail dealer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="009667CC">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t>nternet, mobile applications, or other similar technology.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="1D5A546D" w14:textId="42E9ED06">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S2_lv2_3c630e7ea" w:id="117"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="117"/>
       <w:r>
         <w:t>2) “Delivery” means local delivery of alcoholic liquors made by a retail dealer or delivery service employees or independent contractors. Delivery by a retail dealer or delivery service must be made on the same day the alcoholic liquor is collected from the retail dealer and may not be interstate or further hired, including to a common carrier.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="2D659804" w14:textId="57C4112C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S3_lv2_61dbfa532" w:id="118"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="118"/>
       <w:r>
-        <w:t xml:space="preserve">3) “Delivery service” means a third party that delivers items from a retail dealer to consumers for personal consumption and not for resale using employees or independent contractors to facilitate the delivery. A “delivery service” also may facilitate delivery through technology services that connect customers with retail dealers through the use of the </w:t>
+        <w:t xml:space="preserve">3) “Delivery service” means a third party that delivers items from a retail dealer to consumers for personal consumption and not for resale using employees or independent contractors to facilitate the delivery. A “delivery service” also may facilitate delivery through technology services that connect customers with retail dealers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>through the use of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="009667CC">
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:t>nternet, mobile applications, and other similar technology.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="2D8590B2" w14:textId="57746E55">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S4_lv2_334e25b12" w:id="119"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:t>4) “Recipient” means an individual who is at least twenty‑one years of age, who is physically present at the address designated by the customer, and who is receiving the intended delivery from the delivery service or retail dealer.</w:t>
@@ -2997,170 +3505,229 @@
       <w:bookmarkStart w:name="ss_T61C6N1580S5_lv2_807c7820e" w:id="120"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:t>5) “Retail dealer” means a person or entity licensed under this title as a retailer authorized to sell alcoholic liquors in sealed containers for off‑premises consumption and does not include a manufacturer or any other person or entity licensed to manufacture alcoholic liquors.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="1B8E9294" w14:textId="2C94BA40">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S6_lv2_94c8f6741" w:id="121"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="121"/>
       <w:r>
-        <w:t>6) “Sealed container” means a vessel containing alcoholic liquors, which has not been opened, tampered with, uncapped</w:t>
+        <w:t xml:space="preserve">6) “Sealed container” means a vessel containing alcoholic liquors, which has not been opened, </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>tampered with, uncapped</w:t>
       </w:r>
       <w:r w:rsidR="004641AC">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> or unsealed subsequent to its original filling and airtight sealing by the manufacturer or importer.</w:t>
+        <w:t xml:space="preserve"> or unsealed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>subsequent to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> its original filling and airtight sealing by the manufacturer or importer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="4799F43C" w14:textId="40E65320">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S7_lv2_8f7246937" w:id="122"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:t>7) “Third party” means any individual, partnership, association, company, limited liability company, corporation, or other entity or group who is licensed to do business in this State, regardless of the state of residency, that has a contractual relationship with at least one licensed retail dealer, and who is not an employee of the retail dealer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="783B6BAC" w14:textId="620952C2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SB_lv1_1b49cd064" w:id="123"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="123"/>
       <w:r>
-        <w:t>B) Notwithstanding any other provision of law, a retail dealer may hire a delivery service to deliver sealed packages of alcoholic liquors for personal consumption and a retail dealer may itself deliver sealed packages of alcoholic liquors for personal consumption. Delivery shall not occur on the premises of any church, school, or playground, as those terms are defined in Section 61‑6‑120, within any residence hall or dormitory on a college or university campus in this State, or within the premises of licensed on‑premises retailers, excluding hotels. For purposes of determining whether the area for the delivery of alcoholic liquors is permissible, the Department of Revenue shall make available the addresses of active licensed on‑premises retailers upon which the delivery service or retail dealer may reasonably rely in furtherance of prohibiting such delivery.</w:t>
+        <w:t xml:space="preserve">B) Notwithstanding any other provision of law, a retail dealer may hire a delivery service to deliver sealed packages of alcoholic liquors for personal </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consumption</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and a retail dealer may itself deliver sealed packages of alcoholic </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>liquors</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> for personal consumption. Delivery shall not occur on the premises of any church, school, or playground, as those terms are defined in Section 61‑6‑120, within any residence hall or dormitory on a college or university campus in this State, or within the premises of licensed on‑premises retailers, excluding hotels. For purposes of determining whether the area for the delivery of alcoholic liquors is permissible, the Department of Revenue shall make available the addresses of active licensed on‑premises retailers upon which the delivery service or retail dealer may reasonably rely in furtherance of prohibiting such delivery.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="1A9EA970" w14:textId="512A1B57">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SC_lv1_89f6d29cc" w:id="124"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:t>C) The delivery service or retail dealer must apply to the department for a biennial license which authorizes the delivery of alcoholic liquors that have been purchased from a retailer that holds a retail dealers’ license as defined in Section 61‑6‑100(3) and that has purchased the alcoholic liquors from a wholesaler as required by this chapter. The department shall grant the license if the applicant:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="53D6DC38" w14:textId="0E3049F6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S1_lv2_661655809" w:id="125"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="125"/>
       <w:r>
-        <w:t>1) pays a nonrefundable four hundred dollar license fee;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) pays a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>nonrefundable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>four hundred dollar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> license </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>fee;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="74CB2276" w14:textId="05245C45">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S2_lv2_8f18de136" w:id="126"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="126"/>
       <w:r>
         <w:t>2) is at least twenty</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
-        <w:t>one years of age;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">one years of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>age;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="2FF60C11" w14:textId="54A0653B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S3_lv2_f38639aa4" w:id="127"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="127"/>
       <w:r>
-        <w:t>3) affirms whether the applicant or any officer or director, as may be required to be disclosed in the license application, has been involved in the sale of alcoholic liquors, beer, or wine in this or another state and whether he has had a license or permit suspended or revoked;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">3) affirms whether the applicant or any officer or director, as may be required to be disclosed in the license application, has been involved in the sale of alcoholic liquors, beer, or wine in this or another state and whether he has had a license or permit suspended or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>revoked;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="0D39C41E" w14:textId="11BCE3C5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S4_lv2_bc64b5c45" w:id="128"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="128"/>
       <w:r>
         <w:t>4) except for applicants that are publicly traded companies or subsidiaries of the same, provides a criminal history background check conducted by the State Law Enforcement Division at the time of application. The background check must prove that the individual has not been convicted of any crime involving the sale or distribution of beer, wine, or alcoholic liquors within the last eight years and has not been convicted of any felony within the last ten years; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="7B4E7130" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -3173,67 +3740,92 @@
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="129"/>
       <w:r>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>maintains a liquor liability insurance policy or a general liability insurance policy with a liquor liability endorsement in the amount of at least one million dollars for the biennial period for which it is permitted.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="411A6AF4" w14:textId="7734F83C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SD_lv1_32f7c661c" w:id="130"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="130"/>
       <w:r>
-        <w:t>D) Nothing in this section shall be construed to require a company that only provides technology services to a retail dealer to obtain a delivery service license if the company does not employ or contract with delivery drivers, but merely provides software or an application that connects consumers and licensed retail dealers.</w:t>
+        <w:t xml:space="preserve">D) Nothing in this section shall be construed to require a company that only provides </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>technology</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> services to a retail dealer to obtain a delivery service license if the company does not employ or contract with delivery </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>drivers, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> merely provides software or an application that connects consumers and licensed retail dealers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="2D85EB6F" w14:textId="2516FA6D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SE_lv1_ef6b3adaf" w:id="131"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="131"/>
       <w:r>
-        <w:t>E) A person with ownership or financial interest in a delivery service licensee may not hold or maintain concurrent ownership or financial interest in a business operation that holds either a manufacturers’ license or a wholesalers’ license, except as authorized pursuant to any provision of this chapter.</w:t>
+        <w:t xml:space="preserve">E) A person with ownership or financial interest in a delivery service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>licensee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> may not hold or maintain concurrent ownership or financial interest in a business operation that holds either a manufacturers’ license or a wholesalers’ license, except as authorized pursuant to any provision of this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="05A5BE2B" w14:textId="2C5310BE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SF_lv1_d9cc8c86c" w:id="132"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="132"/>
       <w:r>
         <w:t>F) Each individual who delivers alcoholic liquors for a retail dealer or delivery service must be at least twenty‑one years of age, must not have a felony conviction within the last ten years, as confirmed by a background check conducted by the delivery service prior to being hired, and must undergo certification and training to deliver alcoholic liquors as provided by the department and as administered by the retail dealer or delivery service.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="427D3DFB" w14:textId="1D0E6003">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
@@ -3251,274 +3843,375 @@
       </w:r>
       <w:bookmarkEnd w:id="134"/>
       <w:r>
         <w:t>1) A licensed retail dealer may market, receive, and process orders for alcoholic liquors under this section using electronic means owned, operated, and maintained by a third party, provided that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="59BF8F2A" w14:textId="53549D5D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Sa_lv3_5b8af7766" w:id="135"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="135"/>
       <w:r>
-        <w:t>a) the retail dealer maintains ultimate control and responsibility over the sales transaction and transfer of physical possession of the alcoholic liquors to the delivery service employee or independent contractor;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) the retail dealer maintains ultimate control and responsibility over the sales transaction and transfer of physical possession of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the alcoholic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> liquors to the delivery service employee or independent </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>contractor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="24E414F4" w14:textId="05B4B1B4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Sb_lv3_27705d8d5" w:id="136"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="136"/>
       <w:r>
-        <w:t>b) the retail dealer retains the sole discretion to determine whether to accept and complete a sales transaction or reject it;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) the retail dealer retains the sole discretion to determine whether to accept and complete a sales transaction or reject </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>it;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="5D048E2F" w14:textId="61426BEF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Sc_lv3_b468b7262" w:id="137"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="137"/>
       <w:r>
-        <w:t>c) the retail dealer retains the independence to determine which alcoholic liquors are made available for ordering through electronic means, which alcoholic liquors are made available for delivery to the recipient at the address designated by the customer, and to independently set the price of such products;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) the retail dealer retains the independence to determine which alcoholic liquors are made available for ordering through electronic means, which alcoholic liquors are made available for delivery to the recipient at the address designated by the customer, and to independently set the price of such </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>products;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="12CF8E19" w14:textId="60651446">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Sd_lv3_a7c853613" w:id="138"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="138"/>
       <w:r>
-        <w:t>d) the sales transaction takes place between the customer and the retail dealer, and the retail dealer appears as the merchant of record;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) the sales transaction takes place between the customer and the retail dealer, and the retail dealer appears as the merchant of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>record;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="3F8B1393" w14:textId="2F71EFFB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Se_lv3_898ce840d" w:id="139"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="139"/>
       <w:r>
-        <w:t>e) any credit or debit card information provided by a customer to the third party for the purpose of transacting a purchase with a retail dealer is automatically directed to the retail dealer such that the retail dealer appears as the merchant of record at the time of purchase and on the receipt;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e) any credit or debit card information provided by a customer to the third party for the purpose of transacting a purchase with a retail dealer is automatically directed to the retail dealer such that the retail dealer appears as the merchant of record at the time of purchase and on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>receipt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="557AB49C" w14:textId="57C9BD5C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Sf_lv3_12db78b57" w:id="140"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="140"/>
       <w:r>
         <w:t>f) the retail dealer, or an employee of the retail dealer, processes by the licensed premises that accepts the order, all payments initiated by a customer that is transacting a purchase with the retail dealer; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="5F6FA614" w14:textId="78F343F0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580Sg_lv3_14e30b152" w:id="141"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="141"/>
       <w:r>
-        <w:t>g) the alcoholic liquors are in the possession of the retail dealer prior to the retail dealer</w:t>
+        <w:t xml:space="preserve">g) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the alcoholic</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> liquors are in the possession of the retail dealer prior to the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s processing of payment for such products.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="59432C33" w14:textId="195810CC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S2_lv2_9d6c86d25" w:id="142"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="142"/>
       <w:r>
-        <w:t>2) The relationship between the retail dealer and delivery service must be one of independent contractors, and neither party shall be deemed the employee, agent, or joint venturer of the other party under any circumstances or for any purpose; provided, that the retail dealer and delivery service may operate under the same parent company or otherwise share common ownership.</w:t>
+        <w:t xml:space="preserve">2) The relationship between the retail dealer and delivery service must be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>one of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> independent contractors, and neither party shall be deemed the employee, agent, or joint </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>venturer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> of the other party under any circumstances or for any purpose; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>provided,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that the retail dealer and delivery service may operate under the same parent company or otherwise share common ownership.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="01037FB1" w14:textId="7B140D94">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SH_lv1_9cec881a2" w:id="143"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="143"/>
       <w:r>
-        <w:t>H) Licensed retail dealers or third parties shall maintain records of alcoholic liquor sales delivered by third parties for a period of three years. The records must document the chain of custody of the alcoholic liquors sold by retail dealers and delivered by third parties and shall include the retail dealer’s name, deliverer’s name, recipient’s name, date of birth, type and number of identification presented, delivery address</w:t>
+        <w:t xml:space="preserve">H) Licensed retail dealers or third parties shall maintain records of alcoholic liquor sales delivered by third parties for a period of three years. The records must document the chain of custody of the </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">alcoholic liquors sold by retail dealers and delivered by third parties and shall include the retail dealer’s name, deliverer’s name, recipient’s name, date of birth, type and number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>identification</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> presented, delivery address</w:t>
       </w:r>
       <w:r w:rsidR="00FB6F4A">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> and signature. Upon request, the records must be made available to the department, within a reasonable period of time, in the manner prescribed by the department.</w:t>
+        <w:t xml:space="preserve"> and signature. Upon request, the records must be made available to the department, within a reasonable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>period of time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, in the manner prescribed by the department.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="7E4650A2" w14:textId="2EB05FEB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SI_lv1_2e2cc7761" w:id="144"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="144"/>
       <w:r>
-        <w:t>I) The retail dealer or delivery service shall assemble, package, and fulfill each order for delivery at the licensed premises of the retail dealer from inventory located at such licensed premises and shall not retrieve inventory from any other of the retail dealer</w:t>
+        <w:t xml:space="preserve">I) The retail dealer or delivery service shall assemble, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>package</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>, and fulfill each order for delivery at the licensed premises of the retail dealer from inventory located at such licensed premises and shall not retrieve inventory from any other of the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s locations or of any other person or entity, including another retail dealer.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="6A9064EA" w14:textId="36DBB38B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SJ_lv1_e2a1f989e" w:id="145"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="145"/>
       <w:r>
-        <w:t>J) All alcoholic liquors that leave the</w:t>
+        <w:t xml:space="preserve">J) All alcoholic liquors that leave </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00D0648C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> licensed premises of the retail dealer for delivery:</w:t>
+        <w:t xml:space="preserve"> licensed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> premises of the retail dealer for delivery:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="407C595F" w14:textId="6A8C4996">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S1_lv2_7137b9677" w:id="146"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:r>
         <w:t>1) shall remain in the possession of the retail dealer or delivery service employee or independent contractor who removed it from the licensed premises for delivery and may not be transferred to any other person until the time of delivery in compliance with this section or the return to the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s licensed premises the same day removed if delivery is not made; and</w:t>
@@ -3534,85 +4227,101 @@
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S2_lv2_be424fed7" w:id="147"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="147"/>
       <w:r>
         <w:t>2) shall not be carried with, comingled with, stored with, or transported in any vehicle or other transportation device containing products or goods traveling in interstate commerce.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="500D878C" w14:textId="59670327">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SK_lv1_9f1a44752" w:id="148"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="148"/>
       <w:r>
-        <w:t>K) A retail dealer must not deliver or sell for delivery and a delivery service must not deliver alcoholic liquors to any location or recipient beyond the United States Postal Service five</w:t>
+        <w:t xml:space="preserve">K) A retail dealer must not deliver or sell for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and a delivery service must not deliver alcoholic liquors to any location or recipient beyond the United States Postal Service five</w:t>
       </w:r>
       <w:r w:rsidR="00DF7BA8">
         <w:t>‑</w:t>
       </w:r>
       <w:r>
         <w:t>digit ZIP code or a contiguous ZIP code of the selling retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s licensed premises.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="3215E5B2" w14:textId="4D9AB019">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SL_lv1_a0612ff4f" w:id="149"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:t xml:space="preserve">L) A retail dealer or delivery service licensee </w:t>
       </w:r>
       <w:r w:rsidR="00F32F29">
         <w:t xml:space="preserve">only </w:t>
       </w:r>
       <w:r>
-        <w:t>may deliver alcoholic liquors within the time allowed for lawful sales and consumption in the jurisdiction, subject to local option laws in the county for the licensed retail dealer, and as provided in Section 61‑6‑1500 and Article VIII‑A of the Constitution of the State of South Carolina. Also, at the time of delivery, a retail dealer or delivery service employee or independent contractor must: (i) use some form of electronic or current state</w:t>
+        <w:t>may deliver alcoholic liquors within the time allowed for lawful sales and consumption in the jurisdiction, subject to local option laws in the county for the licensed retail dealer, and as provided in Section 61‑6‑1500 and Article VIII‑A of the Constitution of the State of South Carolina. Also, at the time of delivery, a retail dealer or delivery service employee or independent contractor must: (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>) use some form of electronic or current state</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:noBreakHyphen/>
         <w:t>art age verification software technology requiring the recipient to provide photographic identification reflecting a date of birth to verify the recipient is at least twenty‑one years of age, and must obtain the recipient</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s signature, or (ii) if the available software technology is not operable at the point of delivery, then manually record or document the deliverer’s name, the recipient’s name, date of birth, type and number of identification presented and signature before transferring possession of the alcoholic liquors to the intended recipient.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="0D199D5B" w14:textId="19751D22">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
@@ -3627,108 +4336,122 @@
         <w:t>M) A retail dealer and delivery service shall refuse delivery and return the alcoholic liquors to the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s licensed premises on the same date of collection and attempted delivery when the recipient is not present or:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="2AB66EAC" w14:textId="37312CF2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S1_lv2_1080f55cd" w:id="151"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="151"/>
       <w:r>
-        <w:t>1) is less than twenty‑one years of age;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">1) is less than twenty‑one years of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>age;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="33C08252" w14:textId="5A8A2585">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S2_lv2_68e358cca" w:id="152"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="152"/>
       <w:r>
-        <w:t>2) fails to produce valid identification;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">2) fails to produce valid </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>identification;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="7B54425A" w14:textId="27382672">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S3_lv2_5d2d7869f" w:id="153"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="153"/>
       <w:r>
         <w:t>3) appears to be intoxicated; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="6A826A3C" w14:textId="7218BD3A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580S4_lv2_b5847e1fe" w:id="154"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="154"/>
       <w:r>
-        <w:t>4) the retail dealer or delivery service employee or independent contractor is unable to scan and retain, or manually record or document the recipient’s name, date of birth, type of identification presented and signature.</w:t>
+        <w:t xml:space="preserve">4) the retail dealer or delivery service employee or independent contractor is unable to scan and </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>retain, or manually record or document the recipient’s name, date of birth, type of identification presented and signature.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="28325D3C" w14:textId="7B74755D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T61C6N1580SN_lv1_bf9622324" w:id="155"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="155"/>
       <w:r>
         <w:t>N) Each retail dealer or delivery service that delivers alcoholic liquors must monetarily incentivize its employees or independent contractors to return alcoholic liquors to the retail dealer</w:t>
       </w:r>
       <w:r w:rsidR="000E71DC">
         <w:t>’</w:t>
       </w:r>
       <w:r>
         <w:t>s licensed premises if the delivery is refused by the recipient or pursuant to subsection (M).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E70584" w:rsidP="002D39CF" w:rsidRDefault="00E70584" w14:paraId="2F2F8DAE" w14:textId="3846221D">
@@ -3938,51 +4661,51 @@
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00016AE5">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39CD4BFB" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E8AF5B" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -4015,164 +4738,165 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="7658DC3E" w14:textId="334A7E61" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="003C6FAC" w:rsidP="00D14995">
+      <w:p w14:paraId="7658DC3E" w14:textId="34C1439F" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00AB7748" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="008865C9">
+              <w:t>[0849]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00AD0CC2">
+            <w:r w:rsidR="008865C9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>LC-0506SA26.docx</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2EF802B6" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B8CC01A" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1E3BDB09" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -4396,50 +5120,51 @@
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -4681,129 +5406,132 @@
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00787433"/>
     <w:rsid w:val="00795536"/>
     <w:rsid w:val="007A0217"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B738A"/>
     <w:rsid w:val="007C1DEB"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007F1EE4"/>
     <w:rsid w:val="007F45EB"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="00851D91"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="008806F9"/>
+    <w:rsid w:val="008865C9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008A016A"/>
     <w:rsid w:val="008A10C5"/>
     <w:rsid w:val="008A4AAC"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B3581"/>
     <w:rsid w:val="008B57A0"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C736A"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="009051C0"/>
     <w:rsid w:val="009143DA"/>
     <w:rsid w:val="00915DD4"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00926966"/>
     <w:rsid w:val="00926D03"/>
     <w:rsid w:val="00934036"/>
     <w:rsid w:val="00934889"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="009667CC"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009B35FD"/>
+    <w:rsid w:val="009B38B3"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009C2903"/>
     <w:rsid w:val="009C31E1"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E671D"/>
     <w:rsid w:val="009E69CB"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
     <w:rsid w:val="00A27FD8"/>
     <w:rsid w:val="00A33061"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A60D68"/>
     <w:rsid w:val="00A701B7"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A84731"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A95629"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA303C"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB2CBC"/>
     <w:rsid w:val="00AB73BF"/>
+    <w:rsid w:val="00AB7748"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AD0CC2"/>
     <w:rsid w:val="00AD2CD2"/>
     <w:rsid w:val="00AD3BE2"/>
     <w:rsid w:val="00AD3E3D"/>
     <w:rsid w:val="00AD71E4"/>
     <w:rsid w:val="00AE1EE4"/>
     <w:rsid w:val="00AE36EC"/>
     <w:rsid w:val="00AE7406"/>
     <w:rsid w:val="00AF1688"/>
     <w:rsid w:val="00AF46E6"/>
     <w:rsid w:val="00AF5139"/>
     <w:rsid w:val="00B06EDA"/>
     <w:rsid w:val="00B1161F"/>
     <w:rsid w:val="00B11661"/>
     <w:rsid w:val="00B32B4D"/>
     <w:rsid w:val="00B4137E"/>
     <w:rsid w:val="00B54DF7"/>
     <w:rsid w:val="00B56223"/>
     <w:rsid w:val="00B56E79"/>
     <w:rsid w:val="00B57AA7"/>
     <w:rsid w:val="00B612E4"/>
     <w:rsid w:val="00B637AA"/>
     <w:rsid w:val="00B63BE2"/>
@@ -4896,50 +5624,51 @@
     <w:rsid w:val="00E27805"/>
     <w:rsid w:val="00E27A11"/>
     <w:rsid w:val="00E30497"/>
     <w:rsid w:val="00E358A2"/>
     <w:rsid w:val="00E35C9A"/>
     <w:rsid w:val="00E3771B"/>
     <w:rsid w:val="00E40979"/>
     <w:rsid w:val="00E43F26"/>
     <w:rsid w:val="00E528AC"/>
     <w:rsid w:val="00E52A36"/>
     <w:rsid w:val="00E6378B"/>
     <w:rsid w:val="00E63EC3"/>
     <w:rsid w:val="00E653DA"/>
     <w:rsid w:val="00E65958"/>
     <w:rsid w:val="00E70584"/>
     <w:rsid w:val="00E84C30"/>
     <w:rsid w:val="00E84FE5"/>
     <w:rsid w:val="00E879A5"/>
     <w:rsid w:val="00E879FC"/>
     <w:rsid w:val="00E936A1"/>
     <w:rsid w:val="00EA2574"/>
     <w:rsid w:val="00EA2F1F"/>
     <w:rsid w:val="00EA3F2E"/>
     <w:rsid w:val="00EA57EC"/>
     <w:rsid w:val="00EA6208"/>
+    <w:rsid w:val="00EA7993"/>
     <w:rsid w:val="00EB0D73"/>
     <w:rsid w:val="00EB120E"/>
     <w:rsid w:val="00EB31CB"/>
     <w:rsid w:val="00EB34C8"/>
     <w:rsid w:val="00EB46E2"/>
     <w:rsid w:val="00EC0045"/>
     <w:rsid w:val="00EC0428"/>
     <w:rsid w:val="00ED452E"/>
     <w:rsid w:val="00EE3CDA"/>
     <w:rsid w:val="00EF37A8"/>
     <w:rsid w:val="00EF531F"/>
     <w:rsid w:val="00F05FE8"/>
     <w:rsid w:val="00F06D86"/>
     <w:rsid w:val="00F13D87"/>
     <w:rsid w:val="00F149E5"/>
     <w:rsid w:val="00F15E33"/>
     <w:rsid w:val="00F17DA2"/>
     <w:rsid w:val="00F22EC0"/>
     <w:rsid w:val="00F25C47"/>
     <w:rsid w:val="00F27D7B"/>
     <w:rsid w:val="00F31D34"/>
     <w:rsid w:val="00F32F29"/>
     <w:rsid w:val="00F342A1"/>
     <w:rsid w:val="00F36FBA"/>
     <w:rsid w:val="00F432C9"/>
@@ -5376,1360 +6105,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="008865C9"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="008865C9"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00AB2CBC"/>
+    <w:rsid w:val="008865C9"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -6743,51 +7474,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=849&amp;session=126&amp;summary=B" TargetMode="External" Id="R703503adc7d64c13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/849_20260128.docx" TargetMode="External" Id="Ra178ba294bcc4933" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=849&amp;session=126&amp;summary=B" TargetMode="External" Id="R3f60aa2b5fea42ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/849_20260128.docx" TargetMode="External" Id="R2e687dc34eaf4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260128.docx" TargetMode="External" Id="Rb01a5202b2e844fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260128.docx" TargetMode="External" Id="Red0fe3be233e40fa" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6814,72 +7545,72 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
-    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -6893,50 +7624,51 @@
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002C1DDF"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003D60FF"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="0050139B"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007F1EE4"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
+    <w:rsid w:val="009B38B3"/>
     <w:rsid w:val="009C2903"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C41157"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CC36D2"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00E76813"/>
     <w:rsid w:val="00F82BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
@@ -7678,67 +8410,59 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+<file path=customXml/_rels/item4.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -7955,176 +8679,157 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
   <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
   <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
   <ID>e1a1a8c6-3279-4ab8-adac-aacbf40a6f9d</ID>
   <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
   <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
   <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
   <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
   <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
   <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
   <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
   <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
   <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
   <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
   <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
   <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
   <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
   <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
   <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
   <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
   <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
   <T_BILL_DT_VERSION>2026-01-28T00:00:00-05:00</T_BILL_DT_VERSION>
   <T_BILL_D_INTRODATE>2026-01-28</T_BILL_D_INTRODATE>
   <T_BILL_D_SENATEINTRODATE>2026-01-28</T_BILL_D_SENATEINTRODATE>
   <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
   <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
   <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
   <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
   <T_BILL_REQUEST_REQUEST>e9246657-c892-4718-8203-ef5821e4b959</T_BILL_REQUEST_REQUEST>
   <T_BILL_R_ORIGINALDRAFT>b5c7e495-f1e8-4d09-970f-4c3d0eb11fe3</T_BILL_R_ORIGINALDRAFT>
   <T_BILL_SPONSOR_SPONSOR>9fb165b1-629c-4d02-8aab-b89aee464fb5</T_BILL_SPONSOR_SPONSOR>
   <T_BILL_T_BILLNAME>[0849]</T_BILL_T_BILLNAME>
   <T_BILL_T_BILLNUMBER>849</T_BILL_T_BILLNUMBER>
   <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 61‑2‑170, RELATING TO DRIVE‑THROUGH OR CURBSIDE SERVICE OF ALCOHOLIC BEVERAGES, SO AS TO PROVIDE CERTAIN EXCEPTIONS; BY ADDING SECTION 61‑4‑45 SO AS TO PROVIDE THAT THE DEPARTMENT MAY ISSUE CERTAIN LICENSES OR PERMITS ALLOWING A RETAILER TO OFFER CERTAIN CURBSIDE DELIVERY OR PICK UP; BY ADDING SECTION 61‑4‑280 SO AS TO PROVIDE THAT A RETAIL DEALER MAY HIRE A DELIVERY SERVICE TO DELIVER CERTAIN BEER AND WINE AND TO PROVIDE FOR REQUIREMENTS; BY ADDING SECTION 61‑6‑1570 SO AS TO PROVIDE THAT THE DEPARTMENT MAY ISSUE CERTAIN LICENSES OR PERMITS ALLOWING A RETAILER TO OFFER CERTAIN CURBSIDE DELIVERY OR PICK UP; AND BY ADDING SECTION 61‑6‑1580 SO AS TO PROVIDE THAT A RETAIL DEALER MAY HIRE A DELIVERY SERVICE TO DELIVER CERTAIN ALCOHOLIC LIQUORS AND TO PROVIDE FOR REQUIREMENTS.</T_BILL_T_BILLTITLE>
   <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
   <T_BILL_T_FILENAME> </T_BILL_T_FILENAME>
   <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
   <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
   <T_BILL_T_SECTIONS>[{"SectionUUID":"44fa2433-f095-4fbe-9087-05718019555d","SectionName":"New Blank SECTION","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"BY AMENDING SECTION 61-2-170, RELATING TO DRIVE-THROUGH OR CURBSIDE SERVICE OF ALCOHOLIC BEVERAGES, SO AS TO PROVIDE CERTAIN EXCEPTIONS; BY ADDING SECTION 61-4-45 SO AS TO PROVIDE THAT THE DEPARTMENT MAY ISSUE CERTAIN LICENSES OR PERMITS ALLOWING A RETAILER TO OFFER CERTAIN CURBSIDE DELIVERY OR PICK UP; BY ADDING SECTION 61-4-280 SO AS TO PROVIDE THAT A RETAIL DEALER MAY HIRE A DELIVERY SERVICE TO DELIVER CERTAIN BEER AND WINE AND TO PROVIDE FOR REQUIREMENTS; BY ADDING SECTION 61-6-1570 SO AS TO PROVIDE THAT THE DEPARTMENT MAY ISSUE CERTAIN LICENSES OR PERMITS ALLOWING A RETAILER TO OFFER CERTAIN CURBSIDE DELIVERY OR PICK UP; AND BY ADDING SECTION 61-6-1580 SO AS TO PROVIDE THAT A RETAIL DEALER MAY HIRE A DELIVERY SERVICE TO DELIVER CERTAIN ALCOHOLIC LIQUORS AND TO PROVIDE FOR REQUIREMENTS","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_d882d6670"},{"SectionUUID":"d88ca91d-4061-4489-8aa5-87117d838e49","SectionName":"code_section","SectionNumber":2,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"cs_T61C2N170_fd9fff25d","IsConstitutionSection":false,"Identity":"61-2-170","IsNew":false,"SubSections":[],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_ba33fc031"},{"SectionUUID":"46916d75-d8c6-434e-9c53-7a08835bf3ce","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T61C4N45_5ff1cad87","IsConstitutionSection":false,"Identity":"61-4-45","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C4N45SA","SubSectionBookmarkName":"ss_T61C4N45SA_lv1_f35f8128f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S1","SubSectionBookmarkName":"ss_T61C4N45S1_lv2_783ca87b2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S2","SubSectionBookmarkName":"ss_T61C4N45S2_lv2_708cb2424","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S3","SubSectionBookmarkName":"ss_T61C4N45S3_lv2_8c1a91a8b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S4","SubSectionBookmarkName":"ss_T61C4N45S4_lv2_8f60385a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N45SB","SubSectionBookmarkName":"ss_T61C4N45SB_lv1_2c7bd8328","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S1","SubSectionBookmarkName":"ss_T61C4N45S1_lv2_4a9d2220d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S2","SubSectionBookmarkName":"ss_T61C4N45S2_lv2_99bac33a6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S3","SubSectionBookmarkName":"ss_T61C4N45S3_lv2_a95430a1d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N45SC","SubSectionBookmarkName":"ss_T61C4N45SC_lv1_61569d337","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S5","SubSectionBookmarkName":"ss_T61C4N45S5_lv2_01b092ab9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N45S4","SubSectionBookmarkName":"ss_T61C4N45S4_lv2_351e9f689","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_c507975ea"},{"SectionUUID":"7b000d37-6959-42d3-adc8-a477429fa0ee","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T61C4N280_487a6b7ac","IsConstitutionSection":false,"Identity":"61-4-280","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C4N280SA","SubSectionBookmarkName":"ss_T61C4N280SA_lv1_8dd3c133e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S1","SubSectionBookmarkName":"ss_T61C4N280S1_lv2_cc2e2ed7a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S2","SubSectionBookmarkName":"ss_T61C4N280S2_lv2_0ca4cfa90","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S3","SubSectionBookmarkName":"ss_T61C4N280S3_lv2_782e70d8f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S4","SubSectionBookmarkName":"ss_T61C4N280S4_lv2_81a78b793","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S5","SubSectionBookmarkName":"ss_T61C4N280S5_lv2_c5e28fba6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S6","SubSectionBookmarkName":"ss_T61C4N280S6_lv2_c3cb27748","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S7","SubSectionBookmarkName":"ss_T61C4N280S7_lv2_8cc88ceec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SB","SubSectionBookmarkName":"ss_T61C4N280SB_lv1_a9278849d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SC","SubSectionBookmarkName":"ss_T61C4N280SC_lv1_4cfa7edfc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S1","SubSectionBookmarkName":"ss_T61C4N280S1_lv2_330061cc1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S2","SubSectionBookmarkName":"ss_T61C4N280S2_lv2_439d944eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S3","SubSectionBookmarkName":"ss_T61C4N280S3_lv2_2c140a9e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S4","SubSectionBookmarkName":"ss_T61C4N280S4_lv2_bec159462","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S5","SubSectionBookmarkName":"ss_T61C4N280S5_lv2_00e136a77","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SD","SubSectionBookmarkName":"ss_T61C4N280SD_lv1_e0e7d3836","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SE","SubSectionBookmarkName":"ss_T61C4N280SE_lv1_f4cafda86","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SF","SubSectionBookmarkName":"ss_T61C4N280SF_lv1_be558ded2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SG","SubSectionBookmarkName":"ss_T61C4N280SG_lv1_aa184fcd2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S1","SubSectionBookmarkName":"ss_T61C4N280S1_lv2_84fc0aced","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Sa","SubSectionBookmarkName":"ss_T61C4N280Sa_lv3_8cacf8142","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Sb","SubSectionBookmarkName":"ss_T61C4N280Sb_lv3_bb9efc2de","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Sc","SubSectionBookmarkName":"ss_T61C4N280Sc_lv3_4b7602a9b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Sd","SubSectionBookmarkName":"ss_T61C4N280Sd_lv3_b6c456a91","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Se","SubSectionBookmarkName":"ss_T61C4N280Se_lv3_8bfbdb3d3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Sf","SubSectionBookmarkName":"ss_T61C4N280Sf_lv3_9a1443445","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C4N280Sg","SubSectionBookmarkName":"ss_T61C4N280Sg_lv3_31266732a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S2","SubSectionBookmarkName":"ss_T61C4N280S2_lv2_9ac573135","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SH","SubSectionBookmarkName":"ss_T61C4N280SH_lv1_26cc0b2b6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SI","SubSectionBookmarkName":"ss_T61C4N280SI_lv1_7fbbfeff9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SJ","SubSectionBookmarkName":"ss_T61C4N280SJ_lv1_c72e10e9c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S1","SubSectionBookmarkName":"ss_T61C4N280S1_lv2_f4ee39b02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S2","SubSectionBookmarkName":"ss_T61C4N280S2_lv2_6108fe11d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SK","SubSectionBookmarkName":"ss_T61C4N280SK_lv1_b24c29898","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SL","SubSectionBookmarkName":"ss_T61C4N280SL_lv1_79217b99d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SM","SubSectionBookmarkName":"ss_T61C4N280SM_lv1_246456287","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S1","SubSectionBookmarkName":"ss_T61C4N280S1_lv2_b09750e0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S2","SubSectionBookmarkName":"ss_T61C4N280S2_lv2_7b7a3d1d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S3","SubSectionBookmarkName":"ss_T61C4N280S3_lv2_1c96cd496","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S4","SubSectionBookmarkName":"ss_T61C4N280S4_lv2_09d193f49","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SN","SubSectionBookmarkName":"ss_T61C4N280SN_lv1_dfd7b2950","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SO","SubSectionBookmarkName":"ss_T61C4N280SO_lv1_0a17cb52f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C4N280SP","SubSectionBookmarkName":"ss_T61C4N280SP_lv1_1e9648ad4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S1","SubSectionBookmarkName":"ss_T61C4N280S1_lv2_c4c28802a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S2","SubSectionBookmarkName":"ss_T61C4N280S2_lv2_a67771fef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S3","SubSectionBookmarkName":"ss_T61C4N280S3_lv2_b32da8606","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S4","SubSectionBookmarkName":"ss_T61C4N280S4_lv2_49bc8c13c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C4N280S5","SubSectionBookmarkName":"ss_T61C4N280S5_lv2_c66886c11","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_sub_A_80434c6dc"},{"SectionUUID":"7d830dbf-e857-44a7-9d59-7f99326493f4","SectionName":"code_section","SectionNumber":4,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_sub_B_a4ad6c2b4"},{"SectionUUID":"93217c47-3005-4764-98a2-a440c986f5db","SectionName":"code_section","SectionNumber":5,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T61C6N1570_35f4054bf","IsConstitutionSection":false,"Identity":"61-6-1570","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C6N1570SA","SubSectionBookmarkName":"ss_T61C6N1570SA_lv1_e55fb5298","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S1","SubSectionBookmarkName":"ss_T61C6N1570S1_lv2_f5608ef0a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S2","SubSectionBookmarkName":"ss_T61C6N1570S2_lv2_da4d2a93f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S3","SubSectionBookmarkName":"ss_T61C6N1570S3_lv2_ec2060cb9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S4","SubSectionBookmarkName":"ss_T61C6N1570S4_lv2_c4f4b5a5e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1570SB","SubSectionBookmarkName":"ss_T61C6N1570SB_lv1_739e097c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S1","SubSectionBookmarkName":"ss_T61C6N1570S1_lv2_19fe3bce2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S2","SubSectionBookmarkName":"ss_T61C6N1570S2_lv2_887143617","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S3","SubSectionBookmarkName":"ss_T61C6N1570S3_lv2_044ebdfc0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1570SC","SubSectionBookmarkName":"ss_T61C6N1570SC_lv1_c2434133b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1570S4","SubSectionBookmarkName":"ss_T61C6N1570S4_lv2_751f1d33e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_0c2d4c5bb"},{"SectionUUID":"cc211506-f221-4f06-a2e8-4bbd82718032","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T61C6N1580_5c72ce3a0","IsConstitutionSection":false,"Identity":"61-6-1580","IsNew":true,"SubSections":[{"Level":1,"Identity":"T61C6N1580SA","SubSectionBookmarkName":"ss_T61C6N1580SA_lv1_2907d9186","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S1","SubSectionBookmarkName":"ss_T61C6N1580S1_lv2_186a71690","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S2","SubSectionBookmarkName":"ss_T61C6N1580S2_lv2_3c630e7ea","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S3","SubSectionBookmarkName":"ss_T61C6N1580S3_lv2_61dbfa532","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S4","SubSectionBookmarkName":"ss_T61C6N1580S4_lv2_334e25b12","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S5","SubSectionBookmarkName":"ss_T61C6N1580S5_lv2_807c7820e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S6","SubSectionBookmarkName":"ss_T61C6N1580S6_lv2_94c8f6741","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S7","SubSectionBookmarkName":"ss_T61C6N1580S7_lv2_8f7246937","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SB","SubSectionBookmarkName":"ss_T61C6N1580SB_lv1_1b49cd064","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SC","SubSectionBookmarkName":"ss_T61C6N1580SC_lv1_89f6d29cc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S1","SubSectionBookmarkName":"ss_T61C6N1580S1_lv2_661655809","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S2","SubSectionBookmarkName":"ss_T61C6N1580S2_lv2_8f18de136","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S3","SubSectionBookmarkName":"ss_T61C6N1580S3_lv2_f38639aa4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S4","SubSectionBookmarkName":"ss_T61C6N1580S4_lv2_bc64b5c45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S5","SubSectionBookmarkName":"ss_T61C6N1580S5_lv2_984dd81e7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SD","SubSectionBookmarkName":"ss_T61C6N1580SD_lv1_32f7c661c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SE","SubSectionBookmarkName":"ss_T61C6N1580SE_lv1_ef6b3adaf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SF","SubSectionBookmarkName":"ss_T61C6N1580SF_lv1_d9cc8c86c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SG","SubSectionBookmarkName":"ss_T61C6N1580SG_lv1_e5778c5d7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S1","SubSectionBookmarkName":"ss_T61C6N1580S1_lv2_6a539bb4f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Sa","SubSectionBookmarkName":"ss_T61C6N1580Sa_lv3_5b8af7766","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Sb","SubSectionBookmarkName":"ss_T61C6N1580Sb_lv3_27705d8d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Sc","SubSectionBookmarkName":"ss_T61C6N1580Sc_lv3_b468b7262","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Sd","SubSectionBookmarkName":"ss_T61C6N1580Sd_lv3_a7c853613","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Se","SubSectionBookmarkName":"ss_T61C6N1580Se_lv3_898ce840d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Sf","SubSectionBookmarkName":"ss_T61C6N1580Sf_lv3_12db78b57","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T61C6N1580Sg","SubSectionBookmarkName":"ss_T61C6N1580Sg_lv3_14e30b152","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S2","SubSectionBookmarkName":"ss_T61C6N1580S2_lv2_9d6c86d25","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SH","SubSectionBookmarkName":"ss_T61C6N1580SH_lv1_9cec881a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SI","SubSectionBookmarkName":"ss_T61C6N1580SI_lv1_2e2cc7761","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SJ","SubSectionBookmarkName":"ss_T61C6N1580SJ_lv1_e2a1f989e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S1","SubSectionBookmarkName":"ss_T61C6N1580S1_lv2_7137b9677","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S2","SubSectionBookmarkName":"ss_T61C6N1580S2_lv2_be424fed7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SK","SubSectionBookmarkName":"ss_T61C6N1580SK_lv1_9f1a44752","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SL","SubSectionBookmarkName":"ss_T61C6N1580SL_lv1_a0612ff4f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SM","SubSectionBookmarkName":"ss_T61C6N1580SM_lv1_6430f83c3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S1","SubSectionBookmarkName":"ss_T61C6N1580S1_lv2_1080f55cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S2","SubSectionBookmarkName":"ss_T61C6N1580S2_lv2_68e358cca","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S3","SubSectionBookmarkName":"ss_T61C6N1580S3_lv2_5d2d7869f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S4","SubSectionBookmarkName":"ss_T61C6N1580S4_lv2_b5847e1fe","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SN","SubSectionBookmarkName":"ss_T61C6N1580SN_lv1_bf9622324","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SO","SubSectionBookmarkName":"ss_T61C6N1580SO_lv1_49de36952","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T61C6N1580SP","SubSectionBookmarkName":"ss_T61C6N1580SP_lv1_61855f1e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S1","SubSectionBookmarkName":"ss_T61C6N1580S1_lv2_5d45dbce2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S2","SubSectionBookmarkName":"ss_T61C6N1580S2_lv2_5f2a026ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S3","SubSectionBookmarkName":"ss_T61C6N1580S3_lv2_5c360373c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S4","SubSectionBookmarkName":"ss_T61C6N1580S4_lv2_393bf7be6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T61C6N1580S5","SubSectionBookmarkName":"ss_T61C6N1580S5_lv2_b9a0ef19f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_sub_A_bd508be05"},{"SectionUUID":"1badbedf-756f-4819-a0bd-b8a124b88962","SectionName":"code_section","SectionNumber":6,"SectionType":"code_section","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_sub_B_119f970f2"},{"SectionUUID":"9b7ffd7b-0a34-498c-b841-cbf552f64635","SectionName":"New Blank SECTION","SectionNumber":7,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_5368cb111"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":8,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_8_lastsection"}]</T_BILL_T_SECTIONS>
   <T_BILL_T_SUBJECT>Alcohol delivery and curbside pickup</T_BILL_T_SUBJECT>
   <T_BILL_UR_DRAFTER>samanthaallen@scstatehouse.gov</T_BILL_UR_DRAFTER>
   <T_BILL_UR_DRAFTINGASSISTANT>julienewboult@scstatehouse.gov</T_BILL_UR_DRAFTINGASSISTANT>
 </lwb360Metadata>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63EF069D-4D7E-4090-83C2-C7C619CBFDEF}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>13</Pages>
   <Words>6019</Words>
   <Characters>31786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>481</Lines>
   <Paragraphs>182</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>37623</CharactersWithSpaces>