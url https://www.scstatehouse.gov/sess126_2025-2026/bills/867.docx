--- v0 (2026-01-30)
+++ v1 (2026-02-09)
@@ -1,36 +1,35 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -119,108 +118,100 @@
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">General Bill</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sponsors: Senators Davis and Kimbrell</w:t>
+        <w:t xml:space="preserve">Sponsors: Senators Davis, Kimbrell, Garrett, Sutton, Walker, Blackmon, Turner, Zell, Kennedy and Devine</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Document Path: SR-0486KM26.docx</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduced in the Senate on January 29, 2026</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t>Currently residing in the Senate Committee on</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Agriculture and Natural Resources</w:t>
+        <w:t xml:space="preserve">Currently residing in the Senate</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Summary: Data Center Development</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -307,51 +298,51 @@
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="9187"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/29/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Introduced and read first time</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="R7625ed873eb4403c">
+      <w:hyperlink w:history="true" r:id="R9a0fb7e8bd7244a8">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="1008"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="1872"/>
@@ -359,90 +350,116 @@
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="2088" w:hanging="2088"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>1/29/2026</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>Senate</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Referred to Committee on</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> Agriculture and Natural Resources</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink w:history="true" r:id="Rc124a91966634864">
+      <w:hyperlink w:history="true" r:id="R3c253dcd622b4d59">
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Senate Journal</w:t>
         </w:r>
         <w:r w:rsidRPr="00770434">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:noBreakHyphen/>
           <w:t>page 4</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="1008"/>
+          <w:tab w:val="left" w:pos="1152"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="9187"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="2088" w:hanging="2088"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+        <w:t>1/30/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+        <w:t>Scrivener's error corrected
+ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">View the latest </w:t>
       </w:r>
-      <w:hyperlink r:id="R39dae83b42184ac0">
+      <w:hyperlink r:id="Rf4c5044b455d4b38">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t> legislative information </w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> at the website</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
@@ -460,57 +477,83 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">VERSIONS OF THIS BILL</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="true"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"/>
       </w:r>
-      <w:hyperlink r:id="Rda47f4f01aec4314">
+      <w:hyperlink r:id="R424f2daab1ed4f6e">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>01/29/2026</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"/>
+      </w:r>
+      <w:hyperlink r:id="R05bc70c8d4ee4000">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>01/30/2026</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="left"/>
@@ -576,56 +619,56 @@
         <w:pStyle w:val="scbillheader"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>A bill</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="002C3463" w:rsidP="001164F9" w:rsidRDefault="002C3463" w14:paraId="3B10CF5E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:alias w:val="bill_title"/>
         <w:tag w:val="bill_title"/>
         <w:id w:val="-1459021568"/>
         <w:lock w:val="sdtLocked"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLTITLE[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="003C6A62" w14:paraId="0EF01B6C" w14:textId="7898D967">
+        <w:p w:rsidRPr="00DF3B44" w:rsidR="00B1161F" w:rsidP="00F25C47" w:rsidRDefault="003C6A62" w14:paraId="0EF01B6C" w14:textId="6CD20658">
           <w:pPr>
             <w:pStyle w:val="scbilltitle"/>
           </w:pPr>
           <w:r>
-            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “THE DATA CENTER DEVELOPMENT ACT”; BY ADDING SECTION 49‑35‑10 SO AS TO DEFINE TERMS PERTAINING TO DATA CENTER DEVELOPMENT; BY ADDING SECTION 49‑35‑20 SO AS TO ESTABLISH THE DATA CENTER DEVELOPMENT OFFICE IN THE DEPARTMENT OF ENVIRONMENTAL SERVICES, TO PROVIDE FOR THE POWERS AND DUTIES OF THE OFFICE, TO ESTABLISH THE DATA CENTER INDUSTRY ADVISORY COMMITTEE, TO PROVIDE FOR THE ADVISORY COMMITTEE’S MEMBERSHIP, AND TO PROVIDE FOR THE ADVISORY COMMITTEE’S POWERS AND DUTIES; BY ADDING SECTION 49‑35‑30 SO AS TO REQUIRE A SITING PERMIT BEFORE A DATA CENTER MAY LOCATE A FACILITY AT A PARTICULAR LOCATION, TO PROVIDE FOR THE PERMIT APPLICATION PROCESS, AND TO PROVIDE FOR THE TIMELINE FOR CONSIDERATION OF APPLICATIONS; BY ADDING SECTION 49‑35‑40 SO AS TO PROVIDE FOR PERFORMANCE‑BASED OPERATIONAL EFFICIENCY STANDARDS, WATER EFFICIENCY STANDARDS, AND TO REQUIRE ANNUAL REPORTS; BY ADDING SECTION 49‑35‑50 SO AS TO PROVIDE FOR INFRASTRUCTURE ADEQUACY ASSESSMENTS, TO PROVIDE FOR ENVIRONMENTAL IMPACT ASSESSMENTS, AND TO PROVIDE FOR REASONABLE BUFFER REQUIREMENTS; BY ADDING SECTION 49‑35‑60 SO AS TO PROVIDE FOR THE PUBLIC SERVICE COMMISSION’S ROLE CONCERNING RATES, AGREEMENTS BETWEEN UTILITIES AND DATA CENTERS, AND COST ALLOCATION METHODOLOGIES; BY ADDING SECTION 49‑35‑70 SO AS TO PROVIDE FOR DECOMMISSIONING PLANS AND FINANCIAL ASSURANCES ASSOCIATED WITH DECOMMISSIONING; BY ADDING SECTION 49‑35‑80 SO AS TO PROVIDE FOR THE INTERACTION BETWEEN THE PROVISIONS OF THIS CHAPTER AND LOCAL GOVERNMENTS AND LOCAL GOVERNMENT LAND USE PLANNING; BY ADDING SECTION 49‑35‑90 SO AS TO REQUIRE DATA CENTERS TO IMPLEMENT REASONABLE MEASURES TO MINIMIZE NOISE, VIBRATION, AND LIGHT IMPACTS RESULTING FROM THEIR OPERATION; BY ADDING SECTION 49‑35‑100 SO AS TO PROVIDE PROTECTIONS FOR CONFIDENTIAL INFORMATION SHARED WITH THE OFFICE BY DATA CENTER OPERATORS; BY ADDING SECTION 49‑35‑110 SO AS TO CLARIFY THE INTERACTION BETWEEN THIS CHAPTER AND OTHER ENVIRONMENTAL LAWS; BY ADDING SECTION 49‑35‑120 SO AS TO PROVIDE FOR ENFORCEMENT AND PENALTIES; TO PROVIDE THAT THE PROVISIONS OF THIS CHAPTER ARE PROSPECTIVE; TO PROVIDE FOR REGULATIONS FROM THE DEPARTMENT OF ENVIRONMENTAL SERVICES; AND TO PROVIDE THAT FOR TWO YEARS AFTER ENACTMENT THE DEPARTMENT OF ENVIRONMENTAL SERVICES SHALL PRIORITIZE TECHNICAL ASSISTANCE AND GUIDANCE OVER ENFORCEMENT TO FACILITATE INDUSTRY TRANSITION TO THE NEW REQUIREMENTS.</w:t>
+            <w:t>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “DATA CENTER DEVELOPMENT ACT”; BY ADDING SECTION 49‑35‑10 SO AS TO DEFINE TERMS PERTAINING TO DATA CENTER DEVELOPMENT; BY ADDING SECTION 49‑35‑20 SO AS TO ESTABLISH THE DATA CENTER DEVELOPMENT OFFICE IN THE DEPARTMENT OF ENVIRONMENTAL SERVICES, TO PROVIDE FOR THE POWERS AND DUTIES OF THE OFFICE, TO ESTABLISH THE DATA CENTER INDUSTRY ADVISORY COMMITTEE, TO PROVIDE FOR THE ADVISORY COMMITTEE’S MEMBERSHIP, AND TO PROVIDE FOR THE ADVISORY COMMITTEE’S POWERS AND DUTIES; BY ADDING SECTION 49‑35‑30 SO AS TO REQUIRE A SITING PERMIT BEFORE A DATA CENTER MAY LOCATE A FACILITY AT A PARTICULAR LOCATION, TO PROVIDE FOR THE PERMIT APPLICATION PROCESS, AND TO PROVIDE FOR THE TIMELINE FOR CONSIDERATION OF APPLICATIONS; BY ADDING SECTION 49‑35‑40 SO AS TO PROVIDE FOR PERFORMANCE‑BASED OPERATIONAL EFFICIENCY STANDARDS, WATER EFFICIENCY STANDARDS, AND TO REQUIRE ANNUAL REPORTS; BY ADDING SECTION 49‑35‑50 SO AS TO PROVIDE FOR INFRASTRUCTURE ADEQUACY ASSESSMENTS, TO PROVIDE FOR ENVIRONMENTAL IMPACT ASSESSMENTS, AND TO PROVIDE FOR REASONABLE BUFFER REQUIREMENTS; BY ADDING SECTION 49‑35‑60 SO AS TO PROVIDE FOR THE PUBLIC SERVICE COMMISSION’S ROLE CONCERNING RATES, AGREEMENTS BETWEEN UTILITIES AND DATA CENTERS, AND COST ALLOCATION METHODOLOGIES; BY ADDING SECTION 49‑35‑70 SO AS TO PROVIDE FOR DECOMMISSIONING PLANS AND FINANCIAL ASSURANCES ASSOCIATED WITH DECOMMISSIONING; BY ADDING SECTION 49‑35‑80 SO AS TO PROVIDE FOR THE INTERACTION BETWEEN THE PROVISIONS OF THIS CHAPTER AND LOCAL GOVERNMENTS AND LOCAL GOVERNMENT LAND USE PLANNING; BY ADDING SECTION 49‑35‑90 SO AS TO REQUIRE DATA CENTERS TO IMPLEMENT REASONABLE MEASURES TO MINIMIZE NOISE, VIBRATION, AND LIGHT IMPACTS RESULTING FROM THEIR OPERATION; BY ADDING SECTION 49‑35‑100 SO AS TO PROVIDE PROTECTIONS FOR CONFIDENTIAL INFORMATION SHARED WITH THE OFFICE BY DATA CENTER OPERATORS; BY ADDING SECTION 49‑35‑110 SO AS TO CLARIFY THE INTERACTION BETWEEN THIS CHAPTER AND OTHER ENVIRONMENTAL LAWS; BY ADDING SECTION 49‑35‑120 SO AS TO PROVIDE FOR ENFORCEMENT AND PENALTIES; TO PROVIDE THAT THE PROVISIONS OF THIS CHAPTER ARE PROSPECTIVE; TO PROVIDE FOR REGULATIONS FROM THE DEPARTMENT OF ENVIRONMENTAL SERVICES; AND TO PROVIDE THAT FOR TWO YEARS AFTER ENACTMENT THE DEPARTMENT OF ENVIRONMENTAL SERVICES SHALL PRIORITIZE TECHNICAL ASSISTANCE AND GUIDANCE OVER ENFORCEMENT TO FACILITATE INDUSTRY TRANSITION TO THE NEW REQUIREMENTS.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkStart w:name="at_cca1345ec" w:displacedByCustomXml="prev" w:id="1"/>
     <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="006C18F0" w:rsidP="006C18F0" w:rsidRDefault="006C18F0" w14:paraId="2C58C2A5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillwhereasclause"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="0094541D" w:rsidR="007E06BB" w:rsidP="0094541D" w:rsidRDefault="002C3463" w14:paraId="6430078F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scenactingwords"/>
       </w:pPr>
       <w:bookmarkStart w:name="ew_e50bcaeed" w:id="2"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>B</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="0094541D">
         <w:t>e it enacted by the General Assembly of the State of South Carolina:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002133CC" w:rsidP="002133CC" w:rsidRDefault="002133CC" w14:paraId="219EEE10" w14:textId="77777777">
@@ -997,51 +1040,55 @@
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10S1_lv1_96e989f99" w:id="22"/>
       <w:r w:rsidR="00E13985">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
       <w:r w:rsidR="00723AD6">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E13985">
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">“Data center” </w:t>
       </w:r>
       <w:r w:rsidRPr="004026E9" w:rsidR="004026E9">
         <w:t xml:space="preserve">means a facility </w:t>
       </w:r>
       <w:r w:rsidR="00B75EA1">
         <w:t xml:space="preserve">comprised of one or more buildings </w:t>
       </w:r>
       <w:r w:rsidRPr="004026E9" w:rsidR="004026E9">
-        <w:t xml:space="preserve">that houses computer systems and associated components, including telecommunications and data storage systems, and that has a </w:t>
+        <w:t xml:space="preserve">that houses computer systems </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004026E9" w:rsidR="004026E9">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">and associated components, including telecommunications and data storage systems, and that has a </w:t>
       </w:r>
       <w:r w:rsidR="00B75EA1">
         <w:t xml:space="preserve">combined </w:t>
       </w:r>
       <w:r w:rsidRPr="004026E9" w:rsidR="004026E9">
         <w:t>connected electrical load of one megawatt or more.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C7F6F" w:rsidRDefault="002C7F6F" w14:paraId="2B561DF1" w14:textId="3DC01916">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10S2_lv1_8932dd009" w:id="23"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
       <w:r w:rsidR="00723AD6">
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) “Data center operator” </w:t>
@@ -1088,128 +1135,153 @@
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) “Electrical infrastructure costs” </w:t>
       </w:r>
       <w:r w:rsidRPr="004026E9" w:rsidR="004026E9">
         <w:t>means all costs associated with generating, transmitting, or distributing electricity to serve a data center, including but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="004026E9" w:rsidR="004026E9" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="3890876C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10Sa_lv2_5a39da79d" w:id="26"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="004026E9">
-        <w:t>a) generation facility construction, expansion, or upgrade costs;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) generation facility construction, expansion, or upgrade </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004026E9">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="004026E9" w:rsidR="004026E9" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="1BA807B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10Sb_lv2_c660d6156" w:id="27"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="27"/>
       <w:r w:rsidRPr="004026E9">
-        <w:t>b) transmission line construction or upgrade costs;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) transmission line construction or upgrade </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004026E9">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="004026E9" w:rsidR="004026E9" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="183CA3EA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10Sc_lv2_01d50fd67" w:id="28"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
       <w:r w:rsidRPr="004026E9">
-        <w:t>c) substation construction or upgrade costs;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) substation construction or upgrade </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004026E9">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="004026E9" w:rsidR="004026E9" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="696916D5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10Sd_lv2_7138825f8" w:id="29"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidRPr="004026E9">
-        <w:t>d) distribution system improvements;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d) distribution system </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004026E9">
+        <w:t>improvements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="004026E9" w:rsidR="004026E9" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="7F9DC683" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10Se_lv2_b91a0bd14" w:id="30"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
       <w:r w:rsidRPr="004026E9">
-        <w:t>e) grid reliability and stability improvements necessitated by data center load;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e) grid reliability and stability improvements necessitated by data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004026E9">
+        <w:t>load;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="004026E9" w:rsidR="004026E9" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="62D58753" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004026E9">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N10Sf_lv2_4f50939f6" w:id="31"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="31"/>
       <w:r w:rsidRPr="004026E9">
         <w:t>f) interconnection costs; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002C7F6F" w:rsidP="004026E9" w:rsidRDefault="004026E9" w14:paraId="614E2840" w14:textId="34B55F2F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="004026E9">
@@ -1342,81 +1414,90 @@
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD6F71">
         <w:tab/>
         <w:t>(1</w:t>
       </w:r>
       <w:r w:rsidR="00723AD6">
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD6F71">
         <w:t>) “Tier 2 data center” means a data center facility with a connected electrical load between eleven and fifty megawatts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00AD6F71" w:rsidR="00AD6F71" w:rsidP="00AD6F71" w:rsidRDefault="00AD6F71" w14:paraId="550C30DE" w14:textId="476F0A57">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD6F71">
         <w:tab/>
         <w:t>(1</w:t>
       </w:r>
       <w:r w:rsidR="00723AD6">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD6F71">
-        <w:t>) “Tier 3 data center” means a data center facility with a connected electrical load in excess of fifty megawatts.</w:t>
+        <w:t xml:space="preserve">) “Tier 3 data center” means a data center facility with a connected electrical load </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AD6F71">
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AD6F71">
+        <w:t xml:space="preserve"> fifty megawatts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD6F71" w:rsidP="00AD6F71" w:rsidRDefault="00AD6F71" w14:paraId="5C0E4DA8" w14:textId="63682796">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00AD6F71">
         <w:tab/>
         <w:t>(1</w:t>
       </w:r>
       <w:r w:rsidR="00723AD6">
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD6F71">
         <w:t>) “Utility” means any electric utility as defined in Section 58‑27‑10 or 58‑31‑10, or any water or wastewater utility subject to commission jurisdiction</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="7396BD3B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B23627" w:rsidRDefault="00F20394" w14:paraId="0701B53C" w14:textId="554F395C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T49C35N20_3b265dfda" w:id="38"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:t>ection 49‑35‑20.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20SA_lv1_7174c0b4e" w:id="39"/>
       <w:r w:rsidR="00B23627">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidR="00B23627">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD6F71" w:rsidR="00AD6F71">
         <w:t>There is created within the Department of Environmental Services a Data Center Development Office. The office shall be headed by a director appointed by the Director of the Department of Environmental Services. The office shall not have any jurisdiction over electricity consumption, which shall remain the sole obligation of the Public Service Commission.</w:t>
       </w:r>
     </w:p>
@@ -1450,286 +1531,338 @@
     <w:p w:rsidR="001E3337" w:rsidRDefault="00B23627" w14:paraId="232A25FF" w14:textId="4E5C4F01">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sa_lv3_f7cf4a602" w:id="42"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
       <w:r w:rsidR="00036B14">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="001E3337" w:rsidR="001E3337">
-        <w:t>conduct pre‑application consultations with data center operators who would like to locate a data center in this State;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">conduct pre‑application consultations with data center operators who would like to locate a data center in this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E3337" w:rsidR="001E3337">
+        <w:t>State;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001E3337" w:rsidRDefault="001E3337" w14:paraId="0ED85F9B" w14:textId="3A7A754D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sb_lv3_6072f5042" w:id="43"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
-        <w:t>b) accept and process data center siting permits;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) accept and process data center siting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>permits;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001E3337" w:rsidRDefault="001E3337" w14:paraId="3A379131" w14:textId="4354FD67">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sc_lv3_3f901a1c4" w:id="44"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
-        <w:t>c) approve or deny data center siting permits;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) approve or deny data center siting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>permits;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B23627" w:rsidRDefault="001E3337" w14:paraId="137AF20B" w14:textId="0B30A76D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sd_lv3_e142b8df1" w:id="45"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidR="00B23627">
-        <w:t>serve as a single point of contact for data center operators;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">serve as a single point of contact for data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B23627">
+        <w:t>operators;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0096771E" w:rsidRDefault="0096771E" w14:paraId="1CCE18EA" w14:textId="4BB93D07">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Se_lv3_d622aa099" w:id="46"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
       <w:r w:rsidR="001E3337">
         <w:t>e</w:t>
       </w:r>
       <w:r>
-        <w:t>) develop and regularly update best practices and guidance documents for data center operators;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) develop and regularly update best practices and guidance documents for data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>operators;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B23627" w:rsidRDefault="00B23627" w14:paraId="5823DD1A" w14:textId="7D485DD1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sf_lv3_3ca066f33" w:id="47"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="47"/>
       <w:r w:rsidR="001E3337">
         <w:t>f</w:t>
       </w:r>
       <w:r>
-        <w:t>) coordinate review processes among affected State agencies;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) coordinate review processes among affected State </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>agencies;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B23627" w:rsidRDefault="00B23627" w14:paraId="2E483D22" w14:textId="07B98D0A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sg_lv3_f67f2c96e" w:id="48"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
       <w:r w:rsidR="001E3337">
         <w:t>g</w:t>
       </w:r>
       <w:r>
-        <w:t>) provide technical assistance and guidance to data center operators;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) provide technical assistance and guidance to data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>operators;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B23627" w:rsidRDefault="00B23627" w14:paraId="031772EF" w14:textId="6C58E0C4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sh_lv3_a2b8850c0" w:id="49"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r w:rsidR="001E3337">
         <w:t>h</w:t>
       </w:r>
       <w:r>
-        <w:t>) timely process applications</w:t>
+        <w:t xml:space="preserve">) timely process </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>applications</w:t>
       </w:r>
       <w:r w:rsidR="00EC2CBA">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00EC2CBA" w:rsidRDefault="00EC2CBA" w14:paraId="0729EE76" w14:textId="372C0B10">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Si_lv3_a025a53d1" w:id="50"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E3337">
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00B75EA1">
         <w:t xml:space="preserve">assist in </w:t>
       </w:r>
       <w:r>
         <w:t>resolv</w:t>
       </w:r>
       <w:r w:rsidR="00B75EA1">
         <w:t>ing</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> issues that arise between data center operators and affected State and local authorities;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> issues that arise between data center operators and affected State and local </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>authorities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001E551B" w:rsidRDefault="001E551B" w14:paraId="128EEF0E" w14:textId="7E4C54BC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sj_lv3_204b556ac" w:id="51"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
       <w:r w:rsidR="001E3337">
         <w:t>j</w:t>
       </w:r>
       <w:r>
-        <w:t>) conduct comprehensive reviews of this chapter’s implementation every three years;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) conduct comprehensive reviews of this chapter’s implementation every three </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>years;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00B23627" w:rsidRDefault="00EC2CBA" w14:paraId="18113C78" w14:textId="1BF4BDD6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B23EA">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sk_lv3_048d3c9e7" w:id="52"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="52"/>
       <w:r w:rsidR="001E3337">
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
@@ -1827,136 +1960,155 @@
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00036B14">
         <w:t xml:space="preserve">) and </w:t>
       </w:r>
       <w:r>
         <w:t>must address:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0096771E" w:rsidRDefault="0096771E" w14:paraId="6A564404" w14:textId="37CD00C9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20S1_lv2_4be372efa" w:id="56"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
-        <w:t>1) application requirements for each data center tier</w:t>
+        <w:t xml:space="preserve">1) application requirements for each data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>tier</w:t>
       </w:r>
       <w:r w:rsidR="00652536">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0096771E" w:rsidRDefault="0096771E" w14:paraId="0E044CA6" w14:textId="27A8962A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20S2_lv2_c43d79e0d" w:id="57"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8" w:rsidR="008B1EF8">
-        <w:t>operational efficiency and compliance strategies other than standards for electricity consumption which shall remain the sole responsibility of the Public Service Commission;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">operational efficiency and compliance strategies other than standards for electricity consumption which shall remain the sole responsibility of the Public Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8" w:rsidR="008B1EF8">
+        <w:t>Commission;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0096771E" w:rsidRDefault="0096771E" w14:paraId="6A072A2E" w14:textId="71C83592">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20S3_lv2_46ec96d98" w:id="58"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>3) infrastructure adequacy assessment procedures;</w:t>
       </w:r>
       <w:r w:rsidR="008B1EF8">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0096771E" w:rsidRDefault="0096771E" w14:paraId="2D6B0F1B" w14:textId="75A7A02D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20S4_lv2_92156fec7" w:id="59"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
-        <w:t>4) environmental review expectations;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">4) environmental review </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>expectations;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001E551B" w:rsidRDefault="001E551B" w14:paraId="1526E3A8" w14:textId="20B7B9B8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20SD_lv1_9f51eef7d" w:id="60"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8" w:rsidR="008B1EF8">
-        <w:t>When conducting comprehensive reviews of this chapter’s implementation pursuant to subsection (B)(1)(j), the office shall evaluate this State’s competitiveness for data center investment, operational efficiency of the review processes, technological developments in the data center industry and how those developments affect standards, and recommendations for statutory or regulatory improvements. The results of each comprehensive review must be compiled in a report submitted to the General Assembly, the Governor, the Public Service Commission, and the Office of Regulatory Staff.</w:t>
+        <w:t xml:space="preserve">When conducting comprehensive reviews of this chapter’s implementation pursuant to subsection (B)(1)(j), the office shall evaluate this State’s competitiveness for data center investment, operational efficiency of the review processes, technological developments in the data center industry and how those developments affect standards, and recommendations for statutory or regulatory </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B1EF8" w:rsidR="008B1EF8">
+        <w:lastRenderedPageBreak/>
+        <w:t>improvements. The results of each comprehensive review must be compiled in a report submitted to the General Assembly, the Governor, the Public Service Commission, and the Office of Regulatory Staff.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="0096771E" w14:paraId="741F6CC0" w14:textId="1DC5726E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20SE_lv1_feb9c7b1a" w:id="61"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidR="0006201C">
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20S1_lv2_5ea8b51d8" w:id="62"/>
       <w:r w:rsidR="001E551B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="62"/>
@@ -1967,243 +2119,285 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8" w:rsidR="008B1EF8">
         <w:t>The office shall establish a data center industry advisory committee composed of ten members as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="749BFE6E" w14:textId="4D146557">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sa_lv3_41e1de58f" w:id="63"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>a) one data center industry representative appointed by the Governor;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">a) one data center industry representative appointed by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Governor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="1F7CA565" w14:textId="74F84BD1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sb_lv3_cfd08bd98" w:id="64"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="64"/>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>b) one utility industry representative appointed by the Governor;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">b) one utility industry representative appointed by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Governor;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="0BE1C8AB" w14:textId="0795056F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sc_lv3_3f25dd353" w:id="65"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>c) one representative from a ratepayer‑advocacy organization appointed by the President of the Senate;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">c) one representative from a ratepayer‑advocacy organization appointed by the President of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Senate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="6FDC0BB4" w14:textId="00C6C665">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sd_lv3_fda61d398" w:id="66"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
       <w:r w:rsidR="00C845B5">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>) one representative from an environmental‑advocacy organization appointed by the President of the Senate;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) one representative from an environmental‑advocacy organization appointed by the President of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Senate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="67B9F272" w14:textId="7D10DED8">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Se_lv3_f04185bf2" w:id="67"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="67"/>
       <w:r w:rsidR="00C845B5">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>) one representative from a water utility or water management district appointed by the Speaker of the House of Representatives;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) one representative from a water utility or water management district appointed by the Speaker of the House of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Representatives;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="6396FB92" w14:textId="2BA3179F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sf_lv3_32bc153f7" w:id="68"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
       <w:r w:rsidR="00C845B5">
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>) one representative from local government with experience in land use planning appointed by the Speaker of the House of Representatives;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) one representative from local government with experience in land use planning appointed by the Speaker of the House of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Representatives;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="323DE90E" w14:textId="269CBA2A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sg_lv3_f414956d5" w:id="69"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="69"/>
       <w:r w:rsidR="00C845B5">
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>) one representative from the South Carolina Energy Office;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) one representative from the South Carolina Energy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Office;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="0C228FD6" w14:textId="018CFB4D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sh_lv3_ffb94e61c" w:id="70"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="70"/>
       <w:r w:rsidR="00C845B5">
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>) one representative from the Office of Regulatory Staff;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) one representative from the Office of Regulatory </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>Staff;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B1EF8" w:rsidR="008B1EF8" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="24F4BEBD" w14:textId="6A5B9E20">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Si_lv3_2e93631c1" w:id="71"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C845B5">
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>) one representative from the Public Service Commission; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0096771E" w:rsidP="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="35845E36" w14:textId="5BDE0061">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20Sj_lv3_5681316d8" w:id="72"/>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="72"/>
       <w:r w:rsidR="00C845B5">
         <w:t>j</w:t>
       </w:r>
@@ -2252,93 +2446,118 @@
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
         <w:t>The committee shall elect a chair from among its voting members. The office shall provide administrative support to the committee.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="234242A7" w14:textId="215DBB04">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N20S4_lv2_411fdbff7" w:id="75"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B1EF8">
-        <w:t>The advisory committee shall meet at least twice a year. The meetings shall focus on reviews of the implementation of the provisions contained in this chapter, identifying areas where the office’s policies and procedures may be streamlined, identifying and deliberating emerging issues relevant to data centers, sharing best practices from among the data center operators, and advising on regulatory updates.</w:t>
+        <w:t xml:space="preserve">The advisory committee shall meet at least twice a year. The meetings shall focus on reviews of the implementation of the provisions contained in this chapter, identifying areas where the office’s policies and procedures may be streamlined, identifying and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>deliberating</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t xml:space="preserve"> emerging issues relevant to data centers, sharing best </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>practices from</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t xml:space="preserve"> among the data center operators, and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t>advising</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B1EF8">
+        <w:t xml:space="preserve"> on regulatory updates.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008B1EF8" w:rsidRDefault="008B1EF8" w14:paraId="5043E7B4" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="71430CB0" w14:textId="30A7900A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ns_T49C35N30_7053bdf89" w:id="76"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>ection 49‑35‑30.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30SA_lv1_b7dac12db" w:id="77"/>
       <w:r w:rsidR="00FE3BA6">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
       <w:r w:rsidR="00FE3BA6">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00776D35" w:rsidR="00776D35">
         <w:t>A data center may not begin operations within this State unless the data center first receives a permit from the office certifying that the provisions of this chapter have been met. This obligation to receive a permit from the office is in addition to and not in lieu of other local and state governmental approvals that a data center must receive.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE3BA6" w:rsidRDefault="00FE3BA6" w14:paraId="5DDEEBB4" w14:textId="05D2D255">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30SB_lv1_2faff9ce8" w:id="78"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00776D35" w:rsidR="00776D35">
         <w:t>Prior to applying to the office for a permit to operate a data center in this State, a data center operator must provide the office with a notice of its intention to open a location in this State. The notice shall contain a statement requesting a pre‑application consultation intended to provide the operator with a clear understanding of the permitting requirements. Upon receipt of the notice of intention with a request for a pre‑application consultation, the office shall schedule a pre‑application consultation with the proposed data center operator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00432952" w:rsidRDefault="00432952" w14:paraId="7DD684EE" w14:textId="1D931BAA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30SC_lv1_2b25810ba" w:id="79"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
@@ -2380,52 +2599,57 @@
         <w:t>Applications from Tier 1 data centers shall be subject to an expedited review with a permitting decision made within sixty days of the data center’s completed application being received by the office. Tier 1 data center applications shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00432952" w:rsidRDefault="00432952" w14:paraId="15DB7F35" w14:textId="2430C91E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Sa_lv3_b836d640e" w:id="82"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidRPr="00776D35" w:rsidR="00776D35">
-        <w:t>satisfy infrastructure requirements without a detailed assessment if the proposed data center is located within existing industrial parks or areas with demonstrated infrastructure adequacy;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">satisfy infrastructure requirements without a detailed assessment if the proposed data center is located within existing industrial parks or areas with demonstrated infrastructure </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00776D35" w:rsidR="00776D35">
+        <w:t>adequacy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00F35013" w:rsidRDefault="00F35013" w14:paraId="65571004" w14:textId="2D714EAD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Sb_lv3_1f80aefe9" w:id="83"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="00776D35" w:rsidR="00776D35">
         <w:t>not require an environmental review statement; and</w:t>
       </w:r>
@@ -2483,5380 +2707,5914 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED1C4A" w:rsidRDefault="00ED1C4A" w14:paraId="38AC5068" w14:textId="5A1E4738">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Sa_lv3_f6ced55c2" w:id="86"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
-        <w:t>focus its infrastructure adequacy review on major infrastructure systems such as electrical, water, and wastewater without requiring a detailed assessment of every infrastructure component;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">focus its infrastructure adequacy review on major infrastructure systems such as electrical, water, and wastewater without requiring a detailed assessment of every infrastructure </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>component;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="001F0205" w:rsidRDefault="001F0205" w14:paraId="054AF47F" w14:textId="569ED01A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Sb_lv3_1fe03b0a7" w:id="87"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
         <w:t>require a site‑specific environmental review statement addressing:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="0084779B" w:rsidR="0084779B" w:rsidP="0084779B" w:rsidRDefault="0084779B" w14:paraId="5E17F69A" w14:textId="1C6957A2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Si_lv4_df1524670" w:id="88"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
-      <w:r>
-        <w:t>i)</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B">
-        <w:t xml:space="preserve"> water source capacity and projected consumption rates;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> water source capacity and projected consumption </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>rates;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="0084779B" w:rsidR="0084779B" w:rsidP="0084779B" w:rsidRDefault="0084779B" w14:paraId="585C4903" w14:textId="67B8B70A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Sii_lv4_f5f2af421" w:id="89"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:r w:rsidRPr="0084779B">
-        <w:t>ii) wastewater discharge volume and treatment compliance;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ii) wastewater discharge volume and treatment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>compliance;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="0084779B" w:rsidR="0084779B" w:rsidP="0084779B" w:rsidRDefault="0084779B" w14:paraId="6769D479" w14:textId="3A6E4B6E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Siii_lv4_ab4d6fdb3" w:id="90"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
       <w:r w:rsidRPr="0084779B">
-        <w:t>iii) stormwater management adequacy;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">iii) stormwater management </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>adequacy;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0084779B" w:rsidP="0084779B" w:rsidRDefault="0084779B" w14:paraId="620924BC" w14:textId="5D46C11B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Siv_lv4_0b9549a55" w:id="91"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
       <w:r w:rsidRPr="0084779B">
-        <w:t>iv) noise mitigation for cooling and backup power systems;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">iv) noise mitigation for cooling and backup power </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>systems;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00397DD0" w:rsidP="0084779B" w:rsidRDefault="00397DD0" w14:paraId="659B2066" w14:textId="02405397">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Sv_lv4_c5d97c089" w:id="92"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
-        <w:t>v) vibration control measures for mechanical equipment;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">v) vibration control measures for mechanical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>equipment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="0084779B" w:rsidR="00397DD0" w:rsidP="0084779B" w:rsidRDefault="00397DD0" w14:paraId="1F9F150F" w14:textId="3AAD2984">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:name="ss_T49C35N30Svi_lv4_4c3e2c505" w:id="93"/>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
       <w:r>
         <w:t>vi) measures to mitigate unreasonable light pollution from exterior lighting and facility operations; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0084779B" w:rsidP="0084779B" w:rsidRDefault="0084779B" w14:paraId="6C5AE6C5" w14:textId="29CDDF37">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N30Svii_lv4_4c3e21111" w:id="94"/>
       <w:r w:rsidRPr="0084779B">
-        <w:t>(v</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>v</w:t>
       </w:r>
       <w:r w:rsidR="00397DD0">
         <w:t>ii</w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B">
         <w:t>) compatibility with surrounding land uses. The office may waive specific review elements where site conditions demonstrate minimal impact; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0084779B" w:rsidP="0084779B" w:rsidRDefault="001F0205" w14:paraId="7DB0847E" w14:textId="274951B0">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Sc_lv3_332e3fff7" w:id="94"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="94"/>
+      <w:bookmarkStart w:name="ss_T49C35N30Sc_lv3_332e3fff7" w:id="95"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
         <w:t>assess the applicant’s water conservation plan which must be derived from available technology options published by the office that satisfy water efficiency objectives provided for in this chapter</w:t>
       </w:r>
       <w:r w:rsidR="0084779B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0010790E" w:rsidRDefault="0010790E" w14:paraId="7D11B199" w14:textId="0B15D4DB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30S4_lv2_45b1279e3" w:id="95"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="95"/>
+      <w:bookmarkStart w:name="ss_T49C35N30S4_lv2_45b1279e3" w:id="96"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="96"/>
       <w:r>
         <w:t xml:space="preserve">4) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
-        <w:t>Applications for Tier 3 data centers shall be subject to a comprehensive review with a permitting decision made within one hundred‑twenty days of the data center’s completed application being received by the office. Tier 3 data center applications shall require</w:t>
+        <w:t xml:space="preserve">Applications for Tier 3 data centers shall be subject to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>a comprehensive</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t xml:space="preserve"> review with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">permitting decision made within one hundred‑twenty </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>days</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t xml:space="preserve"> of the data center’s completed application being received by the office. Tier 3 data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>applications shall</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t xml:space="preserve"> require</w:t>
       </w:r>
       <w:r w:rsidR="0084779B">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0010790E" w:rsidRDefault="0010790E" w14:paraId="0AE9C0C4" w14:textId="1BCE3061">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Sa_lv3_4ca4c9be6" w:id="96"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N30Sa_lv3_4ca4c9be6" w:id="97"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:t xml:space="preserve">a) detailed infrastructure adequacy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>assessment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0084779B" w:rsidRDefault="0010790E" w14:paraId="00BB240F" w14:textId="1A4C06F7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Sb_lv3_f10b2e369" w:id="97"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="97"/>
+      <w:bookmarkStart w:name="ss_T49C35N30Sb_lv3_f10b2e369" w:id="98"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
         <w:t>comprehensive environmental review statement addressing all factors identified in subsection (C)(3)(b) and additionally including:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0084779B" w:rsidRDefault="0084779B" w14:paraId="67354228" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Si_lv4_298b45ded" w:id="98"/>
+      <w:bookmarkStart w:name="ss_T49C35N30Si_lv4_298b45ded" w:id="99"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="98"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0084779B">
-        <w:t xml:space="preserve">i) </w:t>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B">
-        <w:t>cumulative impact on regional water resources;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">cumulative impact on regional water </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>resources;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="0084779B" w:rsidRDefault="0084779B" w14:paraId="5F83925F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Sii_lv4_6050deb12" w:id="99"/>
-[...24 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N30Siii_lv4_38cbe29b4" w:id="100"/>
+      <w:bookmarkStart w:name="ss_T49C35N30Sii_lv4_6050deb12" w:id="100"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
       <w:r w:rsidRPr="0084779B">
+        <w:t xml:space="preserve">ii) air quality considerations including emergency generator </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>emissions;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="0084779B" w:rsidRDefault="0084779B" w14:paraId="0E46C5F3" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N30Siii_lv4_38cbe29b4" w:id="101"/>
+      <w:r w:rsidRPr="0084779B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r w:rsidRPr="0084779B">
         <w:t>iii) traffic impact during construction and operation;</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B">
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0010790E" w:rsidRDefault="0084779B" w14:paraId="061DD768" w14:textId="13E73523">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Siv_lv4_01c86dbc9" w:id="101"/>
+      <w:bookmarkStart w:name="ss_T49C35N30Siv_lv4_01c86dbc9" w:id="102"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="101"/>
+      <w:bookmarkEnd w:id="102"/>
       <w:r w:rsidRPr="0084779B">
         <w:t>iv) mitigation measures for identified impacts</w:t>
       </w:r>
       <w:r>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0010790E" w:rsidRDefault="0010790E" w14:paraId="3616DDBF" w14:textId="5A1D3CBD">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30Sc_lv3_1ed6ccf8b" w:id="102"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="102"/>
+      <w:bookmarkStart w:name="ss_T49C35N30Sc_lv3_1ed6ccf8b" w:id="103"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="103"/>
       <w:r w:rsidR="00C845B5">
         <w:t>c</w:t>
       </w:r>
       <w:r>
-        <w:t>) demonstration that the applicant has fully complied with all relevant provisions contained in this chapter.</w:t>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>demonstration</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that the applicant has fully complied with all relevant provisions contained in this chapter.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000662CF" w:rsidRDefault="000662CF" w14:paraId="3D34069D" w14:textId="1C168A4A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N30SD_lv1_00a313728" w:id="103"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="103"/>
+      <w:bookmarkStart w:name="ss_T49C35N30SD_lv1_00a313728" w:id="104"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
-        <w:t>The time in which a permitting decision must be rendered may be extended by mutual agreement between the office and the applicant or in extraordinary circumstances. If the office fails to timely make a permitting decision, then the permit is approved subject to standard conditions. Permits shall be issued for the duration of the data center’s operations if a data center has a contract for electrical service in place.</w:t>
+        <w:t xml:space="preserve">The time in which a permitting decision must be rendered may be extended by mutual agreement between the office and the applicant or in extraordinary circumstances. If the office fails </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>to timely</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t xml:space="preserve"> make a permitting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>decision</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:t>, then the permit is approved subject to standard conditions. Permits shall be issued for the duration of the data center’s operations if a data center has a contract for electrical service in place.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="344AAB48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00F20394" w14:paraId="08D5227F" w14:textId="289DE62C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N40_739f015d9" w:id="104"/>
+      <w:bookmarkStart w:name="ns_T49C35N40_739f015d9" w:id="105"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="104"/>
+      <w:bookmarkEnd w:id="105"/>
       <w:r>
         <w:t>ection 49‑35‑40.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40SA_lv1_ee77668ee" w:id="105"/>
+      <w:bookmarkStart w:name="ss_T49C35N40SA_lv1_ee77668ee" w:id="106"/>
       <w:r w:rsidR="00414787">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="105"/>
+      <w:bookmarkEnd w:id="106"/>
       <w:r w:rsidR="00414787">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
         <w:t>The office shall establish performance‑based operational efficiency standards applicable to all data centers. The office shall not have jurisdiction over electricity consumption, which shall remain the sole responsibility of the Public Service Commission. The operational efficiency standards shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="788E2A5E" w14:textId="3CD17325">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S1_lv2_703583318" w:id="106"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N40S1_lv2_703583318" w:id="107"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:t xml:space="preserve">1) allow data center operators flexibility in meeting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>objectives;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="349CCF31" w14:textId="4C490FC5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S2_lv2_3c0f7a605" w:id="107"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="107"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S2_lv2_3c0f7a605" w:id="108"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="108"/>
       <w:r>
         <w:t>2) recognize technological innovation and evolution;</w:t>
       </w:r>
       <w:r w:rsidR="0084779B">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="4062C9BC" w14:textId="23D3308D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S3_lv2_768951d6f" w:id="108"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="108"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S3_lv2_768951d6f" w:id="109"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="109"/>
       <w:r>
         <w:t>3) reflect recognized industry best practices</w:t>
       </w:r>
       <w:r w:rsidR="0084779B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="208E1A02" w14:textId="29829C0C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40SB_lv1_d03052aa4" w:id="109"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="109"/>
+      <w:bookmarkStart w:name="ss_T49C35N40SB_lv1_d03052aa4" w:id="110"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S1_lv2_2e163981f" w:id="110"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S1_lv2_2e163981f" w:id="111"/>
       <w:r w:rsidR="00A34A04">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="110"/>
+      <w:bookmarkEnd w:id="111"/>
       <w:r w:rsidR="00A34A04">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
         <w:t>The office shall establish water efficiency standards applicable to all data centers. The water efficiency standards shall achieve water efficiency through the implementation of any of the following or combination of any of the following:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="24766901" w14:textId="3C61D033">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_f8a5175e8" w:id="111"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="111"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_f8a5175e8" w:id="112"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="112"/>
       <w:r w:rsidR="00A34A04">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) closed‑loop </w:t>
       </w:r>
       <w:r w:rsidRPr="00414787">
-        <w:t>liquid cooling systems that recirculate coolants with minimal evaporative loss;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">liquid cooling systems that recirculate coolants with minimal evaporative </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00414787">
+        <w:t>loss;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="5EA52FA0" w14:textId="671F0412">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_fab8c379c" w:id="112"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="112"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_fab8c379c" w:id="113"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="113"/>
       <w:r w:rsidR="00A34A04">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>) d</w:t>
       </w:r>
       <w:r w:rsidRPr="00414787">
-        <w:t>irect‑to‑chip cooling technologies;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">irect‑to‑chip cooling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00414787">
+        <w:t>technologies;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="3FD03F23" w14:textId="0CE10E48">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_958a45294" w:id="113"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="113"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_958a45294" w:id="114"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="114"/>
       <w:r w:rsidR="00A34A04">
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:t>) i</w:t>
       </w:r>
       <w:r w:rsidRPr="00414787">
-        <w:t>mmersion cooling technologies;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">mmersion cooling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00414787">
+        <w:t>technologies;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00414787" w:rsidRDefault="00414787" w14:paraId="51D8828F" w14:textId="4E1F9276">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sd_lv3_f40374cb2" w:id="114"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="114"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sd_lv3_f40374cb2" w:id="115"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="115"/>
       <w:r w:rsidR="00A34A04">
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:t>) a</w:t>
       </w:r>
       <w:r w:rsidRPr="00414787">
-        <w:t>ir cooling with high‑efficiency heat rejection systems;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ir cooling with high‑efficiency heat rejection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00414787">
+        <w:t>systems;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="1FAD70EC" w14:textId="20995ABE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Se_lv3_04acccad7" w:id="115"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="115"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Se_lv3_04acccad7" w:id="116"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="116"/>
       <w:r>
         <w:t>e) h</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A04">
-        <w:t>ybrid cooling approaches optimizing water and energy efficiency;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">ybrid cooling approaches optimizing water and energy </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A34A04">
+        <w:t>efficiency;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="039E4729" w14:textId="3A698A77">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sf_lv3_f3bd74ee0" w:id="116"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="116"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sf_lv3_f3bd74ee0" w:id="117"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="117"/>
       <w:r>
         <w:t>f) w</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A04">
         <w:t>ater recycling and reuse systems meeting or exceeding industry benchmarks; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="6911F05D" w14:textId="0EE691B5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sg_lv3_4d7c9ad07" w:id="117"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="117"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sg_lv3_4d7c9ad07" w:id="118"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="118"/>
       <w:r>
         <w:t>g) a</w:t>
       </w:r>
       <w:r w:rsidRPr="00A34A04">
         <w:t>lternative technologies demonstrated to achieve equivalent efficiency outcomes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="4FF4AFEE" w14:textId="78AAB78F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S2_lv2_bf7423feb" w:id="118"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="118"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S2_lv2_bf7423feb" w:id="119"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="119"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
-        <w:t>The office shall measure compliance with the water efficiency standards through water use effectiveness (WUE) metrics. Tier 1 and Tier 2 facilities’ WUE shall not exceed 2.0 liters/kWh. Tier 3 facilities’ WUE shall not exceed 1.5 liters/kWh. The office may employ alternative compliance metrics if the office demonstrates that the alternative metrics measure water use efficiency as effectively as the WUE standard.</w:t>
+        <w:t xml:space="preserve">The office shall measure compliance with the water efficiency standards through water use effectiveness (WUE) metrics. Tier 1 and Tier 2 facilities’ WUE shall not exceed 2.0 liters/kWh. Tier 3 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0084779B" w:rsidR="0084779B">
+        <w:lastRenderedPageBreak/>
+        <w:t>facilities’ WUE shall not exceed 1.5 liters/kWh. The office may employ alternative compliance metrics if the office demonstrates that the alternative metrics measure water use efficiency as effectively as the WUE standard.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="21196E89" w14:textId="11D5140A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S3_lv2_58a83eecc" w:id="119"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="119"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S3_lv2_58a83eecc" w:id="120"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="120"/>
       <w:r>
         <w:t>3) Data centers may apply for variances from the water efficiency standards. A variance may be granted if:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="5CD9119D" w14:textId="13C810F2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_55726e1a2" w:id="120"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_55726e1a2" w:id="121"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:t xml:space="preserve">a) climate conditions make standard metrics </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>inappropriate;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00A34A04" w:rsidRDefault="00A34A04" w14:paraId="1B3A1341" w14:textId="5DAB9C66">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_94a6f1c61" w:id="121"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="121"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_94a6f1c61" w:id="122"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="122"/>
       <w:r>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r w:rsidR="006908D2">
         <w:t>alternative methods achieve superior environmental performance; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="50703342" w14:textId="7B03E172">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_65e16c885" w:id="122"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="122"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_65e16c885" w:id="123"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="123"/>
       <w:r>
         <w:t>c) site‑specific factors justify different requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="231B6808" w14:textId="2BC8501A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S4_lv2_49e667b3f" w:id="123"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="123"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S4_lv2_49e667b3f" w:id="124"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="124"/>
       <w:r>
         <w:t>4) Water efficiency standards do not apply to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="6CC838D1" w14:textId="2B82F71D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_7a7297c45" w:id="124"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_7a7297c45" w:id="125"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:t xml:space="preserve">a) emergency backup cooling </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>systems;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="34AAEE2E" w14:textId="3A1E34BF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_dc9c5b3c3" w:id="125"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_dc9c5b3c3" w:id="126"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:t xml:space="preserve">b) humidification systems required for equipment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>protection;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="52F6512A" w14:textId="18E517FE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_20e37e9d8" w:id="126"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="126"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_20e37e9d8" w:id="127"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="127"/>
       <w:r>
         <w:t>c) fire suppression systems; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="0AD6AA70" w14:textId="58B8F596">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sd_lv3_4be80618d" w:id="127"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="127"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sd_lv3_4be80618d" w:id="128"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="128"/>
       <w:r>
         <w:t>d) other non‑cooling water uses.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="5A27DF4A" w14:textId="48FEE411">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40SC_lv1_f20754b5d" w:id="128"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="128"/>
+      <w:bookmarkStart w:name="ss_T49C35N40SC_lv1_f20754b5d" w:id="129"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="129"/>
       <w:r w:rsidR="0084779B">
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S1_lv2_8a3d5b1c6" w:id="129"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S1_lv2_8a3d5b1c6" w:id="130"/>
       <w:r w:rsidR="00C304F1">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkEnd w:id="130"/>
       <w:r w:rsidR="00C304F1">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Data centers shall submit an annual report to the office concerning:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="43B9E3B9" w14:textId="2DC6893B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C304F1">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_edb9ddd79" w:id="130"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="130"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sa_lv3_edb9ddd79" w:id="131"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="131"/>
       <w:r w:rsidR="00656F5B">
         <w:t>a</w:t>
       </w:r>
       <w:r>
-        <w:t>) total water consumption;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) total water </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>consumption;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="6E0008B1" w14:textId="09DDFD4D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C304F1">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_6f8c5f60a" w:id="131"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="131"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sb_lv3_6f8c5f60a" w:id="132"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="132"/>
       <w:r w:rsidR="00656F5B">
         <w:t>b</w:t>
       </w:r>
       <w:r>
         <w:t>) WUE metrics; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006908D2" w:rsidRDefault="006908D2" w14:paraId="7F9CFC92" w14:textId="66B2D0F7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C304F1">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_8cd750072" w:id="132"/>
+      <w:bookmarkStart w:name="ss_T49C35N40Sc_lv3_8cd750072" w:id="133"/>
       <w:r w:rsidR="00C304F1">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="132"/>
+      <w:bookmarkEnd w:id="133"/>
       <w:r w:rsidR="00656F5B">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00C304F1">
         <w:t>) any significant operational changes affecting resource use.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C304F1" w:rsidRDefault="00C304F1" w14:paraId="67C4BD6F" w14:textId="2B689678">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S2_lv2_69a2e671a" w:id="133"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="133"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S2_lv2_69a2e671a" w:id="134"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="134"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00656F5B" w:rsidR="00656F5B">
         <w:t>Reports shall be filed with the office on standardized forms prescribed by the office to minimize administrative burden on data center operators. The office shall provide Tier 1 data centers with a simplified form.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C304F1" w:rsidRDefault="00C304F1" w14:paraId="1A145866" w14:textId="7C5E6B08">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N40S3_lv2_c226e6ff3" w:id="134"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="134"/>
+      <w:bookmarkStart w:name="ss_T49C35N40S3_lv2_c226e6ff3" w:id="135"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="135"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00656F5B" w:rsidR="00656F5B">
         <w:t>The office shall maintain the confidentiality of all proprietary operational information contained in the reports and the proprietary operational information shall not be subject to the provisions of Chapter 4, Title 30, the Freedom of Information Act.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="3867877B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="76C55E76" w14:textId="11C103E2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N50_dd541d428" w:id="135"/>
+      <w:bookmarkStart w:name="ns_T49C35N50_dd541d428" w:id="136"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="135"/>
+      <w:bookmarkEnd w:id="136"/>
       <w:r>
         <w:t>ection 49‑35‑50.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50SA_lv1_222baf6a4" w:id="136"/>
+      <w:bookmarkStart w:name="ss_T49C35N50SA_lv1_222baf6a4" w:id="137"/>
       <w:r w:rsidR="005A24E7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="136"/>
+      <w:bookmarkEnd w:id="137"/>
       <w:r w:rsidR="005A24E7">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>Data centers may be developed and operated in locations within this State that are equipped with adequate infrastructure to support efficient operations. The office shall proactively work with data center operators to identify suitable locations for the data centers to operate rather than only review locations identified by data center operators. The office shall not have any jurisdiction over electricity consumption, which shall remain the sole responsibility of the Public Service Commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005A24E7" w:rsidRDefault="005A24E7" w14:paraId="4F404A87" w14:textId="70265F39">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50SB_lv1_431271114" w:id="137"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="137"/>
+      <w:bookmarkStart w:name="ss_T49C35N50SB_lv1_431271114" w:id="138"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="138"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>The office shall conduct an infrastructure adequacy assessment of proposed locations subject to the provisions contained in Section 49‑35‑30(C). The review shall focus primarily on the adequacy of major systems as provided in this subsection.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="005A24E7" w14:paraId="60B4AAE5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_39a3afbcb" w:id="138"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="138"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_39a3afbcb" w:id="139"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="139"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>An infrastructure adequacy assessment with regards to a specific potential site shall evaluate the availability of:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="0E0CF9D9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_ce5f7ef1c" w:id="139"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_3b63b45fd" w:id="140"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_ce5f7ef1c" w:id="140"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="140"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:t>b) adequate wastewater treatment capacity or the feasibility of on‑site wastewater treatment;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">a) an adequate water supply that does not deplete critical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:tab/>
-      </w:r>
+        <w:t>resources;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="22D9A777" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00864CC7">
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_ebf6b81ff" w:id="141"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_3b63b45fd" w:id="141"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="141"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:t>c) adequate fiber optic connectivity; and</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">b) adequate wastewater treatment capacity or the feasibility of on‑site wastewater </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:tab/>
-      </w:r>
+        <w:t>treatment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="12FA4B76" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sd_lv3_f073a631d" w:id="142"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_ebf6b81ff" w:id="142"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="142"/>
       <w:r w:rsidRPr="00864CC7">
+        <w:t>c) adequate fiber optic connectivity; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A24E7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="0D1A1305" w14:textId="272DAF6E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sd_lv3_f073a631d" w:id="143"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="00864CC7">
         <w:t>d) reasonable access to major roads and highways.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F01B30" w:rsidRDefault="00F01B30" w14:paraId="5876CABC" w14:textId="45B36C14">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_a9d9c4d77" w:id="143"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="143"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_a9d9c4d77" w:id="144"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="144"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>The assessment shall identify deficiencies in the existing infrastructure at a potential location. The office shall provide an applicant with written notice of deficiencies in the existing infrastructure at the potential location. The notice shall contain potential solutions to the deficiencies, and the applicant shall be given a reasonable opportunity to cure the deficiencies. An application may not be denied until after identified deficiencies are not cured within a reasonable time. The office shall find that infrastructure at a particular site is adequate for locating a data center at that site if the identified deficiencies are cured by the data center operator within a reasonable time and the cost of required actions to cure the deficiencies are reasonable and born by the operator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="101B1C6E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50SC_lv1_939f9424d" w:id="144"/>
+      <w:bookmarkStart w:name="ss_T49C35N50SC_lv1_939f9424d" w:id="145"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="144"/>
+      <w:bookmarkEnd w:id="145"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>C) The following locations are presumptively suitable for data center development:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="7B1E578A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_4c9d6adaa" w:id="145"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_5ce8602cb" w:id="146"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_4c9d6adaa" w:id="146"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="146"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:t>2) previously developed industrial or commercial sites; and</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">1) existing industrial parks with demonstrated utility </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:tab/>
-      </w:r>
+        <w:t>capacity;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="56113015" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S3_lv2_5e58f81d2" w:id="147"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_5ce8602cb" w:id="147"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="147"/>
       <w:r w:rsidRPr="00864CC7">
+        <w:t>2) previously developed industrial or commercial sites; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF773B" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="632E1611" w14:textId="6C6E85A5">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50S3_lv2_5e58f81d2" w:id="148"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00864CC7">
         <w:t>3) brownfield sites identified by the Department of Environmental Services.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC0B37" w:rsidRDefault="00DF773B" w14:paraId="5FC397C3" w14:textId="3A7DB5EB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50SD_lv1_83e7256ef" w:id="148"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="148"/>
+      <w:bookmarkStart w:name="ss_T49C35N50SD_lv1_83e7256ef" w:id="149"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="149"/>
       <w:r>
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t xml:space="preserve">The environmental impact of a proposed data center’s development shall be considered during the application process and shall focus on the proposed data center’s material impact on water </w:t>
       </w:r>
       <w:r w:rsidR="005F326F">
         <w:t xml:space="preserve">and wastewater </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>infrastructure; significant environmental resources on or adjacent to the proposed location; and transportation on major roads and highways. The environmental impact assessment shall also take into consideration any proposed mitigation for identified significant impacts. The environmental impact assessment shall disregard minor impacts or speculative concerns. The office shall provide clear guidance to proposed data center operators on the scope of the assessment during the pre‑application consultation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="670469D4" w14:textId="7DFA4AE5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50SE_lv1_408152b15" w:id="149"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="149"/>
+      <w:bookmarkStart w:name="ss_T49C35N50SE_lv1_408152b15" w:id="150"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="150"/>
       <w:r>
         <w:t>E)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_e49aa73e0" w:id="150"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="150"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_e49aa73e0" w:id="151"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="151"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00B30C3A">
         <w:t xml:space="preserve">A data center operator that locates a facility on a brownfield site identified by the Department of Environmental </w:t>
       </w:r>
       <w:r>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00B30C3A">
         <w:t xml:space="preserve"> pursuant to Section 44‑56‑710, et seq., or on a site requiring environmental remediation under state or federal environmental cleanup programs, is eligible for a tax credit against state income taxes equal to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="2F5CD8E9" w14:textId="0FBDA4F5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_d451f8901" w:id="151"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_d451f8901" w:id="152"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="151"/>
+      <w:bookmarkEnd w:id="152"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>a) twenty‑five percent of documented environmental remediation costs actually incurred by the operator, not to exceed five million dollars per facility; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="17FA35E5" w14:textId="528B510C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_38f053e1c" w:id="152"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_38f053e1c" w:id="153"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="152"/>
+      <w:bookmarkEnd w:id="153"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>b) an additional investment tax credit equal to two percent of the total capital investment in the facility, not to exceed ten million dollars per facility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="2AD41708" w14:textId="128C33E1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_274294ad8" w:id="153"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="153"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_274294ad8" w:id="154"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:t>2)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B30C3A">
         <w:t xml:space="preserve"> To qualify for the credits provided </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>in subsection (E)(1):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="2584486D" w14:textId="6CE3FF48">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_8bbbc59fd" w:id="154"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_8bbbc59fd" w:id="155"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="154"/>
+      <w:bookmarkEnd w:id="155"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t xml:space="preserve">a) the operator must obtain certification from the Department of Environmental </w:t>
       </w:r>
       <w:r>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00B30C3A">
-        <w:t xml:space="preserve"> that the site meets the definition of a brownfield site or requires environmental remediation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> that the site meets the definition of a brownfield site or requires environmental </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B30C3A">
+        <w:t>remediation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="5EDB521D" w14:textId="07F362F3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_c5187296e" w:id="155"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_c5187296e" w:id="156"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="155"/>
+      <w:bookmarkEnd w:id="156"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t xml:space="preserve">b) all environmental remediation must be completed in accordance with applicable state and federal requirements and approved by the Department of Environmental </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="1EEA1E8B" w14:textId="5C31CB89">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
-        <w:tab/>
-[...7 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_ce45e6663" w:id="156"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_ce45e6663" w:id="157"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="156"/>
+      <w:bookmarkEnd w:id="157"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>c) the data center facility must meet all requirements of this chapter; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00B30C3A" w:rsidR="00B30C3A" w:rsidP="00B30C3A" w:rsidRDefault="00B30C3A" w14:paraId="16A28594" w14:textId="783887CE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sd_lv3_68c34d3bc" w:id="157"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sd_lv3_68c34d3bc" w:id="158"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="157"/>
+      <w:bookmarkEnd w:id="158"/>
       <w:r w:rsidRPr="00B30C3A">
         <w:t>d) the operator must apply for the credit within twelve months of commencing commercial operations at the facility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00D24922" w:rsidR="00D24922" w:rsidP="00D24922" w:rsidRDefault="00D24922" w14:paraId="054F896A" w14:textId="726396A6">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S3_lv2_89adcb4f6" w:id="158"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S3_lv2_89adcb4f6" w:id="159"/>
       <w:r w:rsidRPr="00D24922">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="158"/>
+      <w:bookmarkEnd w:id="159"/>
       <w:r w:rsidRPr="00D24922">
         <w:t xml:space="preserve">3) Tax credits authorized </w:t>
       </w:r>
       <w:r>
         <w:t>pursuant to</w:t>
       </w:r>
       <w:r w:rsidRPr="00D24922">
         <w:t xml:space="preserve"> this subsection may be carried forward for ten years from the year in which they are earned but may not be carried back to prior taxable years.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00D24922" w:rsidR="00D24922" w:rsidP="00D24922" w:rsidRDefault="00D24922" w14:paraId="575755D0" w14:textId="0ECA250B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S4_lv2_b0d207ee6" w:id="159"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S4_lv2_b0d207ee6" w:id="160"/>
       <w:r w:rsidRPr="00D24922">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="159"/>
+      <w:bookmarkEnd w:id="160"/>
       <w:r w:rsidRPr="00D24922">
         <w:t xml:space="preserve">4) Tax credits authorized </w:t>
       </w:r>
       <w:r>
         <w:t>pursuant to</w:t>
       </w:r>
       <w:r w:rsidRPr="00D24922">
         <w:t xml:space="preserve"> this subsection are in addition to any other tax credits, incentives, or economic development benefits for which the operator may qualify under state law.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00D24922" w:rsidR="00D24922" w:rsidP="00D24922" w:rsidRDefault="00D24922" w14:paraId="4C83F024" w14:textId="0612C5EC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S5_lv2_25076c6cf" w:id="160"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S5_lv2_25076c6cf" w:id="161"/>
       <w:r w:rsidRPr="00D24922">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="160"/>
+      <w:bookmarkEnd w:id="161"/>
       <w:r w:rsidRPr="00D24922">
         <w:t xml:space="preserve">5) The Department of Revenue, in consultation with the Department of Environmental </w:t>
       </w:r>
       <w:r>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00D24922">
         <w:t>, shall promulgate regulations necessary to administer the tax credits authorized by this subsection, including documentation requirements, application procedures, and verification of eligible remediation costs.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00D24922" w:rsidR="00D24922" w:rsidP="00D24922" w:rsidRDefault="00D24922" w14:paraId="7CA07E46" w14:textId="5AA48692">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S6_lv2_26d666cc2" w:id="161"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S6_lv2_26d666cc2" w:id="162"/>
       <w:r w:rsidRPr="00D24922">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="161"/>
+      <w:bookmarkEnd w:id="162"/>
       <w:r w:rsidRPr="00D24922">
         <w:t>6) The total amount of tax credits issued under this subsection may not exceed fifty million dollars in any fiscal year. Credits shall be allocated on a first‑come, first‑served basis based on the date a complete application is received by the Department of Revenue.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00DF773B" w14:paraId="39D3078D" w14:textId="6046A111">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50SF_lv1_bdd8ea0b0" w:id="162"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="162"/>
+      <w:bookmarkStart w:name="ss_T49C35N50SF_lv1_bdd8ea0b0" w:id="163"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="163"/>
       <w:r w:rsidR="00B30C3A">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_588f6cdf7" w:id="163"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S1_lv2_588f6cdf7" w:id="164"/>
       <w:r w:rsidR="001E0076">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="163"/>
+      <w:bookmarkEnd w:id="164"/>
       <w:r w:rsidR="001E0076">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>The office shall establish reasonable buffer requirements for a particular proposed location, including those for environmentally sensitive areas, based upon site‑specific factors, including but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="6FD57D25" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_cbdcf9872" w:id="164"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_11b34dd83" w:id="165"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_cbdcf9872" w:id="165"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="165"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:t>b) proposed mitigation measures;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">a) the nature and sensitivity of adjacent environmental </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:tab/>
-      </w:r>
+        <w:t>resources;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="6C2ED4DF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_84fbd6347" w:id="166"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_11b34dd83" w:id="166"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="166"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:t>c) existing development patterns in the general area surrounding the proposed data center; and</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">b) proposed mitigation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:tab/>
-      </w:r>
+        <w:t>measures;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="5BA96685" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sd_lv3_0f8e9756f" w:id="167"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_84fbd6347" w:id="167"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="167"/>
       <w:r w:rsidRPr="00864CC7">
+        <w:t>c) existing development patterns in the general area surrounding the proposed data center; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0076" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="230387AC" w14:textId="0CCEF1BC">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sd_lv3_0f8e9756f" w:id="168"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r w:rsidRPr="00864CC7">
         <w:t>d) engineering and operational considerations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="001E0076" w14:paraId="6527B106" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_19a48bff4" w:id="168"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="168"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S2_lv2_19a48bff4" w:id="169"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="169"/>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>The buffer requirements in the following environmentally sensitive areas are presumed to be reasonable:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="3EBF1509" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_48544a04f" w:id="169"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_052adb2cd" w:id="170"/>
+      <w:bookmarkStart w:name="ss_T49C35N50Sa_lv3_48544a04f" w:id="170"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="170"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:t>b) one‑quarter mile, or less depending on mitigation measures employed, from a critical habitat for endangered species; and</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">a) one‑half mile, or less depending on mitigation measures employed, from national wildlife refuges and heritage </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00864CC7">
-        <w:tab/>
-      </w:r>
+        <w:t>preserves;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00864CC7" w:rsidR="00864CC7" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="4396DCA7" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00864CC7">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_de0b53c36" w:id="171"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sb_lv3_052adb2cd" w:id="171"/>
       <w:r w:rsidRPr="00864CC7">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="171"/>
       <w:r w:rsidRPr="00864CC7">
+        <w:t>b) one‑quarter mile, or less depending on mitigation measures employed, from a critical habitat for endangered species; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E0076" w:rsidP="00864CC7" w:rsidRDefault="00864CC7" w14:paraId="7980579A" w14:textId="0D9BB91B">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00864CC7">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N50Sc_lv3_de0b53c36" w:id="172"/>
+      <w:r w:rsidRPr="00864CC7">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r w:rsidRPr="00864CC7">
         <w:t>c) the distance imposed by state and federal permits for wetlands.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000662CF" w:rsidRDefault="000662CF" w14:paraId="345D68EB" w14:textId="747E6E37">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N50S3_lv2_564cdef09" w:id="172"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="172"/>
+      <w:bookmarkStart w:name="ss_T49C35N50S3_lv2_564cdef09" w:id="173"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="173"/>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r w:rsidRPr="00864CC7" w:rsidR="00864CC7">
         <w:t>The required buffers may include, but are not limited to, setbacks, vegetative screening, and operational controls rather than requiring uniform distances.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="0CC5BA79" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00F20394" w14:paraId="76B3CE28" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N60_34ca3951b" w:id="173"/>
+      <w:bookmarkStart w:name="ns_T49C35N60_34ca3951b" w:id="174"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="173"/>
+      <w:bookmarkEnd w:id="174"/>
       <w:r>
         <w:t>ection 49‑35‑60.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SA_lv1_1bedec0eb" w:id="174"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SA_lv1_1bedec0eb" w:id="175"/>
       <w:r w:rsidR="008362EA">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="174"/>
+      <w:bookmarkEnd w:id="175"/>
       <w:r w:rsidR="008362EA">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>The Public Service Commission shall have jurisdiction over:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="6AF8D04F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_a3c0af5b7" w:id="175"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_a3c0af5b7" w:id="176"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">1) all rates charged by utilities to data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>operators;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="665C6999" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_6e3a6c7e8" w:id="176"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_6e3a6c7e8" w:id="177"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="177"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">2) agreements between utilities and data center operators regarding electrical service, infrastructure cost </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>recovery;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="024BF903" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_7b7a29d86" w:id="177"/>
-[...5 lines deleted...]
-        <w:t>3) the determination of appropriate cost allocation methodologies that protect existing ratepayers; and</w:t>
+      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_7b7a29d86" w:id="178"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="178"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">3) the determination of appropriate cost allocation methodologies that protect existing ratepayers; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00216A5B">
+        <w:lastRenderedPageBreak/>
+        <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008362EA" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="5EDBCBF5" w14:textId="379CA72E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S4_lv2_a54d07358" w:id="178"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="178"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S4_lv2_a54d07358" w:id="179"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="179"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>4) approval of utility infrastructure investments undertaken to serve data centers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00762D83" w14:paraId="0FCCFABC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SB_lv1_740818ca9" w:id="179"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="179"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SB_lv1_740818ca9" w:id="180"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="180"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_c0a704ab9" w:id="180"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="180"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_c0a704ab9" w:id="181"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="181"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>The commission shall encourage on‑ and off‑site energy efficient practices from data centers to reduce system peaks, including but not limited to improvements to power usage effectiveness (PUE) metrics, on‑and off‑site generation, energy storage resources, weatherization, load flexibility, demand data center‑funded demand response programs, and energy efficiency technologies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00762D83" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="637BE2A0" w14:textId="45BBA6FC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_e8a0963d5" w:id="181"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="181"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_e8a0963d5" w:id="182"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="182"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>2) Data centers achieving superior energy efficiency, a PUE below 1.3, may receive preferential treatment in rate agreement approval.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="008362EA" w14:paraId="760115F0" w14:textId="2256E8A9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SC_lv1_93319206c" w:id="182"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SC_lv1_93319206c" w:id="183"/>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="182"/>
+      <w:bookmarkEnd w:id="183"/>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>C) The commission shall approve rate agreements that ensure data center operators bear reasonable infrastructure costs to ensure that the directly attributable cost of providing electrical service to data centers is not borne by non‑participating customers while providing flexibility in rate structures and cost recovery mechanisms. Acceptable rate structures include</w:t>
       </w:r>
       <w:r w:rsidR="00ED6FCE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t xml:space="preserve"> but are not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="22B38EF3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_0c72473c8" w:id="183"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_0c72473c8" w:id="184"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">1) traditional cost‑of‑service rates with separate accounting for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>data center</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>infrastructure;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="5D7FD65E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_5a0a265a5" w:id="184"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_5a0a265a5" w:id="185"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">2) upfront infrastructure contributions with ongoing service rates reflecting operational </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="0C4FC90A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_c98d4bc67" w:id="185"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_c98d4bc67" w:id="186"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">3) hybrid approaches combining partial upfront contributions with rates including infrastructure cost </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>recovery;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="6BE045E5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S4_lv2_65c58ff42" w:id="186"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S4_lv2_65c58ff42" w:id="187"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">4) minimum contract obligations guaranteeing sufficient minimum revenue to utilities to cover fixed costs based on load requests made by data center </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>operators;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="15E6440D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S5_lv2_88c00ee30" w:id="187"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="187"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S5_lv2_88c00ee30" w:id="188"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="188"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>5) graduated rate structures with lower initial rates increasing over time as infrastructure is amortized; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00181C69" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="50E08267" w14:textId="3DCD62E4">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S6_lv2_9ea031f9f" w:id="188"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="188"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S6_lv2_9ea031f9f" w:id="189"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="189"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>6) other approaches proposed by utilities and data center operators that satisfy ratepayer protection objectives.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00181C69" w14:paraId="233619BD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SD_lv1_304483a0f" w:id="189"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="189"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SD_lv1_304483a0f" w:id="190"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="190"/>
       <w:r w:rsidR="00216A5B">
         <w:t>D</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_eb3af7f7f" w:id="190"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="190"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_eb3af7f7f" w:id="191"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="191"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>The commission shall establish expedited approval procedures for rate agreements that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="6D861A29" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_ded6e0c39" w:id="191"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_ded6e0c39" w:id="192"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">a) demonstrate that no cross‑subsidization will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>occur;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="4CA69812" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_a39ccc46c" w:id="192"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="192"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_a39ccc46c" w:id="193"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="193"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>b) include adequate financial assurances; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="2E24CA13" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_09633f44f" w:id="193"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="193"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_09633f44f" w:id="194"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="194"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>c) meet operational efficiency standards.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="54690515" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_f355cd879" w:id="194"/>
-[...5 lines deleted...]
-        <w:t>2) Rate agreements shall be approved within sixty days absent material concerns.</w:t>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_f355cd879" w:id="195"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">2) Rate agreements shall be approved within sixty days </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>absent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve"> material concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00181C69" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="0920F24D" w14:textId="5BF4C9B9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_6542d9cd2" w:id="195"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="195"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_6542d9cd2" w:id="196"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="196"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>3) The commission may approve rate agreements subject to conditions working collaboratively with parties to address concerns.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="003108FF" w14:paraId="5FA99D06" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SE_lv1_80f3a8ac1" w:id="196"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="196"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SE_lv1_80f3a8ac1" w:id="197"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="197"/>
       <w:r>
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>The commission shall direct utilities to develop standard contracts for electric service to the extent not already available for data centers that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="08F9EB0A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_a6961e03b" w:id="197"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="197"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_a6961e03b" w:id="198"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="198"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>1) provide predictable cost structures; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003108FF" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="104F9385" w14:textId="76BA9BC5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_20f130dee" w:id="198"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="198"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_20f130dee" w:id="199"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="199"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>2) reasonably and fairly allocate the costs of dedicated facilities to data center operators.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="003108FF" w14:paraId="0DEBC1BD" w14:textId="10659EFF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SF_lv1_88bffdd14" w:id="199"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="199"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SF_lv1_88bffdd14" w:id="200"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="200"/>
       <w:r>
         <w:t>F)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_a6193ea3c" w:id="200"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="200"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_a6193ea3c" w:id="201"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="201"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>Contracts for electric service must ensure data center operators bear the fair cost of utility service, including but not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="287423AA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_968d8da88" w:id="201"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_968d8da88" w:id="202"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="202"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">a) infrastructure costs directly attributable to serving the data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>center;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="0A88E67C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
-        <w:tab/>
-[...14 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00216A5B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00216A5B">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_a899c6ff2" w:id="203"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">b) appropriate allocation of fixed costs and capacity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>costs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="40FEDF97" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_803f5d88a" w:id="203"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="203"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_803f5d88a" w:id="204"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="204"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>c) costs of maintaining reliability for existing customers; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="0CD474B5" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sd_lv3_4efca2bf0" w:id="204"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="204"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sd_lv3_4efca2bf0" w:id="205"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="205"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>d) reasonable return on utility investments, if applicable.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="4D8DF6DB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_8bde0354d" w:id="205"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="205"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_8bde0354d" w:id="206"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="206"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>2) Starting with the next rate case after the effective date of this act, the commission shall, after notice and hearing, evaluate whether existing cost allocation methodologies are sufficient to ensure:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="5A4404C0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_a9df7a529" w:id="206"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_a9df7a529" w:id="207"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">a) economically sound and based on cost causation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>principles;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="7E7727BE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_bc18ebad8" w:id="207"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_bc18ebad8" w:id="208"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">b) fairness to both data center operators and existing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>ratepayers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="3C3C96BD" w14:textId="463B48CC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_2fe4ecc6e" w:id="208"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="208"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_2fe4ecc6e" w:id="209"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="209"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>c) transparency and predictability</w:t>
       </w:r>
       <w:r w:rsidR="00C95794">
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007D5A99" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="0E4D4D31" w14:textId="7B6FAE18">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sd_lv3_5c1da6192" w:id="209"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="209"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sd_lv3_5c1da6192" w:id="210"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="210"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>d) consistency with accepted regulatory practice.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="003906FC" w14:paraId="2887CE48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SG_lv1_cede32f02" w:id="210"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="210"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SG_lv1_cede32f02" w:id="211"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="211"/>
       <w:r>
         <w:t>G)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_aa4fdbdf0" w:id="211"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="211"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_aa4fdbdf0" w:id="212"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="212"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>Utilities and data center operators may structure infrastructure investments through:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="7D017340" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_de27597ae" w:id="212"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_de27597ae" w:id="213"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">a) utility construction with cost recovery through </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>rates;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="3BAF48F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_a0c0ae4a9" w:id="213"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_a0c0ae4a9" w:id="214"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">b) data center operator direct construction with utility </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>ownership;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="4E8E5EEE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_5c293409e" w:id="214"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_5c293409e" w:id="215"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">c) third‑party infrastructure development with service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>agreements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="46DCA355" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sd_lv3_3571fe80a" w:id="215"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="215"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sd_lv3_3571fe80a" w:id="216"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="216"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>d) public‑private partnerships; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="1972C9AD" w14:textId="3BA962B7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Se_lv3_a978e80d1" w:id="216"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="216"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Se_lv3_a978e80d1" w:id="217"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="217"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t xml:space="preserve">e) other arrangements approved by the </w:t>
       </w:r>
       <w:r w:rsidR="00C95794">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:t>ommission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003906FC" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="42EC7C78" w14:textId="63AFA47F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_2ae56e373" w:id="217"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="217"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_2ae56e373" w:id="218"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="218"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>2) The commission shall approve infrastructure approaches that protect ratepayers while providing operators with flexibility and cost efficiency.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="001C5758" w14:paraId="1D419447" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SH_lv1_b10bd618e" w:id="218"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="218"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SH_lv1_b10bd618e" w:id="219"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="219"/>
       <w:r>
         <w:t>H)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_28296aba7" w:id="219"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_28296aba7" w:id="220"/>
       <w:r w:rsidR="001D4BAC">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="219"/>
+      <w:bookmarkEnd w:id="220"/>
       <w:r w:rsidR="001D4BAC">
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00216A5B" w:rsidR="00216A5B">
         <w:t>Data centers may utilize self‑generation or private power purchase agreements with the utility that has site jurisdiction. The commission shall establish reasonable interconnection requirements and standby service charges that:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="77E22E86" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_a70b3501a" w:id="220"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60Sa_lv3_a70b3501a" w:id="221"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">a) reflect actual costs of providing backup </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>service;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="3B1FB681" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_2458b9930" w:id="221"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="221"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sb_lv3_2458b9930" w:id="222"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="222"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>b) avoid penalizing self‑generation; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00216A5B" w:rsidR="00216A5B" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="4AA93506" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_ba610a74f" w:id="222"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="222"/>
+      <w:bookmarkStart w:name="ss_T49C35N60Sc_lv3_ba610a74f" w:id="223"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="223"/>
       <w:r w:rsidRPr="00216A5B">
         <w:t>c) ensure grid reliability and safety.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001D4BAC" w:rsidP="00216A5B" w:rsidRDefault="00216A5B" w14:paraId="2CFE26BD" w14:textId="58640FEE">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00216A5B">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_e5ecd680f" w:id="223"/>
-[...5 lines deleted...]
-        <w:t>2) Interconnection review shall be expedited using established IEEE and industry standards.</w:t>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_e5ecd680f" w:id="224"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve">2) Interconnection </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t>review</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00216A5B">
+        <w:t xml:space="preserve"> shall be expedited using established IEEE and industry standards.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="00762D83" w14:paraId="03C6D40C" w14:textId="1BEC80E9">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60SI_lv1_f1abc0327" w:id="224"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="224"/>
+      <w:bookmarkStart w:name="ss_T49C35N60SI_lv1_f1abc0327" w:id="225"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="225"/>
       <w:r>
         <w:t xml:space="preserve">I) </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>In reviewing agreements between utilities and data center operators regarding electrical service and infrastructure investment</w:t>
       </w:r>
       <w:r w:rsidR="005042D8">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t xml:space="preserve"> the commission shall require that the data center operators provide reasonable financial assurances regarding their ability to discharge their contractual obligations. Financial assurance amounts shall not exceed one hundred percent of unrecovered infrastructure costs for investment‑grade operators, with reduced requirements for operators with strong credit profiles. Financial assurance may be reduced over time as infrastructure costs are recovered. Multiple data centers operated by the same entity may share consolidated financial assurance arrangements. The commission shall accept</w:t>
       </w:r>
       <w:r w:rsidR="00C95794">
         <w:t xml:space="preserve"> one or more, or a combination, of</w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t xml:space="preserve"> the following as financial assurance instruments:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="7DC18614" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_f429c4560" w:id="225"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_832069025" w:id="226"/>
+      <w:bookmarkStart w:name="ss_T49C35N60S1_lv2_f429c4560" w:id="226"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="226"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>2) letters of credit;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">1) corporate parent guarantees for investment grade </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>entities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="0441B68A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_7a0400e87" w:id="227"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S2_lv2_832069025" w:id="227"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="227"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>3) surety bonds;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">2) letters of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>credit;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="6804769D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N60S4_lv2_4bbabb543" w:id="228"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S3_lv2_7a0400e87" w:id="228"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="228"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>4) escrow accounts; or</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">3) surety </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>bonds;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="0E4764DE" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N60S5_lv2_c4ba26f67" w:id="229"/>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S4_lv2_4bbabb543" w:id="229"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="229"/>
       <w:r w:rsidRPr="000318BF">
+        <w:t>4) escrow accounts; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F20394" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="52404AD2" w14:textId="63F5477A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N60S5_lv2_c4ba26f67" w:id="230"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r w:rsidRPr="000318BF">
         <w:t>5) other financial instruments acceptable to the commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00726709" w:rsidP="00726709" w:rsidRDefault="00726709" w14:paraId="38287756" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="00F20394" w14:paraId="18A670EE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N70_4c48986b5" w:id="230"/>
+      <w:bookmarkStart w:name="ns_T49C35N70_4c48986b5" w:id="231"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="230"/>
+      <w:bookmarkEnd w:id="231"/>
       <w:r>
         <w:t>ection 49‑35‑70.</w:t>
       </w:r>
       <w:r w:rsidR="00A524DB">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70SA_lv1_645fceffd" w:id="231"/>
+      <w:bookmarkStart w:name="ss_T49C35N70SA_lv1_645fceffd" w:id="232"/>
       <w:r w:rsidR="00A524DB">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="231"/>
+      <w:bookmarkEnd w:id="232"/>
       <w:r w:rsidR="00A524DB">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>Tier 2 and Tier 3 data centers shall file with the office decommissioning plans. Tier 1 data centers are exempt from the requirements in this section. The decommissioning plans may be a general framework rather than a detailed plan, but they must include:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="44470761" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S1_lv2_364e32fec" w:id="232"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N70S2_lv2_c04a9b7ee" w:id="233"/>
+      <w:bookmarkStart w:name="ss_T49C35N70S1_lv2_364e32fec" w:id="233"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="233"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>2) estimated decommissioning costs; and</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">1) general procedures for facility </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>removal;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="73F2FD2C" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S3_lv2_87a1d1281" w:id="234"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70S2_lv2_c04a9b7ee" w:id="234"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="234"/>
       <w:r w:rsidRPr="000318BF">
+        <w:t>2) estimated decommissioning costs; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A524DB" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="1C84BBF2" w14:textId="4BE77CEA">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70S3_lv2_87a1d1281" w:id="235"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r w:rsidRPr="000318BF">
         <w:t>3) the timeline required to decommission the facility.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="00A524DB" w14:paraId="72919EA1" w14:textId="5016B2F7">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70SB_lv1_bb05aefe8" w:id="235"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="235"/>
+      <w:bookmarkStart w:name="ss_T49C35N70SB_lv1_bb05aefe8" w:id="236"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="236"/>
       <w:r>
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t xml:space="preserve">Tier 2 data centers and Tier 3 data centers, at the office’s discretion based upon site specific factors, must also file with the office financial instruments providing decommissioning financial assurance. The amount of financial assurance required pursuant to this subsection shall be equal to the estimated decommissioning costs without multipliers. Decommissioning financial assurance may be phased in over the first five years of the data center’s operation. Decommissioning financial assurance required pursuant to this subsection shall account for the salvage value of the equipment and materials utilized by the data center. The office shall accept </w:t>
       </w:r>
       <w:r w:rsidRPr="00C95794" w:rsidR="00C95794">
         <w:t xml:space="preserve">one or more, or a combination, of </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>the following as financial assurance instruments:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="577F8078" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S1_lv2_3fba34986" w:id="236"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N70S2_lv2_d1b103563" w:id="237"/>
+      <w:bookmarkStart w:name="ss_T49C35N70S1_lv2_3fba34986" w:id="237"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="237"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>2) letters of credit;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">1) corporate guarantees for investment grade </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>entities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="517070B5" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S3_lv2_27a79979d" w:id="238"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70S2_lv2_d1b103563" w:id="238"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="238"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>3) surety bonds; or</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">2) letters of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>credit;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="61A0A5EB" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S4_lv2_12092bd24" w:id="239"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70S3_lv2_27a79979d" w:id="239"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="239"/>
       <w:r w:rsidRPr="000318BF">
+        <w:t>3) surety bonds; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5688E" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="08A744CD" w14:textId="6B0A243A">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70S4_lv2_12092bd24" w:id="240"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r w:rsidRPr="000318BF">
         <w:t>4) escrow accounts.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="00F5688E" w14:paraId="226B43AD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70SC_lv1_0b1fa631c" w:id="240"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="240"/>
+      <w:bookmarkStart w:name="ss_T49C35N70SC_lv1_0b1fa631c" w:id="241"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="241"/>
       <w:r>
         <w:t>C)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S1_lv2_1de5814f1" w:id="241"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="241"/>
+      <w:bookmarkStart w:name="ss_T49C35N70S1_lv2_1de5814f1" w:id="242"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="242"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>Upon the cessation of operations, data center operators shall:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="081012E7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70Sa_lv3_e653ea848" w:id="242"/>
-[...21 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N70Sb_lv3_0eb5fd479" w:id="243"/>
+      <w:bookmarkStart w:name="ss_T49C35N70Sa_lv3_e653ea848" w:id="243"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="243"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>b) restore the site to a condition suitable for future development;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">a) remove above‑ground structures and equipment if the site is not repurposed for similar </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>use;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="6BB1CD3B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70Sc_lv3_08d036a93" w:id="244"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70Sb_lv3_0eb5fd479" w:id="244"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="244"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>c) properly dispose of or recycle materials as required by environmental regulations; and</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">b) restore the site to a condition suitable for future </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="000318BF">
-        <w:tab/>
-      </w:r>
+        <w:t>development;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="1F1B3BCF" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70Sd_lv3_03f0ff866" w:id="245"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70Sc_lv3_08d036a93" w:id="245"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="245"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>d) clean‑up environmental contamination resulting from operations.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="04F81620" w14:textId="1B49AC5B">
+        <w:t>c) properly dispose of or recycle materials as required by environmental regulations; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="72D232E9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S2_lv2_97f75c3e5" w:id="246"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70Sd_lv3_03f0ff866" w:id="246"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="246"/>
       <w:r w:rsidRPr="000318BF">
-        <w:t>2) Below‑ground infrastructure, including but not limited to, foundations and utility lines may remain if they are not creating safety hazards or environmental concerns.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00F5688E" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="3A81839E" w14:textId="3C75784E">
+        <w:t>d) clean‑up environmental contamination resulting from operations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="04F81620" w14:textId="1B49AC5B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N70S3_lv2_cf31c996e" w:id="247"/>
+      <w:bookmarkStart w:name="ss_T49C35N70S2_lv2_97f75c3e5" w:id="247"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="247"/>
       <w:r w:rsidRPr="000318BF">
+        <w:t>2) Below‑ground infrastructure, including but not limited to, foundations and utility lines may remain if they are not creating safety hazards or environmental concerns.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F5688E" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="3A81839E" w14:textId="3C75784E">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000318BF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N70S3_lv2_cf31c996e" w:id="248"/>
+      <w:r w:rsidRPr="000318BF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r w:rsidRPr="000318BF">
         <w:t>3) If a data center site is sold for continued data center or similar industrial use, decommissioning obligations shall be transferred to the new operator or owner upon the office’s approval.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="50C6D866" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="00F20394" w14:paraId="3F22B25D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N80_a8da648a3" w:id="248"/>
+      <w:bookmarkStart w:name="ns_T49C35N80_a8da648a3" w:id="249"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="248"/>
+      <w:bookmarkEnd w:id="249"/>
       <w:r>
         <w:t>ection 49‑35‑80.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80SA_lv1_472638761" w:id="249"/>
+      <w:bookmarkStart w:name="ss_T49C35N80SA_lv1_472638761" w:id="250"/>
       <w:r w:rsidRPr="00A524DB" w:rsidR="00A524DB">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="249"/>
+      <w:bookmarkEnd w:id="250"/>
       <w:r w:rsidRPr="00A524DB" w:rsidR="00A524DB">
         <w:t>A)</w:t>
       </w:r>
       <w:r w:rsidR="00625E4B">
         <w:t>(1)</w:t>
       </w:r>
       <w:r w:rsidRPr="00A524DB" w:rsidR="00A524DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>Local governments retain full authority over zoning, land use, building codes, and other related matters within the jurisdiction of local governments. Therefore, data centers must comply with local zoning and land use regulations. Local governments shall not have any jurisdiction over electricity consumption, which shall remain the sole responsibility of the Public Service Commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="312165FD" w14:textId="70340A81">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80S2_lv2_0b2915251" w:id="250"/>
+      <w:bookmarkStart w:name="ss_T49C35N80S2_lv2_0b2915251" w:id="251"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="250"/>
+      <w:bookmarkEnd w:id="251"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>2) Local governments may impose additional, reasonable requirements addressing local concerns through the proper exercise of land use authority. However, local governments cannot impose requirements that are more restrictive than those imposed by this chapter relating to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="69526A55" w14:textId="5F50CE92">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80Sa_lv3_03d2659f8" w:id="251"/>
+      <w:bookmarkStart w:name="ss_T49C35N80Sa_lv3_03d2659f8" w:id="252"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="251"/>
+      <w:bookmarkEnd w:id="252"/>
       <w:r w:rsidR="006F42E9">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:t>) operational efficiency standards; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="000318BF" w:rsidR="000318BF" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="19C62D67" w14:textId="258CE6FC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80Sb_lv3_1ad6638e5" w:id="252"/>
+      <w:bookmarkStart w:name="ss_T49C35N80Sb_lv3_1ad6638e5" w:id="253"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="252"/>
+      <w:bookmarkEnd w:id="253"/>
       <w:r w:rsidR="006F42E9">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:t>) state‑level infrastructure adequacy determinations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A524DB" w:rsidR="00A524DB" w:rsidP="000318BF" w:rsidRDefault="000318BF" w14:paraId="0D4F9F19" w14:textId="62C878D2">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="000318BF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80S3_lv2_7cfcbead5" w:id="253"/>
+      <w:bookmarkStart w:name="ss_T49C35N80S3_lv2_7cfcbead5" w:id="254"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="253"/>
+      <w:bookmarkEnd w:id="254"/>
       <w:r w:rsidRPr="000318BF">
         <w:t>3) The office shall coordinate with local governments but office permitting decisions shall not be delayed due to local government zoning or land use processes.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00A524DB" w:rsidR="00A524DB" w:rsidP="00A524DB" w:rsidRDefault="00A524DB" w14:paraId="429747EA" w14:textId="7536FA33">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00A524DB">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80SB_lv1_4c7c3d98f" w:id="254"/>
+      <w:bookmarkStart w:name="ss_T49C35N80SB_lv1_4c7c3d98f" w:id="255"/>
       <w:r w:rsidRPr="00A524DB">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="254"/>
+      <w:bookmarkEnd w:id="255"/>
       <w:r w:rsidRPr="00A524DB">
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>Local governments shall undertake comprehensive data center planning and establish clear data center development policies.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidP="00A524DB" w:rsidRDefault="00A524DB" w14:paraId="7768A6E1" w14:textId="49278EC3">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:rPr>
           <w:rStyle w:val="scstrike"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A524DB">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N80SC_lv1_16d5a7fba" w:id="255"/>
+      <w:bookmarkStart w:name="ss_T49C35N80SC_lv1_16d5a7fba" w:id="256"/>
       <w:r w:rsidRPr="00A524DB">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="255"/>
+      <w:bookmarkEnd w:id="256"/>
       <w:r w:rsidRPr="00A524DB">
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="000318BF" w:rsidR="000318BF">
         <w:t>The provisions contained in this chapter do not preempt local government land use authority.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="04D7002D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002913F2" w:rsidP="002913F2" w:rsidRDefault="00F20394" w14:paraId="472E6A55" w14:textId="2FE5CF63">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N90_dba4c82c1" w:id="256"/>
+      <w:bookmarkStart w:name="ns_T49C35N90_dba4c82c1" w:id="257"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="256"/>
+      <w:bookmarkEnd w:id="257"/>
       <w:r>
         <w:t>ection 49‑35‑90.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90SA_lv1_ba9ef9807" w:id="257"/>
+      <w:bookmarkStart w:name="ss_T49C35N90SA_lv1_ba9ef9807" w:id="258"/>
       <w:r w:rsidR="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="257"/>
+      <w:bookmarkEnd w:id="258"/>
       <w:r w:rsidR="002913F2">
         <w:t>A) Data centers shall implement reasonable measures to minimize noise</w:t>
       </w:r>
       <w:r w:rsidR="00C253EF">
         <w:t>, vibration,</w:t>
       </w:r>
       <w:r w:rsidR="002913F2">
         <w:t xml:space="preserve"> and light impacts on surrounding communities.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="002913F2" w14:paraId="658792EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90SB_lv1_5cae3bb48" w:id="258"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="258"/>
+      <w:bookmarkStart w:name="ss_T49C35N90SB_lv1_5cae3bb48" w:id="259"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="259"/>
       <w:r>
         <w:t>B)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S1_lv2_1430130e0" w:id="259"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="259"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S1_lv2_1430130e0" w:id="260"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="260"/>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>Data centers shall comply with the following noise level limits measured at the property boundary with residential property:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="1D1C41E0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_a1c05039f" w:id="260"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_a1c05039f" w:id="261"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">a) a maximum of 60 dBA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>Leq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve"> between the hours of 7:00 am to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>10:00 pm;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="123437DC" w14:textId="14F0D572">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_11775f9dc" w:id="261"/>
-[...5 lines deleted...]
-        <w:t>b) a maximum of 50 dBA Leq between the hours of 10:00 pm to 7:00 am.</w:t>
+      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_11775f9dc" w:id="262"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">b) a maximum of 50 dBA </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>Leq</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve"> between the hours of 10:00 pm to 7:00 am.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="784F9C47" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S2_lv2_2c5d96c8f" w:id="262"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="262"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S2_lv2_2c5d96c8f" w:id="263"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="263"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>2) Noise limits contained in item (1) may be adjusted on a case‑by‑case basis based upon:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="212B5A30" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_9920552dd" w:id="263"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_9920552dd" w:id="264"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">a) existing ambient noise levels exceeding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>standards;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="172FA9CC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_320b68586" w:id="264"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_320b68586" w:id="265"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">b) industrial zoning allowing higher noise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>levels;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="1A91C018" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_0317bc32c" w:id="265"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="265"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_0317bc32c" w:id="266"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="266"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>c) the distance from residential areas; or</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="6483090C" w14:textId="0855A50F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sd_lv3_a02bf324e" w:id="266"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="266"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sd_lv3_a02bf324e" w:id="267"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="267"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>d) agreement with affected property owners.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="11FEF145" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S3_lv2_082c68cf3" w:id="267"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="267"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S3_lv2_082c68cf3" w:id="268"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="268"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>3) Noise monitoring shall be conducted:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="7C7AAAB8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_3990f46e9" w:id="268"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_3990f46e9" w:id="269"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">a) prior to the data center commencing operations to set a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>baseline;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="08F46010" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_d7d5bbc6b" w:id="269"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="269"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_d7d5bbc6b" w:id="270"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="270"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>b) within six months of commencing operations; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="22160C2C" w14:textId="5529C62C">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_464739f73" w:id="270"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="270"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_464739f73" w:id="271"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="271"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>c) every three years thereafte</w:t>
       </w:r>
       <w:r w:rsidR="00B806D8">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="42DDBCF7" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S4_lv2_22953f73e" w:id="271"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="271"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S4_lv2_22953f73e" w:id="272"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="272"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>4) Data centers shall install noise reduction measures as needed. Appropriate noise reduction measures include, but are not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="4FA7266C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_7019605e9" w:id="272"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_7019605e9" w:id="273"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">a) acoustic barriers or enclosures for the loudest </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>equipment;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="5A79DD24" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_e15f0083a" w:id="273"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_e15f0083a" w:id="274"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>b) selection of lower‑noise equipment where feasible and cost‑</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>effective;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="10259B1A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_61ce2d636" w:id="274"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_61ce2d636" w:id="275"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">c) strategic building orientation considering nearest residential </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>areas;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="005042D8" w14:paraId="0DBBF2F0" w14:textId="50C374BF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sd_lv3_a86da7aa2" w:id="275"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sd_lv3_a86da7aa2" w:id="276"/>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="275"/>
+      <w:bookmarkEnd w:id="276"/>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
-        <w:t>d) vegetative buffers where practical; and</w:t>
+        <w:t xml:space="preserve">d) vegetative buffers </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
+        <w:t>where</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
+        <w:t xml:space="preserve"> practical; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00920EE6" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="33A67787" w14:textId="7E63A764">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Se_lv3_b76f35aa8" w:id="276"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="276"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Se_lv3_b76f35aa8" w:id="277"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="277"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>e) regular equipment maintenance.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="00315422" w14:paraId="2994F6A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90SC_lv1_b3678d57b" w:id="277"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="277"/>
+      <w:bookmarkStart w:name="ss_T49C35N90SC_lv1_b3678d57b" w:id="278"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="278"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="007E1953">
         <w:t>)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S1_lv2_e92d9cf0f" w:id="278"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S1_lv2_e92d9cf0f" w:id="279"/>
       <w:r w:rsidR="007E1953">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="278"/>
+      <w:bookmarkEnd w:id="279"/>
       <w:r w:rsidR="007E1953">
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>Data centers shall minimize light pollution while maintaining necessary security lighting through:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="52C664FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_82eea8ad9" w:id="279"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sa_lv3_82eea8ad9" w:id="280"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">a) limitation of outdoor lighting intensity to reasonable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>levels;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="201D2A55" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
-        <w:tab/>
-[...14 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008B790E">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008B790E">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N90Sb_lv3_31a295104" w:id="281"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">b) the use of shielded, downward‑directed light </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>fixtures;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="19EDD25A" w14:textId="61F83625">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_14c5b8c5c" w:id="281"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="281"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sc_lv3_14c5b8c5c" w:id="282"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="282"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>c) the use of motion sensors and timer</w:t>
       </w:r>
       <w:r w:rsidR="003173F1">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E">
-        <w:t xml:space="preserve"> where consistent with security requirements;</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> where consistent with security </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>requirements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="53AB8782" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Sd_lv3_05c964324" w:id="282"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="282"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Sd_lv3_05c964324" w:id="283"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="283"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>d) interior window treatments to minimize light transmission during the night; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="767A64A2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90Se_lv3_276bde619" w:id="283"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="283"/>
+      <w:bookmarkStart w:name="ss_T49C35N90Se_lv3_276bde619" w:id="284"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="284"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>e) the use of warmer color temperature lighting where practical.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E1953" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="0A39714D" w14:textId="507395F5">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S2_lv2_6910f7545" w:id="284"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="284"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S2_lv2_6910f7545" w:id="285"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="285"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>2) Light standards shall not require lighting levels that compromise facility security. Security lighting necessary for facility protection is exempt from the restrictions in item (1).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C253EF" w:rsidP="008B790E" w:rsidRDefault="00C253EF" w14:paraId="03ADCA04" w14:textId="3C83E32A">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90SD_lv1_19db9d289" w:id="285"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="285"/>
+      <w:bookmarkStart w:name="ss_T49C35N90SD_lv1_19db9d289" w:id="286"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="286"/>
       <w:r>
         <w:t>D) Data centers shall minimize vibration impacts on surrounding properties through:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C253EF" w:rsidP="008B790E" w:rsidRDefault="00C253EF" w14:paraId="39E71CFC" w14:textId="34258CE1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S1_lv2_ca07a76a7" w:id="286"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="286"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S1_lv2_ca07a76a7" w:id="287"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="287"/>
       <w:r w:rsidR="00BA3BDB">
         <w:t>1</w:t>
       </w:r>
       <w:r>
-        <w:t>) installation of vibration isolation systems for mechanical equipment, cooling systems, and backup generators;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) installation of vibration isolation systems for mechanical equipment, cooling systems, and backup </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>generators;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C253EF" w:rsidP="008B790E" w:rsidRDefault="00C253EF" w14:paraId="014B1D3A" w14:textId="40E057DF">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S2_lv2_b3720f4a0" w:id="287"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="287"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S2_lv2_b3720f4a0" w:id="288"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="288"/>
       <w:r w:rsidR="00BA3BDB">
         <w:t>2</w:t>
       </w:r>
       <w:r>
-        <w:t>) proper foundation design to prevent transmission of vibration beyond the property boundary;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">) proper foundation design to prevent transmission of vibration beyond the property </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>boundary;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C253EF" w:rsidP="008B790E" w:rsidRDefault="00C253EF" w14:paraId="5265501B" w14:textId="639C5C21">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S3_lv2_dc24aa9c9" w:id="288"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="288"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S3_lv2_dc24aa9c9" w:id="289"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="289"/>
       <w:r w:rsidR="00BA3BDB">
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:t>) selection of equipment with lower vibration profiles where feasible and cost</w:t>
       </w:r>
       <w:r w:rsidR="003173F1">
         <w:t>‑</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>effective;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidR="00C253EF" w:rsidP="008B790E" w:rsidRDefault="00C253EF" w14:paraId="7C36FC62" w14:textId="3EAD5782">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S4_lv2_bd555f0cf" w:id="289"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="289"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S4_lv2_bd555f0cf" w:id="290"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="290"/>
       <w:r w:rsidR="00BA3BDB">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>) regular equipment maintenance to prevent excessive vibration from worn or imbalanced components; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C253EF" w:rsidP="008B790E" w:rsidRDefault="00C253EF" w14:paraId="39E06EFE" w14:textId="37AE8276">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90S5_lv2_b86aaa6c4" w:id="290"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="290"/>
+      <w:bookmarkStart w:name="ss_T49C35N90S5_lv2_b86aaa6c4" w:id="291"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="291"/>
       <w:r w:rsidR="00BA3BDB">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>) structural engineering review to ensure adequate isolation from adjacent properties and infrastructure.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E1953" w:rsidP="002913F2" w:rsidRDefault="007E1953" w14:paraId="556E0904" w14:textId="672B0938">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N90SE_lv1_8e0f12a1f" w:id="291"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="291"/>
+      <w:bookmarkStart w:name="ss_T49C35N90SE_lv1_8e0f12a1f" w:id="292"/>
+      <w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="292"/>
       <w:r w:rsidR="00C253EF">
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>Data center operators and neighboring property owners and local communities may enter into voluntary agreements addressing site‑specific concerns. Light restrictions in voluntary agreements that are different than the restrictions imposed by this subsection shall govern the use of lighting at the facility subject to the agreement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E71C25" w:rsidRDefault="00E71C25" w14:paraId="3D0CFE07" w14:textId="3EADB164">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="00F20394" w14:paraId="741E15E5" w14:textId="3DFF6CD1">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N100_e8194cc22" w:id="292"/>
+      <w:bookmarkStart w:name="ns_T49C35N100_e8194cc22" w:id="293"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="292"/>
+      <w:bookmarkEnd w:id="293"/>
       <w:r>
         <w:t>ection 49‑35‑100.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100SA_lv1_47b037984" w:id="293"/>
+      <w:bookmarkStart w:name="ss_T49C35N100SA_lv1_47b037984" w:id="294"/>
       <w:r w:rsidRPr="002913F2" w:rsidR="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="293"/>
+      <w:bookmarkEnd w:id="294"/>
       <w:r w:rsidRPr="002913F2" w:rsidR="002913F2">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C253EF" w:rsidR="00C253EF">
         <w:t>The office may require confidential information for review purposes but shall not publicly disclose confidential information except as required by law. Confidential information shall be clearly marked and filed under seal. The office shall protect confidential information submitted by data center operators, and that information shall not be subject to Chapter 4, Title 30, the Freedom of Information Act. Confidential information that must be protected pursuant to this section includes, but is not limited to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="413AECA0" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S1_lv2_265bb9401" w:id="294"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N100S1_lv2_265bb9401" w:id="295"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="295"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">1) detailed facility designs and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>specifications;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="0C94887A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S2_lv2_d028ad832" w:id="295"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N100S2_lv2_d028ad832" w:id="296"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="296"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">2) customer </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>information;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="39445556" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S3_lv2_15a0fb46a" w:id="296"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N100S3_lv2_15a0fb46a" w:id="297"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="297"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">3) security plans and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>protocols;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="0D8A93BF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S4_lv2_ca5b1435f" w:id="297"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N100S4_lv2_ca5b1435f" w:id="298"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="298"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">4) proprietary technology </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>specifications;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="1852AF27" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S5_lv2_95a03778f" w:id="298"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="298"/>
+      <w:bookmarkStart w:name="ss_T49C35N100S5_lv2_95a03778f" w:id="299"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="299"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>5) detailed operational data; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="0C23E166" w14:textId="37161774">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S6_lv2_5b30fabbb" w:id="299"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="299"/>
+      <w:bookmarkStart w:name="ss_T49C35N100S6_lv2_5b30fabbb" w:id="300"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="300"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>6) financial information qualifying for protection as trade secrets.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C253EF" w:rsidR="00C253EF" w:rsidP="00C253EF" w:rsidRDefault="002913F2" w14:paraId="1D8D580E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100SB_lv1_b541d3293" w:id="300"/>
+      <w:bookmarkStart w:name="ss_T49C35N100SB_lv1_b541d3293" w:id="301"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="300"/>
+      <w:bookmarkEnd w:id="301"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="00C253EF" w:rsidR="00C253EF">
         <w:t>The following information shall be available to the public and subject to Chapter 4, Title 30, the Freedom of Information Act:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="00C253EF" w:rsidR="00C253EF" w:rsidP="00C253EF" w:rsidRDefault="00C253EF" w14:paraId="5277D3EC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00C253EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C253EF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S1_lv2_44de3d15c" w:id="301"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="ss_T49C35N100S2_lv2_1494cd8d6" w:id="302"/>
+      <w:bookmarkStart w:name="ss_T49C35N100S1_lv2_44de3d15c" w:id="302"/>
       <w:r w:rsidRPr="00C253EF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="302"/>
       <w:r w:rsidRPr="00C253EF">
-        <w:t>2) confirmation of compliance with environmental permits;</w:t>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">1) confirmation of compliance with operational efficiency </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C253EF">
-        <w:tab/>
-      </w:r>
+        <w:t>standards;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00C253EF" w:rsidR="00C253EF" w:rsidP="00C253EF" w:rsidRDefault="00C253EF" w14:paraId="5A09DF79" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
       <w:r w:rsidRPr="00C253EF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S3_lv2_7692a8818" w:id="303"/>
+      <w:r w:rsidRPr="00C253EF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N100S2_lv2_1494cd8d6" w:id="303"/>
       <w:r w:rsidRPr="00C253EF">
         <w:t>(</w:t>
       </w:r>
       <w:bookmarkEnd w:id="303"/>
       <w:r w:rsidRPr="00C253EF">
+        <w:t xml:space="preserve">2) confirmation of compliance with environmental </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C253EF">
+        <w:t>permits;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidRPr="00C253EF" w:rsidR="00C253EF" w:rsidP="00C253EF" w:rsidRDefault="00C253EF" w14:paraId="47CEFD86" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="scnewcodesection"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C253EF">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00C253EF">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N100S3_lv2_7692a8818" w:id="304"/>
+      <w:r w:rsidRPr="00C253EF">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="304"/>
+      <w:r w:rsidRPr="00C253EF">
         <w:t>3) aggregate annual energy consumption and water usage data reported by each data center; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002913F2" w:rsidP="00C253EF" w:rsidRDefault="00C253EF" w14:paraId="7B405579" w14:textId="6AE0CBFA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="00C253EF">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C253EF">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N100S4_lv2_7bf68416e" w:id="304"/>
+      <w:bookmarkStart w:name="ss_T49C35N100S4_lv2_7bf68416e" w:id="305"/>
       <w:r w:rsidRPr="00C253EF">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="304"/>
+      <w:bookmarkEnd w:id="305"/>
       <w:r w:rsidRPr="00C253EF">
         <w:t>4) a summary of enforcement actions without proprietary operational details.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="6E1BF871" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="00F20394" w14:paraId="45BFE7ED" w14:textId="6ACB170D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2376"/>
           <w:tab w:val="clear" w:pos="2592"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N110_cf2e6124d" w:id="305"/>
+      <w:bookmarkStart w:name="ns_T49C35N110_cf2e6124d" w:id="306"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="305"/>
+      <w:bookmarkEnd w:id="306"/>
       <w:r>
         <w:t>ection 49‑35‑110.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="up_837e25163" w:id="306"/>
+      <w:bookmarkStart w:name="up_837e25163" w:id="307"/>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>T</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="306"/>
+      <w:bookmarkEnd w:id="307"/>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>he provisions contained in this chapter are intended to supplement, not supersede, other environmental laws. However, compliance with the provisions contained in this chapter satisfies any state‑level environmental review specifically addressing data center operations. Data centers remain subject to:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="6E315200" w14:textId="7FB1041F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N110S1_lv1_b04d4fad1" w:id="307"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N110S1_lv1_b04d4fad1" w:id="308"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="308"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">1) federal environmental </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>requirements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="7523C135" w14:textId="09BAE1BC">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N110S2_lv1_699118342" w:id="308"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N110S2_lv1_699118342" w:id="309"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="309"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">2) air quality </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>permitting;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="77B80E27" w14:textId="141F4173">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N110S3_lv1_7c73e6956" w:id="309"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N110S3_lv1_7c73e6956" w:id="310"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="310"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">3) stormwater management </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>requirements;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="6B03F0C4" w14:textId="784A9D07">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N110S4_lv1_508ee4a39" w:id="310"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="310"/>
+      <w:bookmarkStart w:name="ss_T49C35N110S4_lv1_508ee4a39" w:id="311"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="311"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>4) wetlands protection requirements; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="4EBB2C54" w14:textId="5B03B787">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="2376"/>
           <w:tab w:val="clear" w:pos="2592"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N110S5_lv1_7a413cc06" w:id="311"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="311"/>
+      <w:bookmarkStart w:name="ss_T49C35N110S5_lv1_7a413cc06" w:id="312"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="312"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>5) other applicable environmental laws and regulations.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008362EA" w:rsidRDefault="008362EA" w14:paraId="045FBA77" w14:textId="0C256940">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="002913F2" w:rsidRDefault="00F20394" w14:paraId="69561D56" w14:textId="73ECEF9B">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ns_T49C35N120_86be066a5" w:id="312"/>
+      <w:bookmarkStart w:name="ns_T49C35N120_86be066a5" w:id="313"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="312"/>
+      <w:bookmarkEnd w:id="313"/>
       <w:r>
         <w:t>ection 49‑35‑120.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SA_lv1_0c786c0f7" w:id="313"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SA_lv1_0c786c0f7" w:id="314"/>
       <w:r w:rsidRPr="002913F2" w:rsidR="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="313"/>
+      <w:bookmarkEnd w:id="314"/>
       <w:r w:rsidRPr="002913F2" w:rsidR="002913F2">
         <w:t xml:space="preserve">A) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>The office shall be primarily responsible for enforcing the provisions contained in this chapter. If another state agency is involved with a particular aspect of this chapter that falls outside the office’s jurisdiction, then the office and that agency shall collaborate on enforcement. The office shall not have any jurisdiction over electricity consumption, which shall remain the sole responsibility of the Public Service Commission.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="002913F2" w:rsidRDefault="002913F2" w14:paraId="27B06926" w14:textId="5438D25E">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SB_lv1_717252dbc" w:id="314"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SB_lv1_717252dbc" w:id="315"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="314"/>
+      <w:bookmarkEnd w:id="315"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">B) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>Enforcement actions shall be proportionate to the severity of the violation and shall consider a violator’s good faith compliance efforts. When a violation occurs, violators shall receive written notices of noncompliance stating the nature of the violation with all relevant information related to the violation. The notice of noncompliance shall also require that the violator submit a corrective action plan. The violator shall have the opportunity to cure the violation within a reasonable cure period before penalties are imposed unless the violation is the result of willful misconduct on the part of the operator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="002913F2" w14:paraId="3631A1A1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SC_lv1_48bdd7a4d" w:id="315"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SC_lv1_48bdd7a4d" w:id="316"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="315"/>
+      <w:bookmarkEnd w:id="316"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">C) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>In carrying out its enforcement authority under this section, the office may:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="2912765B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S1_lv2_9f4af03b0" w:id="316"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120S1_lv2_9f4af03b0" w:id="317"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="317"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">1) issue notices of non‑compliance with reasonable cure </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>periods;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="44535055" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S2_lv2_39f79c9e3" w:id="317"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120S2_lv2_39f79c9e3" w:id="318"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="318"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">2) require corrective action plans with reasonable implementation </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>timelines;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="4B3DAD76" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S3_lv2_9d9fb8914" w:id="318"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120S3_lv2_9d9fb8914" w:id="319"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="319"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">3) conduct inspections and audits with reasonable advance notice unless the inspection or audit is undertaken or performed for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>cause;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="183466E1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S4_lv2_83cfa0028" w:id="319"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="319"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S4_lv2_83cfa0028" w:id="320"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="320"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>4) suspend or revoke a permit after an opportunity for a hearing on the matter if the office finds that the violation is serious enough; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="6BD33894" w14:textId="2D5B8581">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S5_lv2_0e52fca23" w:id="320"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="320"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S5_lv2_0e52fca23" w:id="321"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="321"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>5) impose civil penalties.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="002913F2" w:rsidRDefault="002913F2" w14:paraId="212E8825" w14:textId="5F96570D">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SD_lv1_cddd8ab27" w:id="321"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SD_lv1_cddd8ab27" w:id="322"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="321"/>
+      <w:bookmarkEnd w:id="322"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">D) </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
-        <w:t>First‑time violations of non‑material requirements of this chapter shall result in a written warning to the violator and not a civil penalty, loss or suspension of permit, or other penalties.</w:t>
+        <w:t>First‑time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
+        <w:t xml:space="preserve"> violations of non‑material requirements of this chapter shall result in a written warning to the violator and not a civil penalty, loss or suspension of permit, or other penalties.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="002913F2" w14:paraId="52216A68" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SE_lv1_312dbc385" w:id="322"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SE_lv1_312dbc385" w:id="323"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="322"/>
+      <w:bookmarkEnd w:id="323"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">E) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>When assessing the appropriate civil penalty for a violation of this chapter, the office shall take into consideration:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="66FC021A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
-        <w:tab/>
-[...11 lines deleted...]
-      </w:r>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008B790E">
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120S1_lv2_3e77b108c" w:id="324"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="324"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">1) the severity and duration of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>violation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="6CE995FB" w14:textId="257EC79F">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S2_lv2_0493cc3b8" w:id="324"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="324"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S2_lv2_0493cc3b8" w:id="325"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="325"/>
       <w:r w:rsidRPr="008B790E">
         <w:t xml:space="preserve">2) whether the violator undertook good </w:t>
       </w:r>
       <w:r w:rsidR="003173F1">
         <w:t xml:space="preserve">faith </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E">
-        <w:t>efforts to comply despite the violation;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">efforts to comply despite the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>violation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="582BA5A9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S3_lv2_6857e533a" w:id="325"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120S3_lv2_6857e533a" w:id="326"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="326"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">3) the economic impact of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>violation;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="1D7F1864" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S4_lv2_f8c8030fc" w:id="326"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120S4_lv2_f8c8030fc" w:id="327"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="327"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">4) the violator’s history of compliance with the provisions of this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>chapter;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="2FD77F8F" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S5_lv2_52967431a" w:id="327"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="327"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S5_lv2_52967431a" w:id="328"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="328"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>5) whether and to what extent the violator cooperates with enforcement of the provisions of this chapter; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="22DF49AC" w14:textId="79455282">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S6_lv2_63e5de4f5" w:id="328"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="328"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S6_lv2_63e5de4f5" w:id="329"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="329"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>6) corrective actions taken by the violator.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="002913F2" w14:paraId="6E1475ED" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SF_lv1_1ebfd6c4d" w:id="329"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SF_lv1_1ebfd6c4d" w:id="330"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="329"/>
+      <w:bookmarkEnd w:id="330"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>F)</w:t>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S1_lv2_56b468c53" w:id="330"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S1_lv2_56b468c53" w:id="331"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="330"/>
+      <w:bookmarkEnd w:id="331"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>Civil penalties imposed pursuant to this section shall not exceed:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="21FD035B" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120Sa_lv3_16ac485d9" w:id="331"/>
-[...6 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:name="ss_T49C35N120Sa_lv3_16ac485d9" w:id="332"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="332"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t xml:space="preserve">a) ten thousand dollars per day for Tier 1 data </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>centers;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="02767016" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120Sb_lv3_ebdd44dd2" w:id="332"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="332"/>
+      <w:bookmarkStart w:name="ss_T49C35N120Sb_lv3_ebdd44dd2" w:id="333"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="333"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>b) twenty‑five thousand dollars per day for Tier 2 data centers; and</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="008B790E" w:rsidR="008B790E" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="14B6AE0C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120Sc_lv3_1fc15222d" w:id="333"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="333"/>
+      <w:bookmarkStart w:name="ss_T49C35N120Sc_lv3_1fc15222d" w:id="334"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="334"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>c) fifty thousand dollars per day for Tier 3 data centers.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidRPr="002913F2" w:rsidR="002913F2" w:rsidP="008B790E" w:rsidRDefault="008B790E" w14:paraId="502988E7" w14:textId="3F3FC2BA">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008B790E">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120S2_lv2_05ff576ad" w:id="334"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="334"/>
+      <w:bookmarkStart w:name="ss_T49C35N120S2_lv2_05ff576ad" w:id="335"/>
+      <w:r w:rsidRPr="008B790E">
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="335"/>
       <w:r w:rsidRPr="008B790E">
         <w:t>2) Penalties may be waived by the office if violations are cured within applicable cure periods.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002913F2" w:rsidP="002913F2" w:rsidRDefault="002913F2" w14:paraId="0E5E6648" w14:textId="4D2CFAFB">
       <w:pPr>
         <w:pStyle w:val="scnewcodesection"/>
       </w:pPr>
       <w:r w:rsidRPr="002913F2">
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:name="ss_T49C35N120SG_lv1_2a468b5e0" w:id="335"/>
+      <w:bookmarkStart w:name="ss_T49C35N120SG_lv1_2a468b5e0" w:id="336"/>
       <w:r w:rsidRPr="002913F2">
         <w:t>(</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="335"/>
+      <w:bookmarkEnd w:id="336"/>
       <w:r w:rsidRPr="002913F2">
         <w:t xml:space="preserve">G) </w:t>
       </w:r>
       <w:r w:rsidRPr="008B790E" w:rsidR="008B790E">
         <w:t>Operators may appeal penalties imposed by this section through established administrative appeals processes with stays of penalties pending appeal for non‑willful violations when the operator posts reasonable security.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E54B9" w:rsidP="005E54B9" w:rsidRDefault="005E54B9" w14:paraId="781FCEBC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005E54B9" w:rsidP="00907291" w:rsidRDefault="005E54B9" w14:paraId="10FCB915" w14:textId="4530E777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_4_559f29228" w:id="336"/>
+      <w:bookmarkStart w:name="bs_num_4_559f29228" w:id="337"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="336"/>
+      <w:bookmarkEnd w:id="337"/>
       <w:r>
         <w:t>ECTION 4.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008C7CC8">
         <w:t>The provisions of this act are prospective and apply to data centers for which applications are submitted after the effective date. However, data centers existing as of the effective date of this act are subject to the act’s provisions if they increase electrical load capacity by more than fifty percent over the load capacity utilized as of the effective date of this act or increase the data center’s floor area by more than fifty percent.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E5362" w:rsidP="002E5362" w:rsidRDefault="002E5362" w14:paraId="202A7721" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002E5362" w:rsidP="00D25408" w:rsidRDefault="002E5362" w14:paraId="7548EF1A" w14:textId="57F3168F">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_5_ef86c16c9" w:id="337"/>
+      <w:bookmarkStart w:name="bs_num_5_ef86c16c9" w:id="338"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="337"/>
+      <w:bookmarkEnd w:id="338"/>
       <w:r>
         <w:t>ECTION 5.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E14584" w:rsidR="00E14584">
         <w:t xml:space="preserve">The Department of Environmental Services shall promulgate regulations necessary to implement the provisions of this act within </w:t>
       </w:r>
       <w:r w:rsidRPr="00E14584" w:rsidR="00343374">
         <w:t>one hundred</w:t>
       </w:r>
       <w:r w:rsidRPr="00E14584" w:rsidR="00E14584">
         <w:t xml:space="preserve"> eighty days of the effective date of this act. Regulations shall be promulgated after industry consultation through the advisory committee process.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00955AF0" w:rsidP="00955AF0" w:rsidRDefault="00955AF0" w14:paraId="69E6FEEB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00955AF0" w:rsidP="000D26A0" w:rsidRDefault="00955AF0" w14:paraId="54BA2D53" w14:textId="696342A1">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_6_0722d1a1d" w:id="338"/>
+      <w:bookmarkStart w:name="bs_num_6_0722d1a1d" w:id="339"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="338"/>
+      <w:bookmarkEnd w:id="339"/>
       <w:r>
         <w:t>ECTION 6.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00E14584" w:rsidR="00E14584">
         <w:t>For two years after the effective date of this act, the Department of Environmental Services shall prioritize technical assistance and guidance over enforcement to facilitate industry transition to the new requirements.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CA2FC7" w:rsidP="00CA2FC7" w:rsidRDefault="00CA2FC7" w14:paraId="2D7AFAE7" w14:textId="5DCE770E">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CA2FC7" w:rsidP="001C660A" w:rsidRDefault="00CA2FC7" w14:paraId="085B80E4" w14:textId="6E3C2F34">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_7_455268bab" w:id="339"/>
-      <w:bookmarkStart w:name="severability_98ab123e2" w:id="340"/>
+      <w:bookmarkStart w:name="bs_num_7_455268bab" w:id="340"/>
+      <w:bookmarkStart w:name="severability_98ab123e2" w:id="341"/>
       <w:r>
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="339"/>
+      <w:bookmarkEnd w:id="340"/>
       <w:r>
         <w:t>ECTION 7.</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
-      <w:bookmarkEnd w:id="340"/>
+      <w:bookmarkEnd w:id="341"/>
       <w:r w:rsidRPr="00B0415B" w:rsidR="001C660A">
-        <w:t>If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
+        <w:t xml:space="preserve">If any section, subsection, paragraph, subparagraph, sentence, clause, phrase, or word of this act is for any reason held to be unconstitutional or invalid, such holding shall not affect the constitutionality or validity of the remaining portions of this act, the General Assembly hereby declaring that it would have passed this act, and each and every section, subsection, paragraph, subparagraph, sentence, clause, phrase, and word thereof, irrespective of the fact that any one or more other sections, subsections, paragraphs, subparagraphs, sentences, clauses, phrases, or words hereof </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B0415B" w:rsidR="001C660A">
+        <w:lastRenderedPageBreak/>
+        <w:t>may be declared to be unconstitutional, invalid, or otherwise ineffective.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F20394" w:rsidRDefault="00F20394" w14:paraId="673BF8D8" w14:textId="61F82976">
       <w:pPr>
         <w:pStyle w:val="scemptyline"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="007A10F1" w:rsidP="007A10F1" w:rsidRDefault="00E27805" w14:paraId="02C65269" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scnoncodifiedsection"/>
       </w:pPr>
-      <w:bookmarkStart w:name="bs_num_8_lastsection" w:id="341"/>
-      <w:bookmarkStart w:name="eff_date_section" w:id="342"/>
+      <w:bookmarkStart w:name="bs_num_8_lastsection" w:id="342"/>
+      <w:bookmarkStart w:name="eff_date_section" w:id="343"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>S</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="341"/>
+      <w:bookmarkEnd w:id="342"/>
       <w:r w:rsidRPr="00DF3B44">
         <w:t>ECTION 8.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="005D3013">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44" w:rsidR="007A10F1">
         <w:t>This act takes effect upon approval by the Governor.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="342"/>
+      <w:bookmarkEnd w:id="343"/>
     </w:p>
     <w:p w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidP="009E4191" w:rsidRDefault="007A10F1" w14:paraId="0D5434C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="scbillendxx"/>
       </w:pPr>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
         <w:t>XX</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
       <w:r w:rsidRPr="00DF3B44">
         <w:noBreakHyphen/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidRPr="00DF3B44" w:rsidR="005516F6" w:rsidSect="00CE1E8F">
-      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1627" w:bottom="1008" w:left="1627" w:header="720" w:footer="720" w:gutter="0"/>
       <w:lnNumType w:countBy="1"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7E413AEC" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="277E78EE" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
@@ -7936,125 +8694,125 @@
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2114772052"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="63EC8F95" w14:textId="77777777" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="007C6261" w:rsidP="00D14995">
+      <w:p w14:paraId="63EC8F95" w14:textId="18F4A8BC" w:rsidR="00685035" w:rsidRPr="007B4AF7" w:rsidRDefault="00715949" w:rsidP="00D14995">
         <w:pPr>
           <w:pStyle w:val="scbillfooter"/>
         </w:pPr>
         <w:sdt>
           <w:sdtPr>
             <w:alias w:val="footer_billname"/>
             <w:tag w:val="footer_billname"/>
             <w:id w:val="457382597"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_BILLNAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="007D2C67">
-              <w:t>[...]</w:t>
+            <w:r w:rsidR="002E799E">
+              <w:t>[0867]</w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
         <w:r w:rsidR="00CD616C" w:rsidRPr="007B4AF7">
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00685035" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="00D54A6F" w:rsidRPr="007B4AF7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:alias w:val="footer_filename"/>
             <w:tag w:val="footer_filename"/>
             <w:id w:val="1475563125"/>
             <w:lock w:val="sdtContentLocked"/>
             <w:placeholder>
               <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
             </w:placeholder>
             <w:dataBinding w:prefixMappings="xmlns:ns0='http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata' " w:xpath="/ns0:lwb360Metadata[1]/ns0:T_BILL_T_FILENAME[1]" w:storeItemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}"/>
             <w:text/>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
-            <w:r w:rsidR="00EA67A4">
+            <w:r w:rsidR="00D44142">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
-              <w:t>SR-0486KM26.docx</w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:sdtContent>
         </w:sdt>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="04F552E4" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
     <w:p w14:paraId="52799EA3" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6F51EC38" w14:textId="77777777" w:rsidR="003C60AA" w:rsidRDefault="003C60AA" w:rsidP="0010329A">
       <w:pPr>
@@ -8277,51 +9035,52 @@
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2115392963">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="351683551">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1842617095">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="158734732">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2032102868">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="436754552">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
-  <w:zoom w:percent="180"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="216"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8334,50 +9093,51 @@
     <w:rsid w:val="00012912"/>
     <w:rsid w:val="000150B3"/>
     <w:rsid w:val="00017FB0"/>
     <w:rsid w:val="00020B5D"/>
     <w:rsid w:val="00022DCC"/>
     <w:rsid w:val="00024817"/>
     <w:rsid w:val="00026421"/>
     <w:rsid w:val="00030409"/>
     <w:rsid w:val="000318BF"/>
     <w:rsid w:val="00035317"/>
     <w:rsid w:val="00036B14"/>
     <w:rsid w:val="00037F04"/>
     <w:rsid w:val="000404BF"/>
     <w:rsid w:val="00041C51"/>
     <w:rsid w:val="00044B84"/>
     <w:rsid w:val="000479D0"/>
     <w:rsid w:val="0006201C"/>
     <w:rsid w:val="0006464F"/>
     <w:rsid w:val="000662CF"/>
     <w:rsid w:val="00066B54"/>
     <w:rsid w:val="00072FCD"/>
     <w:rsid w:val="000737B2"/>
     <w:rsid w:val="00074A4F"/>
     <w:rsid w:val="00077B65"/>
     <w:rsid w:val="0008369C"/>
+    <w:rsid w:val="00087CC2"/>
     <w:rsid w:val="0009672F"/>
     <w:rsid w:val="000A3C25"/>
     <w:rsid w:val="000B3473"/>
     <w:rsid w:val="000B4C02"/>
     <w:rsid w:val="000B5B4A"/>
     <w:rsid w:val="000B7FE1"/>
     <w:rsid w:val="000C3E88"/>
     <w:rsid w:val="000C46B9"/>
     <w:rsid w:val="000C58E4"/>
     <w:rsid w:val="000C6F9A"/>
     <w:rsid w:val="000D26A0"/>
     <w:rsid w:val="000D2F44"/>
     <w:rsid w:val="000D33E4"/>
     <w:rsid w:val="000D4FAC"/>
     <w:rsid w:val="000E2FB9"/>
     <w:rsid w:val="000E578A"/>
     <w:rsid w:val="000F2250"/>
     <w:rsid w:val="000F52B5"/>
     <w:rsid w:val="0010329A"/>
     <w:rsid w:val="00105756"/>
     <w:rsid w:val="0010790E"/>
     <w:rsid w:val="00107E7A"/>
     <w:rsid w:val="00111E28"/>
     <w:rsid w:val="00113B73"/>
     <w:rsid w:val="001164F9"/>
@@ -8445,88 +9205,92 @@
     <w:rsid w:val="00264AE9"/>
     <w:rsid w:val="00273D6D"/>
     <w:rsid w:val="002746B4"/>
     <w:rsid w:val="00275AE6"/>
     <w:rsid w:val="00275EFD"/>
     <w:rsid w:val="00276CA2"/>
     <w:rsid w:val="002836D8"/>
     <w:rsid w:val="002861BA"/>
     <w:rsid w:val="002913F2"/>
     <w:rsid w:val="002920D2"/>
     <w:rsid w:val="002923DF"/>
     <w:rsid w:val="002A7989"/>
     <w:rsid w:val="002A7D96"/>
     <w:rsid w:val="002B02F3"/>
     <w:rsid w:val="002B0820"/>
     <w:rsid w:val="002C1E6E"/>
     <w:rsid w:val="002C3463"/>
     <w:rsid w:val="002C7F6F"/>
     <w:rsid w:val="002D266D"/>
     <w:rsid w:val="002D5B3D"/>
     <w:rsid w:val="002D7447"/>
     <w:rsid w:val="002E04F5"/>
     <w:rsid w:val="002E2605"/>
     <w:rsid w:val="002E2641"/>
     <w:rsid w:val="002E315A"/>
+    <w:rsid w:val="002E3F52"/>
     <w:rsid w:val="002E4F8C"/>
     <w:rsid w:val="002E5362"/>
+    <w:rsid w:val="002E799E"/>
     <w:rsid w:val="002F560C"/>
     <w:rsid w:val="002F5847"/>
     <w:rsid w:val="0030425A"/>
     <w:rsid w:val="003046EB"/>
     <w:rsid w:val="003108FF"/>
     <w:rsid w:val="00311EBC"/>
     <w:rsid w:val="00315422"/>
     <w:rsid w:val="003173F1"/>
+    <w:rsid w:val="00324433"/>
     <w:rsid w:val="003337A0"/>
     <w:rsid w:val="003360DA"/>
     <w:rsid w:val="00336A4A"/>
     <w:rsid w:val="003421F1"/>
     <w:rsid w:val="0034279C"/>
     <w:rsid w:val="00343374"/>
     <w:rsid w:val="0035491B"/>
     <w:rsid w:val="00354F64"/>
     <w:rsid w:val="003559A1"/>
     <w:rsid w:val="00361563"/>
     <w:rsid w:val="00365D0A"/>
     <w:rsid w:val="003677B5"/>
     <w:rsid w:val="00371D36"/>
     <w:rsid w:val="00373E17"/>
     <w:rsid w:val="003775E6"/>
     <w:rsid w:val="00381998"/>
     <w:rsid w:val="00382C4B"/>
     <w:rsid w:val="003906FC"/>
     <w:rsid w:val="00391ADF"/>
     <w:rsid w:val="003979C0"/>
     <w:rsid w:val="00397DD0"/>
     <w:rsid w:val="003A3CAF"/>
     <w:rsid w:val="003A5F1C"/>
     <w:rsid w:val="003B3DC5"/>
     <w:rsid w:val="003B44EE"/>
     <w:rsid w:val="003C3E2E"/>
     <w:rsid w:val="003C60AA"/>
     <w:rsid w:val="003C6A62"/>
+    <w:rsid w:val="003C77DA"/>
     <w:rsid w:val="003D4A3C"/>
     <w:rsid w:val="003D55B2"/>
     <w:rsid w:val="003E0033"/>
     <w:rsid w:val="003E5452"/>
     <w:rsid w:val="003E7165"/>
     <w:rsid w:val="003E7FF6"/>
     <w:rsid w:val="003F0BF9"/>
     <w:rsid w:val="00400C6B"/>
     <w:rsid w:val="004026E9"/>
     <w:rsid w:val="004046B5"/>
     <w:rsid w:val="00406094"/>
     <w:rsid w:val="00406F27"/>
     <w:rsid w:val="004141B8"/>
     <w:rsid w:val="00414787"/>
     <w:rsid w:val="0041793C"/>
     <w:rsid w:val="004203B9"/>
     <w:rsid w:val="004214A1"/>
     <w:rsid w:val="00432135"/>
     <w:rsid w:val="00432952"/>
     <w:rsid w:val="00432FB7"/>
     <w:rsid w:val="004337F1"/>
     <w:rsid w:val="00442982"/>
     <w:rsid w:val="00446987"/>
     <w:rsid w:val="00446D28"/>
     <w:rsid w:val="0046176A"/>
@@ -8652,117 +9416,121 @@
     <w:rsid w:val="0069596A"/>
     <w:rsid w:val="006964F9"/>
     <w:rsid w:val="006967A7"/>
     <w:rsid w:val="006A395F"/>
     <w:rsid w:val="006A65E2"/>
     <w:rsid w:val="006B165C"/>
     <w:rsid w:val="006B37BD"/>
     <w:rsid w:val="006C092D"/>
     <w:rsid w:val="006C099D"/>
     <w:rsid w:val="006C18F0"/>
     <w:rsid w:val="006C2E58"/>
     <w:rsid w:val="006C568C"/>
     <w:rsid w:val="006C6582"/>
     <w:rsid w:val="006C6CB7"/>
     <w:rsid w:val="006C7E01"/>
     <w:rsid w:val="006D64A5"/>
     <w:rsid w:val="006E0496"/>
     <w:rsid w:val="006E05DE"/>
     <w:rsid w:val="006E0935"/>
     <w:rsid w:val="006E353F"/>
     <w:rsid w:val="006E35AB"/>
     <w:rsid w:val="006F42E9"/>
     <w:rsid w:val="006F7B15"/>
     <w:rsid w:val="00711AA9"/>
     <w:rsid w:val="00711C5B"/>
+    <w:rsid w:val="00715949"/>
     <w:rsid w:val="00716BDC"/>
     <w:rsid w:val="00722155"/>
     <w:rsid w:val="00723AD6"/>
     <w:rsid w:val="00726709"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="00737F19"/>
     <w:rsid w:val="007467F5"/>
     <w:rsid w:val="00752402"/>
     <w:rsid w:val="007620A7"/>
     <w:rsid w:val="00762D83"/>
     <w:rsid w:val="00773DE4"/>
     <w:rsid w:val="00775E87"/>
     <w:rsid w:val="00776D35"/>
     <w:rsid w:val="00782BF8"/>
     <w:rsid w:val="00783C75"/>
     <w:rsid w:val="007849D9"/>
     <w:rsid w:val="00785246"/>
     <w:rsid w:val="00787433"/>
+    <w:rsid w:val="0078768F"/>
     <w:rsid w:val="007902D5"/>
     <w:rsid w:val="00791E21"/>
     <w:rsid w:val="007A0ED8"/>
     <w:rsid w:val="007A10F1"/>
     <w:rsid w:val="007A1E02"/>
     <w:rsid w:val="007A3D50"/>
     <w:rsid w:val="007A6D3D"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rsid w:val="007B2D29"/>
     <w:rsid w:val="007B412F"/>
     <w:rsid w:val="007B4AF7"/>
     <w:rsid w:val="007B4DBF"/>
     <w:rsid w:val="007B6087"/>
     <w:rsid w:val="007B737F"/>
     <w:rsid w:val="007B77E6"/>
     <w:rsid w:val="007C06CE"/>
     <w:rsid w:val="007C36E3"/>
     <w:rsid w:val="007C5458"/>
     <w:rsid w:val="007C5C6D"/>
     <w:rsid w:val="007C6FAD"/>
     <w:rsid w:val="007C76C4"/>
     <w:rsid w:val="007D2C67"/>
     <w:rsid w:val="007D5A99"/>
     <w:rsid w:val="007E0073"/>
     <w:rsid w:val="007E06BB"/>
     <w:rsid w:val="007E1953"/>
     <w:rsid w:val="007E38C4"/>
     <w:rsid w:val="007F0249"/>
     <w:rsid w:val="007F50D1"/>
     <w:rsid w:val="00816D52"/>
     <w:rsid w:val="00824679"/>
     <w:rsid w:val="00831048"/>
     <w:rsid w:val="008318AC"/>
     <w:rsid w:val="00834272"/>
     <w:rsid w:val="008362EA"/>
     <w:rsid w:val="00842D07"/>
     <w:rsid w:val="00844558"/>
     <w:rsid w:val="0084779B"/>
     <w:rsid w:val="00852B79"/>
     <w:rsid w:val="00855360"/>
     <w:rsid w:val="00861722"/>
     <w:rsid w:val="008625C1"/>
     <w:rsid w:val="00864CC7"/>
     <w:rsid w:val="00871F22"/>
     <w:rsid w:val="0087671D"/>
     <w:rsid w:val="00877105"/>
     <w:rsid w:val="008806F9"/>
     <w:rsid w:val="00887957"/>
     <w:rsid w:val="008902D7"/>
     <w:rsid w:val="00890E1B"/>
+    <w:rsid w:val="00894FA8"/>
     <w:rsid w:val="008A57E3"/>
     <w:rsid w:val="008B1EF8"/>
     <w:rsid w:val="008B5BF4"/>
     <w:rsid w:val="008B790E"/>
     <w:rsid w:val="008C0CEE"/>
     <w:rsid w:val="008C1B18"/>
     <w:rsid w:val="008C7CC8"/>
     <w:rsid w:val="008D1B73"/>
     <w:rsid w:val="008D46EC"/>
     <w:rsid w:val="008D53F2"/>
     <w:rsid w:val="008D7610"/>
     <w:rsid w:val="008D78BD"/>
     <w:rsid w:val="008D7C68"/>
     <w:rsid w:val="008E03B8"/>
     <w:rsid w:val="008E0E25"/>
     <w:rsid w:val="008E2D75"/>
     <w:rsid w:val="008E61A1"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00907291"/>
     <w:rsid w:val="0091552E"/>
     <w:rsid w:val="00917EA3"/>
     <w:rsid w:val="00917EE0"/>
     <w:rsid w:val="00920EE6"/>
     <w:rsid w:val="00921C89"/>
     <w:rsid w:val="00921F86"/>
@@ -8777,99 +9545,102 @@
     <w:rsid w:val="009358CD"/>
     <w:rsid w:val="00937923"/>
     <w:rsid w:val="0094541D"/>
     <w:rsid w:val="009473EA"/>
     <w:rsid w:val="00954E7E"/>
     <w:rsid w:val="009554D9"/>
     <w:rsid w:val="00955AF0"/>
     <w:rsid w:val="0095680B"/>
     <w:rsid w:val="009572F9"/>
     <w:rsid w:val="00960011"/>
     <w:rsid w:val="00960D0F"/>
     <w:rsid w:val="0096472D"/>
     <w:rsid w:val="0096771E"/>
     <w:rsid w:val="00973FF9"/>
     <w:rsid w:val="00976619"/>
     <w:rsid w:val="00976808"/>
     <w:rsid w:val="00982E09"/>
     <w:rsid w:val="0098366F"/>
     <w:rsid w:val="00983A03"/>
     <w:rsid w:val="00983CBF"/>
     <w:rsid w:val="00986063"/>
     <w:rsid w:val="00991F67"/>
     <w:rsid w:val="00992304"/>
     <w:rsid w:val="00992876"/>
     <w:rsid w:val="0099396F"/>
+    <w:rsid w:val="00995E42"/>
     <w:rsid w:val="009A0DCE"/>
     <w:rsid w:val="009A22CD"/>
     <w:rsid w:val="009A3E4B"/>
     <w:rsid w:val="009A43A2"/>
     <w:rsid w:val="009A4D75"/>
     <w:rsid w:val="009B23BC"/>
     <w:rsid w:val="009B2B26"/>
     <w:rsid w:val="009B35FD"/>
     <w:rsid w:val="009B38B3"/>
     <w:rsid w:val="009B61C9"/>
     <w:rsid w:val="009B6815"/>
     <w:rsid w:val="009B69FB"/>
     <w:rsid w:val="009B7730"/>
     <w:rsid w:val="009D2967"/>
     <w:rsid w:val="009D3C2B"/>
     <w:rsid w:val="009E4191"/>
     <w:rsid w:val="009E6ACC"/>
     <w:rsid w:val="009F2AB1"/>
     <w:rsid w:val="009F3562"/>
     <w:rsid w:val="009F4FAF"/>
     <w:rsid w:val="009F5106"/>
     <w:rsid w:val="009F5C2C"/>
     <w:rsid w:val="009F68F1"/>
     <w:rsid w:val="00A00DE9"/>
     <w:rsid w:val="00A04529"/>
     <w:rsid w:val="00A04928"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A126C2"/>
     <w:rsid w:val="00A12F07"/>
     <w:rsid w:val="00A17135"/>
     <w:rsid w:val="00A21A6F"/>
     <w:rsid w:val="00A24E56"/>
     <w:rsid w:val="00A26A62"/>
+    <w:rsid w:val="00A30ADA"/>
     <w:rsid w:val="00A34A04"/>
     <w:rsid w:val="00A34D2A"/>
     <w:rsid w:val="00A358FE"/>
     <w:rsid w:val="00A35A9B"/>
     <w:rsid w:val="00A37BE6"/>
     <w:rsid w:val="00A4070E"/>
     <w:rsid w:val="00A40CA0"/>
     <w:rsid w:val="00A43111"/>
     <w:rsid w:val="00A504A7"/>
     <w:rsid w:val="00A524DB"/>
     <w:rsid w:val="00A524E4"/>
     <w:rsid w:val="00A52A38"/>
     <w:rsid w:val="00A53677"/>
     <w:rsid w:val="00A53BF2"/>
     <w:rsid w:val="00A55D67"/>
     <w:rsid w:val="00A60D68"/>
+    <w:rsid w:val="00A621E7"/>
     <w:rsid w:val="00A62759"/>
     <w:rsid w:val="00A65156"/>
     <w:rsid w:val="00A668F3"/>
     <w:rsid w:val="00A73EFA"/>
     <w:rsid w:val="00A77A3B"/>
     <w:rsid w:val="00A80250"/>
     <w:rsid w:val="00A92F6F"/>
     <w:rsid w:val="00A94056"/>
     <w:rsid w:val="00A945A2"/>
     <w:rsid w:val="00A97523"/>
     <w:rsid w:val="00AA29A3"/>
     <w:rsid w:val="00AA3111"/>
     <w:rsid w:val="00AA7824"/>
     <w:rsid w:val="00AB0FA3"/>
     <w:rsid w:val="00AB15A9"/>
     <w:rsid w:val="00AB2DAF"/>
     <w:rsid w:val="00AB53EB"/>
     <w:rsid w:val="00AB646E"/>
     <w:rsid w:val="00AB73BF"/>
     <w:rsid w:val="00AC0B37"/>
     <w:rsid w:val="00AC335C"/>
     <w:rsid w:val="00AC463E"/>
     <w:rsid w:val="00AC5694"/>
     <w:rsid w:val="00AD04BC"/>
     <w:rsid w:val="00AD3BE2"/>
@@ -8917,126 +9688,131 @@
     <w:rsid w:val="00B63BE2"/>
     <w:rsid w:val="00B64A3A"/>
     <w:rsid w:val="00B666ED"/>
     <w:rsid w:val="00B73DD2"/>
     <w:rsid w:val="00B7592C"/>
     <w:rsid w:val="00B75EA1"/>
     <w:rsid w:val="00B806D8"/>
     <w:rsid w:val="00B809D3"/>
     <w:rsid w:val="00B84B66"/>
     <w:rsid w:val="00B85475"/>
     <w:rsid w:val="00B9090A"/>
     <w:rsid w:val="00B916CE"/>
     <w:rsid w:val="00B92196"/>
     <w:rsid w:val="00B9228D"/>
     <w:rsid w:val="00B923BF"/>
     <w:rsid w:val="00B929EC"/>
     <w:rsid w:val="00B976B3"/>
     <w:rsid w:val="00BA141A"/>
     <w:rsid w:val="00BA22F4"/>
     <w:rsid w:val="00BA3BDB"/>
     <w:rsid w:val="00BB0725"/>
     <w:rsid w:val="00BB74A0"/>
     <w:rsid w:val="00BC408A"/>
     <w:rsid w:val="00BC5023"/>
     <w:rsid w:val="00BC556C"/>
+    <w:rsid w:val="00BD3BC8"/>
     <w:rsid w:val="00BD42DA"/>
     <w:rsid w:val="00BD4684"/>
     <w:rsid w:val="00BD5BDC"/>
     <w:rsid w:val="00BE08A7"/>
     <w:rsid w:val="00BE4391"/>
     <w:rsid w:val="00BF12A9"/>
     <w:rsid w:val="00BF332F"/>
     <w:rsid w:val="00BF3E48"/>
     <w:rsid w:val="00BF716A"/>
     <w:rsid w:val="00C0618E"/>
     <w:rsid w:val="00C06348"/>
     <w:rsid w:val="00C15F1B"/>
     <w:rsid w:val="00C16288"/>
     <w:rsid w:val="00C17D1D"/>
     <w:rsid w:val="00C22A17"/>
     <w:rsid w:val="00C25234"/>
     <w:rsid w:val="00C253EF"/>
     <w:rsid w:val="00C304F1"/>
     <w:rsid w:val="00C3162D"/>
+    <w:rsid w:val="00C32B9C"/>
     <w:rsid w:val="00C45923"/>
     <w:rsid w:val="00C465DE"/>
     <w:rsid w:val="00C543E7"/>
+    <w:rsid w:val="00C54481"/>
     <w:rsid w:val="00C56806"/>
     <w:rsid w:val="00C64D71"/>
     <w:rsid w:val="00C677B8"/>
     <w:rsid w:val="00C70225"/>
     <w:rsid w:val="00C72198"/>
     <w:rsid w:val="00C73C7D"/>
     <w:rsid w:val="00C75005"/>
     <w:rsid w:val="00C84120"/>
     <w:rsid w:val="00C845B5"/>
     <w:rsid w:val="00C95794"/>
     <w:rsid w:val="00C970DF"/>
     <w:rsid w:val="00C97396"/>
     <w:rsid w:val="00CA2FC7"/>
     <w:rsid w:val="00CA7E71"/>
     <w:rsid w:val="00CB1C4F"/>
     <w:rsid w:val="00CB2673"/>
     <w:rsid w:val="00CB3C05"/>
     <w:rsid w:val="00CB3C60"/>
+    <w:rsid w:val="00CB615F"/>
     <w:rsid w:val="00CB701D"/>
     <w:rsid w:val="00CC0263"/>
     <w:rsid w:val="00CC07E7"/>
     <w:rsid w:val="00CC3F0E"/>
     <w:rsid w:val="00CD08C9"/>
     <w:rsid w:val="00CD1FE8"/>
     <w:rsid w:val="00CD3837"/>
     <w:rsid w:val="00CD38CD"/>
     <w:rsid w:val="00CD3E0C"/>
     <w:rsid w:val="00CD5565"/>
     <w:rsid w:val="00CD616C"/>
     <w:rsid w:val="00CD76E8"/>
     <w:rsid w:val="00CE1E8F"/>
     <w:rsid w:val="00CE4EFC"/>
     <w:rsid w:val="00CF38B0"/>
     <w:rsid w:val="00CF68D6"/>
     <w:rsid w:val="00CF7B4A"/>
     <w:rsid w:val="00D009F8"/>
     <w:rsid w:val="00D06D0D"/>
     <w:rsid w:val="00D078DA"/>
     <w:rsid w:val="00D10EEB"/>
     <w:rsid w:val="00D1156B"/>
     <w:rsid w:val="00D14995"/>
     <w:rsid w:val="00D204F2"/>
     <w:rsid w:val="00D209F1"/>
     <w:rsid w:val="00D2122D"/>
     <w:rsid w:val="00D2455C"/>
     <w:rsid w:val="00D24922"/>
     <w:rsid w:val="00D25023"/>
     <w:rsid w:val="00D25408"/>
     <w:rsid w:val="00D27C62"/>
     <w:rsid w:val="00D27F8C"/>
     <w:rsid w:val="00D32A0E"/>
     <w:rsid w:val="00D33843"/>
     <w:rsid w:val="00D35B81"/>
     <w:rsid w:val="00D36FC0"/>
+    <w:rsid w:val="00D44142"/>
     <w:rsid w:val="00D4640F"/>
     <w:rsid w:val="00D50948"/>
     <w:rsid w:val="00D5418E"/>
     <w:rsid w:val="00D54A6F"/>
     <w:rsid w:val="00D56C32"/>
     <w:rsid w:val="00D57D57"/>
     <w:rsid w:val="00D62E42"/>
     <w:rsid w:val="00D772FB"/>
     <w:rsid w:val="00D859F3"/>
     <w:rsid w:val="00D94376"/>
     <w:rsid w:val="00D96390"/>
     <w:rsid w:val="00DA1AA0"/>
     <w:rsid w:val="00DA4B2E"/>
     <w:rsid w:val="00DA512B"/>
     <w:rsid w:val="00DB2F37"/>
     <w:rsid w:val="00DC44A8"/>
     <w:rsid w:val="00DD2B66"/>
     <w:rsid w:val="00DE4BEE"/>
     <w:rsid w:val="00DE5B3D"/>
     <w:rsid w:val="00DE7112"/>
     <w:rsid w:val="00DF19BE"/>
     <w:rsid w:val="00DF3B44"/>
     <w:rsid w:val="00DF773B"/>
     <w:rsid w:val="00E01762"/>
     <w:rsid w:val="00E1092D"/>
@@ -9571,1360 +10347,1362 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="007B00A0"/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="007B00A0"/>
   </w:style>
   <w:style w:type="character" w:styleId="LineNumber">
     <w:name w:val="line number"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b w:val="0"/>
       <w:i w:val="0"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NoSpacing">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptylineheader">
     <w:name w:val="sc_emptyline_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheader">
     <w:name w:val="sc_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbilltitle">
     <w:name w:val="sc_bill_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scenactingwords">
     <w:name w:val="sc_enacting_words"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccodifiedsection">
     <w:name w:val="sc_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesection">
     <w:name w:val="sc_new_code_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdirectionallanguage">
     <w:name w:val="sc_directional_language"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnoncodifiedsection">
     <w:name w:val="sc_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scemptyline">
     <w:name w:val="sc_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline1">
     <w:name w:val="sc_house_front_jacketheader_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousefrontjacketheaderline2">
     <w:name w:val="sc_house_front_jacketheader_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjacketsponsors">
     <w:name w:val="sc_jacket_sponsors"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillheaderjacket">
     <w:name w:val="sc_bill_header_jacket"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scjackettitle">
     <w:name w:val="sc_jacket_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptylines">
     <w:name w:val="sc_house_back_jacket_empty_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline1">
     <w:name w:val="sc_house_back_jacket_line1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketemptyline2">
     <w:name w:val="sc_house_back_jacket_empty_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketline2">
     <w:name w:val="sc_house_back_jacket_line2"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="16"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousejacketdirector">
     <w:name w:val="sc_house_jacket_director"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketattybilltype">
     <w:name w:val="sc_house_back_jacket_atty_billtype"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="216"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="schousebackjacketproofreadline">
     <w:name w:val="sc_house_back_jacket_proofread_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="left" w:pos="4500"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="648"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippage">
     <w:name w:val="sc_clip_page"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagedocpath">
     <w:name w:val="sc_clip_page_doc_path"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scclippageDocName">
     <w:name w:val="sc_clip_page_Doc_Name"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:color w:val="auto"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagebillheader">
     <w:name w:val="sc_clip_page_bill_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:caps/>
       <w:sz w:val="30"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scclippagetitle">
     <w:name w:val="sc_clip_page_title"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scnewcodesectionnextsection">
     <w:name w:val="sc_new_code_section_next_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillfooter">
     <w:name w:val="sc_bill_footer"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8784"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="sctables">
     <w:name w:val="sc_tables"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scdraftheader">
     <w:name w:val="sc_draft_header"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstricken">
     <w:name w:val="sc_coversheet_stricken"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:strike/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetunderline">
     <w:name w:val="sc_coversheet_underline"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:u w:val="single"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetemptyline">
     <w:name w:val="sc_coversheet_empty_line"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetstatus">
     <w:name w:val="sc_coversheet_status"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:caps/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetinfo">
     <w:name w:val="sc_coversheet_info"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetbillno">
     <w:name w:val="sc_coversheet_bill_no"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="8986"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:sz w:val="36"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsponsor6">
     <w:name w:val="sc_coversheet_sponsor_6"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillendxx">
     <w:name w:val="sc_bill_end_xx"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillwhereasclause">
     <w:name w:val="sc_bill_whereas_clause"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="432"/>
         <w:tab w:val="left" w:pos="648"/>
         <w:tab w:val="left" w:pos="864"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="1296"/>
         <w:tab w:val="left" w:pos="1512"/>
         <w:tab w:val="left" w:pos="1728"/>
         <w:tab w:val="left" w:pos="1944"/>
         <w:tab w:val="left" w:pos="2160"/>
         <w:tab w:val="left" w:pos="2376"/>
         <w:tab w:val="left" w:pos="2592"/>
         <w:tab w:val="left" w:pos="2808"/>
         <w:tab w:val="left" w:pos="3024"/>
         <w:tab w:val="left" w:pos="3240"/>
         <w:tab w:val="left" w:pos="3456"/>
         <w:tab w:val="left" w:pos="3672"/>
         <w:tab w:val="left" w:pos="3888"/>
         <w:tab w:val="left" w:pos="4104"/>
         <w:tab w:val="left" w:pos="4320"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
         <w:tab w:val="left" w:pos="4968"/>
         <w:tab w:val="left" w:pos="5184"/>
         <w:tab w:val="left" w:pos="5400"/>
         <w:tab w:val="left" w:pos="5616"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cstheme="majorBidi"/>
       <w:szCs w:val="32"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablecodifiedsection">
     <w:name w:val="sc_table_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctableln">
     <w:name w:val="sc_table_ln"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sctablenoncodifiedsection">
     <w:name w:val="sc_table_non_codified_section"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrike">
     <w:name w:val="sc_strike"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsert">
     <w:name w:val="sc_insert"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertred">
     <w:name w:val="sc_insert_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertblue">
     <w:name w:val="sc_insert_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="single"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikered">
     <w:name w:val="sc_strike_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikeblue">
     <w:name w:val="sc_strike_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertbluenounderline">
     <w:name w:val="sc_insert_blue_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scinsertrednounderline">
     <w:name w:val="sc_insert_red_no_underline"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:dstrike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikebluenoncodified">
     <w:name w:val="sc_strike_blue_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="0070C0"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikerednoncodified">
     <w:name w:val="sc_strike_red_non_codified"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike/>
       <w:dstrike w:val="0"/>
       <w:color w:val="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="scbillsiglines">
     <w:name w:val="sc_bill_sig_lines"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="216"/>
         <w:tab w:val="left" w:pos="4536"/>
         <w:tab w:val="left" w:pos="4752"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorecode">
     <w:name w:val="sc_restore_code"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FEC6C6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstoreblue">
     <w:name w:val="sc_restore_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:color w:val="4472C4" w:themeColor="accent1"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="screstorered">
     <w:name w:val="sc_restore_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:color w:val="FF0000"/>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewblue">
     <w:name w:val="sc_strike_new_blue"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="0070C0"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scstrikenewred">
     <w:name w:val="sc_strike_new_red"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:strike w:val="0"/>
       <w:dstrike/>
       <w:color w:val="FF0000"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendsenate">
     <w:name w:val="sc_amend_senate"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="scamendhouse">
     <w:name w:val="sc_amend_house"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00131DF3"/>
+    <w:rsid w:val="007B00A0"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetitalics">
     <w:name w:val="sc_coversheet_italics"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:i/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="sccoversheetsenate">
     <w:name w:val="sc_coversheet_senate"/>
     <w:qFormat/>
     <w:rsid w:val="00FF1A96"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -11050,51 +11828,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2320193">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:encoding w:val="utf-8"/>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=867&amp;session=126&amp;summary=B" TargetMode="External" Id="R39dae83b42184ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/867_20260129.docx" TargetMode="External" Id="Rda47f4f01aec4314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260129.docx" TargetMode="External" Id="R7625ed873eb4403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260129.docx" TargetMode="External" Id="Rc124a91966634864" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/billsearch.php?billnumbers=867&amp;session=126&amp;summary=B" TargetMode="External" Id="Rf4c5044b455d4b38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/867_20260129.docx" TargetMode="External" Id="R424f2daab1ed4f6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scstatehouse.gov/sess126_2025-2026/prever/867_20260130.docx" TargetMode="External" Id="R05bc70c8d4ee4000" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260129.docx" TargetMode="External" Id="R9a0fb7e8bd7244a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="h:\sj\20260129.docx" TargetMode="External" Id="R3c253dcd622b4d59" /></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48CE20B8-D159-4DBC-A52E-8E64E4E0A626}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -11183,74 +11961,76 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D4365"/>
     <w:rsid w:val="00025E23"/>
     <w:rsid w:val="0008369C"/>
+    <w:rsid w:val="00087CC2"/>
     <w:rsid w:val="000C5BC7"/>
     <w:rsid w:val="000F401F"/>
     <w:rsid w:val="00140B15"/>
     <w:rsid w:val="00187E87"/>
     <w:rsid w:val="001B20DA"/>
     <w:rsid w:val="001C48FD"/>
     <w:rsid w:val="002A7C8A"/>
     <w:rsid w:val="002D4365"/>
     <w:rsid w:val="003E4FBC"/>
     <w:rsid w:val="003F4940"/>
     <w:rsid w:val="004E2BB5"/>
     <w:rsid w:val="00580C56"/>
     <w:rsid w:val="005B6C29"/>
     <w:rsid w:val="005D217C"/>
     <w:rsid w:val="005D6CBF"/>
     <w:rsid w:val="00612988"/>
     <w:rsid w:val="006B363F"/>
     <w:rsid w:val="007070D2"/>
     <w:rsid w:val="00730C87"/>
     <w:rsid w:val="0074205B"/>
     <w:rsid w:val="00776F2C"/>
     <w:rsid w:val="007A1E02"/>
     <w:rsid w:val="007C5C6D"/>
     <w:rsid w:val="007F0249"/>
+    <w:rsid w:val="00894FA8"/>
     <w:rsid w:val="008E2D75"/>
     <w:rsid w:val="008F7723"/>
     <w:rsid w:val="009031EF"/>
     <w:rsid w:val="00912A5F"/>
     <w:rsid w:val="00940EED"/>
     <w:rsid w:val="00985255"/>
     <w:rsid w:val="009B23BC"/>
     <w:rsid w:val="009B38B3"/>
     <w:rsid w:val="009C3651"/>
     <w:rsid w:val="00A51DBA"/>
     <w:rsid w:val="00B20DA6"/>
     <w:rsid w:val="00B457AF"/>
     <w:rsid w:val="00B666ED"/>
     <w:rsid w:val="00BA22F4"/>
     <w:rsid w:val="00BF12A9"/>
     <w:rsid w:val="00BF56C3"/>
     <w:rsid w:val="00C43C7E"/>
     <w:rsid w:val="00C818FB"/>
     <w:rsid w:val="00CC0451"/>
     <w:rsid w:val="00CD3837"/>
     <w:rsid w:val="00D6665C"/>
     <w:rsid w:val="00D900BD"/>
     <w:rsid w:val="00D94376"/>
     <w:rsid w:val="00E4606F"/>
     <w:rsid w:val="00E76813"/>
@@ -12006,71 +12786,119 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version='1.0' encoding='UTF-8' standalone='yes'?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<lwb360Metadata xmlns="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata">
+  <DOCUMENT_TYPE>Bill</DOCUMENT_TYPE>
+  <FILENAME>&lt;&lt;filename&gt;&gt;</FILENAME>
+  <ID>d5a1ae88-71f3-431a-98ce-51ce1c3a620e</ID>
+  <IS_BUDGET_DOCUMENT>False</IS_BUDGET_DOCUMENT>
+  <IS_EXCHANGE_POLLABLE>False</IS_EXCHANGE_POLLABLE>
+  <T_BILL_B_HASSTRIKEALL>False</T_BILL_B_HASSTRIKEALL>
+  <T_BILL_B_ISACT>False</T_BILL_B_ISACT>
+  <T_BILL_B_ISACTJACKET>False</T_BILL_B_ISACTJACKET>
+  <T_BILL_B_ISAMENDMENTTOCONSTITUTION>False</T_BILL_B_ISAMENDMENTTOCONSTITUTION>
+  <T_BILL_B_ISCOMMITTEEREPORT>False</T_BILL_B_ISCOMMITTEEREPORT>
+  <T_BILL_B_ISCONFERENCEREPORT>False</T_BILL_B_ISCONFERENCEREPORT>
+  <T_BILL_B_ISCURRENT>True</T_BILL_B_ISCURRENT>
+  <T_BILL_B_ISDELTA>False</T_BILL_B_ISDELTA>
+  <T_BILL_B_ISDRAFTJACKET>False</T_BILL_B_ISDRAFTJACKET>
+  <T_BILL_B_ISINTRODUCED>True</T_BILL_B_ISINTRODUCED>
+  <T_BILL_B_ISMARKEDUP>False</T_BILL_B_ISMARKEDUP>
+  <T_BILL_B_ISMERGED>False</T_BILL_B_ISMERGED>
+  <T_BILL_B_ISPREFILED>False</T_BILL_B_ISPREFILED>
+  <T_BILL_B_ISREINTROCOMPANION>False</T_BILL_B_ISREINTROCOMPANION>
+  <T_BILL_B_ISTEMPORARY>False</T_BILL_B_ISTEMPORARY>
+  <T_BILL_DT_VERSION>2026-01-29T00:00:00-05:00</T_BILL_DT_VERSION>
+  <T_BILL_D_INTRODATE>2026-01-29</T_BILL_D_INTRODATE>
+  <T_BILL_D_SENATEINTRODATE>2026-01-29</T_BILL_D_SENATEINTRODATE>
+  <T_BILL_N_INTERNALVERSIONNUMBER>1</T_BILL_N_INTERNALVERSIONNUMBER>
+  <T_BILL_N_SESSION>126</T_BILL_N_SESSION>
+  <T_BILL_N_VERSIONNUMBER>1</T_BILL_N_VERSIONNUMBER>
+  <T_BILL_N_YEAR>2026</T_BILL_N_YEAR>
+  <T_BILL_REQUEST_REQUEST>0ea6c48f-855b-40d5-8129-c46798e68061</T_BILL_REQUEST_REQUEST>
+  <T_BILL_R_ORIGINALDRAFT>46a1b796-03e5-486f-8607-ad96501d89c6</T_BILL_R_ORIGINALDRAFT>
+  <T_BILL_SPONSOR_SPONSOR>009ee0f6-f8b0-490c-98e1-d3f8ec525bca</T_BILL_SPONSOR_SPONSOR>
+  <T_BILL_T_BILLNAME>[0867]</T_BILL_T_BILLNAME>
+  <T_BILL_T_BILLNUMBER>867</T_BILL_T_BILLNUMBER>
+  <T_BILL_T_BILLTITLE>TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE “DATA CENTER DEVELOPMENT ACT”; BY ADDING SECTION 49‑35‑10 SO AS TO DEFINE TERMS PERTAINING TO DATA CENTER DEVELOPMENT; BY ADDING SECTION 49‑35‑20 SO AS TO ESTABLISH THE DATA CENTER DEVELOPMENT OFFICE IN THE DEPARTMENT OF ENVIRONMENTAL SERVICES, TO PROVIDE FOR THE POWERS AND DUTIES OF THE OFFICE, TO ESTABLISH THE DATA CENTER INDUSTRY ADVISORY COMMITTEE, TO PROVIDE FOR THE ADVISORY COMMITTEE’S MEMBERSHIP, AND TO PROVIDE FOR THE ADVISORY COMMITTEE’S POWERS AND DUTIES; BY ADDING SECTION 49‑35‑30 SO AS TO REQUIRE A SITING PERMIT BEFORE A DATA CENTER MAY LOCATE A FACILITY AT A PARTICULAR LOCATION, TO PROVIDE FOR THE PERMIT APPLICATION PROCESS, AND TO PROVIDE FOR THE TIMELINE FOR CONSIDERATION OF APPLICATIONS; BY ADDING SECTION 49‑35‑40 SO AS TO PROVIDE FOR PERFORMANCE‑BASED OPERATIONAL EFFICIENCY STANDARDS, WATER EFFICIENCY STANDARDS, AND TO REQUIRE ANNUAL REPORTS; BY ADDING SECTION 49‑35‑50 SO AS TO PROVIDE FOR INFRASTRUCTURE ADEQUACY ASSESSMENTS, TO PROVIDE FOR ENVIRONMENTAL IMPACT ASSESSMENTS, AND TO PROVIDE FOR REASONABLE BUFFER REQUIREMENTS; BY ADDING SECTION 49‑35‑60 SO AS TO PROVIDE FOR THE PUBLIC SERVICE COMMISSION’S ROLE CONCERNING RATES, AGREEMENTS BETWEEN UTILITIES AND DATA CENTERS, AND COST ALLOCATION METHODOLOGIES; BY ADDING SECTION 49‑35‑70 SO AS TO PROVIDE FOR DECOMMISSIONING PLANS AND FINANCIAL ASSURANCES ASSOCIATED WITH DECOMMISSIONING; BY ADDING SECTION 49‑35‑80 SO AS TO PROVIDE FOR THE INTERACTION BETWEEN THE PROVISIONS OF THIS CHAPTER AND LOCAL GOVERNMENTS AND LOCAL GOVERNMENT LAND USE PLANNING; BY ADDING SECTION 49‑35‑90 SO AS TO REQUIRE DATA CENTERS TO IMPLEMENT REASONABLE MEASURES TO MINIMIZE NOISE, VIBRATION, AND LIGHT IMPACTS RESULTING FROM THEIR OPERATION; BY ADDING SECTION 49‑35‑100 SO AS TO PROVIDE PROTECTIONS FOR CONFIDENTIAL INFORMATION SHARED WITH THE OFFICE BY DATA CENTER OPERATORS; BY ADDING SECTION 49‑35‑110 SO AS TO CLARIFY THE INTERACTION BETWEEN THIS CHAPTER AND OTHER ENVIRONMENTAL LAWS; BY ADDING SECTION 49‑35‑120 SO AS TO PROVIDE FOR ENFORCEMENT AND PENALTIES; TO PROVIDE THAT THE PROVISIONS OF THIS CHAPTER ARE PROSPECTIVE; TO PROVIDE FOR REGULATIONS FROM THE DEPARTMENT OF ENVIRONMENTAL SERVICES; AND TO PROVIDE THAT FOR TWO YEARS AFTER ENACTMENT THE DEPARTMENT OF ENVIRONMENTAL SERVICES SHALL PRIORITIZE TECHNICAL ASSISTANCE AND GUIDANCE OVER ENFORCEMENT TO FACILITATE INDUSTRY TRANSITION TO THE NEW REQUIREMENTS.</T_BILL_T_BILLTITLE>
+  <T_BILL_T_CHAMBER>senate</T_BILL_T_CHAMBER>
+  <T_BILL_T_FILENAME>
+  </T_BILL_T_FILENAME>
+  <T_BILL_T_LEGTYPE>bill_statewide</T_BILL_T_LEGTYPE>
+  <T_BILL_T_RATNUMBERSTRING>SNone</T_BILL_T_RATNUMBERSTRING>
+  <T_BILL_T_SECTIONS>[{"SectionUUID":"e1d863ab-1a1e-4780-bf17-075eb6547139","SectionName":"Citing an Act","SectionNumber":1,"SectionType":"new","CodeSections":[],"TitleText":"so as to enact the “The Data Center Development Act”","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_1_671a2cecb"},{"SectionUUID":"c5e73068-a6cd-45fa-941f-6fed3dad32f6","SectionName":"New Blank SECTION","SectionNumber":2,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_2_35362af2a"},{"SectionUUID":"a4f73a61-ecbd-45f4-808f-c70275744b9c","SectionName":"code_section","SectionNumber":3,"SectionType":"code_section","CodeSections":[{"CodeSectionBookmarkName":"ns_T49C35N20_3b265dfda","IsConstitutionSection":false,"Identity":"49-35-20","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N20SA","SubSectionBookmarkName":"ss_T49C35N20SA_lv1_7174c0b4e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N20SB","SubSectionBookmarkName":"ss_T49C35N20SB_lv1_b9b07a3b5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S1","SubSectionBookmarkName":"ss_T49C35N20S1_lv2_c2f4e0a9a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sa","SubSectionBookmarkName":"ss_T49C35N20Sa_lv3_f7cf4a602","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sb","SubSectionBookmarkName":"ss_T49C35N20Sb_lv3_6072f5042","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sc","SubSectionBookmarkName":"ss_T49C35N20Sc_lv3_3f901a1c4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sd","SubSectionBookmarkName":"ss_T49C35N20Sd_lv3_e142b8df1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Se","SubSectionBookmarkName":"ss_T49C35N20Se_lv3_d622aa099","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sf","SubSectionBookmarkName":"ss_T49C35N20Sf_lv3_3ca066f33","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sg","SubSectionBookmarkName":"ss_T49C35N20Sg_lv3_f67f2c96e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sh","SubSectionBookmarkName":"ss_T49C35N20Sh_lv3_a2b8850c0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Si","SubSectionBookmarkName":"ss_T49C35N20Si_lv3_a025a53d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sj","SubSectionBookmarkName":"ss_T49C35N20Sj_lv3_204b556ac","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sk","SubSectionBookmarkName":"ss_T49C35N20Sk_lv3_048d3c9e7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sl","SubSectionBookmarkName":"ss_T49C35N20Sl_lv3_0d23056e1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S2","SubSectionBookmarkName":"ss_T49C35N20S2_lv2_0a295d43a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N20SC","SubSectionBookmarkName":"ss_T49C35N20SC_lv1_723757f45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S1","SubSectionBookmarkName":"ss_T49C35N20S1_lv2_4be372efa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S2","SubSectionBookmarkName":"ss_T49C35N20S2_lv2_c43d79e0d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S3","SubSectionBookmarkName":"ss_T49C35N20S3_lv2_46ec96d98","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S4","SubSectionBookmarkName":"ss_T49C35N20S4_lv2_92156fec7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N20SD","SubSectionBookmarkName":"ss_T49C35N20SD_lv1_9f51eef7d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N20SE","SubSectionBookmarkName":"ss_T49C35N20SE_lv1_feb9c7b1a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S1","SubSectionBookmarkName":"ss_T49C35N20S1_lv2_5ea8b51d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sa","SubSectionBookmarkName":"ss_T49C35N20Sa_lv3_41e1de58f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sb","SubSectionBookmarkName":"ss_T49C35N20Sb_lv3_cfd08bd98","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sc","SubSectionBookmarkName":"ss_T49C35N20Sc_lv3_3f25dd353","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sd","SubSectionBookmarkName":"ss_T49C35N20Sd_lv3_fda61d398","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Se","SubSectionBookmarkName":"ss_T49C35N20Se_lv3_f04185bf2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sf","SubSectionBookmarkName":"ss_T49C35N20Sf_lv3_32bc153f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sg","SubSectionBookmarkName":"ss_T49C35N20Sg_lv3_f414956d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sh","SubSectionBookmarkName":"ss_T49C35N20Sh_lv3_ffb94e61c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Si","SubSectionBookmarkName":"ss_T49C35N20Si_lv3_2e93631c1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N20Sj","SubSectionBookmarkName":"ss_T49C35N20Sj_lv3_5681316d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S2","SubSectionBookmarkName":"ss_T49C35N20S2_lv2_029b3148f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S3","SubSectionBookmarkName":"ss_T49C35N20S3_lv2_9661accd5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N20S4","SubSectionBookmarkName":"ss_T49C35N20S4_lv2_411fdbff7","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"establish the Data Center Development Office in the Department of Environmental Services, to provide for the powers and duties of the office, and to establish the data center industry advisory committee, to provide for the advisory committee's membership, and to provide for the advisory committee's powers and duties","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N30_7053bdf89","IsConstitutionSection":false,"Identity":"49-35-30","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N30SA","SubSectionBookmarkName":"ss_T49C35N30SA_lv1_b7dac12db","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N30SB","SubSectionBookmarkName":"ss_T49C35N30SB_lv1_2faff9ce8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N30SC","SubSectionBookmarkName":"ss_T49C35N30SC_lv1_2b25810ba","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N30S1","SubSectionBookmarkName":"ss_T49C35N30S1_lv2_e8367a751","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N30S2","SubSectionBookmarkName":"ss_T49C35N30S2_lv2_0c46d872e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sa","SubSectionBookmarkName":"ss_T49C35N30Sa_lv3_b836d640e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sb","SubSectionBookmarkName":"ss_T49C35N30Sb_lv3_1f80aefe9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sc","SubSectionBookmarkName":"ss_T49C35N30Sc_lv3_6db28dd92","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N30S3","SubSectionBookmarkName":"ss_T49C35N30S3_lv2_713f1c9e0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sa","SubSectionBookmarkName":"ss_T49C35N30Sa_lv3_f6ced55c2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sb","SubSectionBookmarkName":"ss_T49C35N30Sb_lv3_1fe03b0a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Si","SubSectionBookmarkName":"ss_T49C35N30Si_lv4_df1524670","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Sii","SubSectionBookmarkName":"ss_T49C35N30Sii_lv4_f5f2af421","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Siii","SubSectionBookmarkName":"ss_T49C35N30Siii_lv4_ab4d6fdb3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Siv","SubSectionBookmarkName":"ss_T49C35N30Siv_lv4_0b9549a55","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Sv","SubSectionBookmarkName":"ss_T49C35N30Sv_lv4_c5d97c089","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Svi","SubSectionBookmarkName":"ss_T49C35N30Svi_lv4_4c3e2c505","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sc","SubSectionBookmarkName":"ss_T49C35N30Sc_lv3_332e3fff7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N30S4","SubSectionBookmarkName":"ss_T49C35N30S4_lv2_45b1279e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sa","SubSectionBookmarkName":"ss_T49C35N30Sa_lv3_4ca4c9be6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sb","SubSectionBookmarkName":"ss_T49C35N30Sb_lv3_f10b2e369","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Si","SubSectionBookmarkName":"ss_T49C35N30Si_lv4_298b45ded","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Sii","SubSectionBookmarkName":"ss_T49C35N30Sii_lv4_6050deb12","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Siii","SubSectionBookmarkName":"ss_T49C35N30Siii_lv4_38cbe29b4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Siv","SubSectionBookmarkName":"ss_T49C35N30Siv_lv4_01c86dbc9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N30Sc","SubSectionBookmarkName":"ss_T49C35N30Sc_lv3_1ed6ccf8b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N30SD","SubSectionBookmarkName":"ss_T49C35N30SD_lv1_00a313728","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":4,"Identity":"T49C35N30Svii","SubSectionBookmarkName":"ss_T49C35N30Svii_lv4_4c3e21111","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"require a siting permit before a data center may locate a facility at a particular location, to provide for the permit application process, and to provide for the timeline for consideration of applications","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N40_739f015d9","IsConstitutionSection":false,"Identity":"49-35-40","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N40SA","SubSectionBookmarkName":"ss_T49C35N40SA_lv1_ee77668ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S1","SubSectionBookmarkName":"ss_T49C35N40S1_lv2_703583318","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S2","SubSectionBookmarkName":"ss_T49C35N40S2_lv2_3c0f7a605","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S3","SubSectionBookmarkName":"ss_T49C35N40S3_lv2_768951d6f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N40SB","SubSectionBookmarkName":"ss_T49C35N40SB_lv1_d03052aa4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S1","SubSectionBookmarkName":"ss_T49C35N40S1_lv2_2e163981f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sa","SubSectionBookmarkName":"ss_T49C35N40Sa_lv3_f8a5175e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sb","SubSectionBookmarkName":"ss_T49C35N40Sb_lv3_fab8c379c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sc","SubSectionBookmarkName":"ss_T49C35N40Sc_lv3_958a45294","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sd","SubSectionBookmarkName":"ss_T49C35N40Sd_lv3_f40374cb2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Se","SubSectionBookmarkName":"ss_T49C35N40Se_lv3_04acccad7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sf","SubSectionBookmarkName":"ss_T49C35N40Sf_lv3_f3bd74ee0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sg","SubSectionBookmarkName":"ss_T49C35N40Sg_lv3_4d7c9ad07","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S2","SubSectionBookmarkName":"ss_T49C35N40S2_lv2_bf7423feb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S3","SubSectionBookmarkName":"ss_T49C35N40S3_lv2_58a83eecc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sa","SubSectionBookmarkName":"ss_T49C35N40Sa_lv3_55726e1a2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sb","SubSectionBookmarkName":"ss_T49C35N40Sb_lv3_94a6f1c61","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sc","SubSectionBookmarkName":"ss_T49C35N40Sc_lv3_65e16c885","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S4","SubSectionBookmarkName":"ss_T49C35N40S4_lv2_49e667b3f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sa","SubSectionBookmarkName":"ss_T49C35N40Sa_lv3_7a7297c45","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sb","SubSectionBookmarkName":"ss_T49C35N40Sb_lv3_dc9c5b3c3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sc","SubSectionBookmarkName":"ss_T49C35N40Sc_lv3_20e37e9d8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sd","SubSectionBookmarkName":"ss_T49C35N40Sd_lv3_4be80618d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N40SC","SubSectionBookmarkName":"ss_T49C35N40SC_lv1_f20754b5d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S1","SubSectionBookmarkName":"ss_T49C35N40S1_lv2_8a3d5b1c6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sa","SubSectionBookmarkName":"ss_T49C35N40Sa_lv3_edb9ddd79","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sb","SubSectionBookmarkName":"ss_T49C35N40Sb_lv3_6f8c5f60a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N40Sc","SubSectionBookmarkName":"ss_T49C35N40Sc_lv3_8cd750072","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S2","SubSectionBookmarkName":"ss_T49C35N40S2_lv2_69a2e671a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N40S3","SubSectionBookmarkName":"ss_T49C35N40S3_lv2_c226e6ff3","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide for performance-based operational efficiency standards, water efficiency standards, and to require annual reports","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N50_dd541d428","IsConstitutionSection":false,"Identity":"49-35-50","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N50SA","SubSectionBookmarkName":"ss_T49C35N50SA_lv1_222baf6a4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N50SB","SubSectionBookmarkName":"ss_T49C35N50SB_lv1_431271114","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S1","SubSectionBookmarkName":"ss_T49C35N50S1_lv2_39a3afbcb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sa","SubSectionBookmarkName":"ss_T49C35N50Sa_lv3_ce5f7ef1c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sb","SubSectionBookmarkName":"ss_T49C35N50Sb_lv3_3b63b45fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sc","SubSectionBookmarkName":"ss_T49C35N50Sc_lv3_ebf6b81ff","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sd","SubSectionBookmarkName":"ss_T49C35N50Sd_lv3_f073a631d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S2","SubSectionBookmarkName":"ss_T49C35N50S2_lv2_a9d9c4d77","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N50SC","SubSectionBookmarkName":"ss_T49C35N50SC_lv1_939f9424d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S1","SubSectionBookmarkName":"ss_T49C35N50S1_lv2_4c9d6adaa","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S2","SubSectionBookmarkName":"ss_T49C35N50S2_lv2_5ce8602cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S3","SubSectionBookmarkName":"ss_T49C35N50S3_lv2_5e58f81d2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N50SD","SubSectionBookmarkName":"ss_T49C35N50SD_lv1_83e7256ef","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N50SE","SubSectionBookmarkName":"ss_T49C35N50SE_lv1_408152b15","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S1","SubSectionBookmarkName":"ss_T49C35N50S1_lv2_e49aa73e0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sa","SubSectionBookmarkName":"ss_T49C35N50Sa_lv3_d451f8901","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sb","SubSectionBookmarkName":"ss_T49C35N50Sb_lv3_38f053e1c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S2","SubSectionBookmarkName":"ss_T49C35N50S2_lv2_274294ad8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sa","SubSectionBookmarkName":"ss_T49C35N50Sa_lv3_8bbbc59fd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sb","SubSectionBookmarkName":"ss_T49C35N50Sb_lv3_c5187296e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sc","SubSectionBookmarkName":"ss_T49C35N50Sc_lv3_ce45e6663","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sd","SubSectionBookmarkName":"ss_T49C35N50Sd_lv3_68c34d3bc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S3","SubSectionBookmarkName":"ss_T49C35N50S3_lv2_89adcb4f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S4","SubSectionBookmarkName":"ss_T49C35N50S4_lv2_b0d207ee6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S5","SubSectionBookmarkName":"ss_T49C35N50S5_lv2_25076c6cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S6","SubSectionBookmarkName":"ss_T49C35N50S6_lv2_26d666cc2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N50SF","SubSectionBookmarkName":"ss_T49C35N50SF_lv1_bdd8ea0b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S1","SubSectionBookmarkName":"ss_T49C35N50S1_lv2_588f6cdf7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sa","SubSectionBookmarkName":"ss_T49C35N50Sa_lv3_cbdcf9872","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sb","SubSectionBookmarkName":"ss_T49C35N50Sb_lv3_11b34dd83","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sc","SubSectionBookmarkName":"ss_T49C35N50Sc_lv3_84fbd6347","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sd","SubSectionBookmarkName":"ss_T49C35N50Sd_lv3_0f8e9756f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S2","SubSectionBookmarkName":"ss_T49C35N50S2_lv2_19a48bff4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sa","SubSectionBookmarkName":"ss_T49C35N50Sa_lv3_48544a04f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sb","SubSectionBookmarkName":"ss_T49C35N50Sb_lv3_052adb2cd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N50Sc","SubSectionBookmarkName":"ss_T49C35N50Sc_lv3_de0b53c36","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N50S3","SubSectionBookmarkName":"ss_T49C35N50S3_lv2_564cdef09","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide for infrastructure adequacy assessments, to provide for environmental impact assessments, and to provide for reasonable buffer requirements ","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N60_34ca3951b","IsConstitutionSection":false,"Identity":"49-35-60","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N60SA","SubSectionBookmarkName":"ss_T49C35N60SA_lv1_1bedec0eb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_a3c0af5b7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_6e3a6c7e8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S3","SubSectionBookmarkName":"ss_T49C35N60S3_lv2_7b7a29d86","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S4","SubSectionBookmarkName":"ss_T49C35N60S4_lv2_a54d07358","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SB","SubSectionBookmarkName":"ss_T49C35N60SB_lv1_740818ca9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_c0a704ab9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_e8a0963d5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SC","SubSectionBookmarkName":"ss_T49C35N60SC_lv1_93319206c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_0c72473c8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_5a0a265a5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S3","SubSectionBookmarkName":"ss_T49C35N60S3_lv2_c98d4bc67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S4","SubSectionBookmarkName":"ss_T49C35N60S4_lv2_65c58ff42","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S5","SubSectionBookmarkName":"ss_T49C35N60S5_lv2_88c00ee30","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S6","SubSectionBookmarkName":"ss_T49C35N60S6_lv2_9ea031f9f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SD","SubSectionBookmarkName":"ss_T49C35N60SD_lv1_304483a0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_eb3af7f7f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sa","SubSectionBookmarkName":"ss_T49C35N60Sa_lv3_ded6e0c39","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sb","SubSectionBookmarkName":"ss_T49C35N60Sb_lv3_a39ccc46c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sc","SubSectionBookmarkName":"ss_T49C35N60Sc_lv3_09633f44f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_f355cd879","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S3","SubSectionBookmarkName":"ss_T49C35N60S3_lv2_6542d9cd2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SE","SubSectionBookmarkName":"ss_T49C35N60SE_lv1_80f3a8ac1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_a6961e03b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_20f130dee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SF","SubSectionBookmarkName":"ss_T49C35N60SF_lv1_88bffdd14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_a6193ea3c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sa","SubSectionBookmarkName":"ss_T49C35N60Sa_lv3_968d8da88","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sb","SubSectionBookmarkName":"ss_T49C35N60Sb_lv3_a899c6ff2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sc","SubSectionBookmarkName":"ss_T49C35N60Sc_lv3_803f5d88a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sd","SubSectionBookmarkName":"ss_T49C35N60Sd_lv3_4efca2bf0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_8bde0354d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sa","SubSectionBookmarkName":"ss_T49C35N60Sa_lv3_a9df7a529","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sb","SubSectionBookmarkName":"ss_T49C35N60Sb_lv3_bc18ebad8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sc","SubSectionBookmarkName":"ss_T49C35N60Sc_lv3_2fe4ecc6e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sd","SubSectionBookmarkName":"ss_T49C35N60Sd_lv3_5c1da6192","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SG","SubSectionBookmarkName":"ss_T49C35N60SG_lv1_cede32f02","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_aa4fdbdf0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sa","SubSectionBookmarkName":"ss_T49C35N60Sa_lv3_de27597ae","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sb","SubSectionBookmarkName":"ss_T49C35N60Sb_lv3_a0c0ae4a9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sc","SubSectionBookmarkName":"ss_T49C35N60Sc_lv3_5c293409e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sd","SubSectionBookmarkName":"ss_T49C35N60Sd_lv3_3571fe80a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Se","SubSectionBookmarkName":"ss_T49C35N60Se_lv3_a978e80d1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_2ae56e373","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SH","SubSectionBookmarkName":"ss_T49C35N60SH_lv1_b10bd618e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_28296aba7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sa","SubSectionBookmarkName":"ss_T49C35N60Sa_lv3_a70b3501a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sb","SubSectionBookmarkName":"ss_T49C35N60Sb_lv3_2458b9930","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N60Sc","SubSectionBookmarkName":"ss_T49C35N60Sc_lv3_ba610a74f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_e5ecd680f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N60SI","SubSectionBookmarkName":"ss_T49C35N60SI_lv1_f1abc0327","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S1","SubSectionBookmarkName":"ss_T49C35N60S1_lv2_f429c4560","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S2","SubSectionBookmarkName":"ss_T49C35N60S2_lv2_832069025","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S3","SubSectionBookmarkName":"ss_T49C35N60S3_lv2_7a0400e87","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S4","SubSectionBookmarkName":"ss_T49C35N60S4_lv2_4bbabb543","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N60S5","SubSectionBookmarkName":"ss_T49C35N60S5_lv2_c4ba26f67","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide for the public service commission's role concerning rates, agreements between utilities and data centers, and cost allocation methodologies","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N70_4c48986b5","IsConstitutionSection":false,"Identity":"49-35-70","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N70SA","SubSectionBookmarkName":"ss_T49C35N70SA_lv1_645fceffd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S1","SubSectionBookmarkName":"ss_T49C35N70S1_lv2_364e32fec","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S2","SubSectionBookmarkName":"ss_T49C35N70S2_lv2_c04a9b7ee","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S3","SubSectionBookmarkName":"ss_T49C35N70S3_lv2_87a1d1281","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N70SB","SubSectionBookmarkName":"ss_T49C35N70SB_lv1_bb05aefe8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S1","SubSectionBookmarkName":"ss_T49C35N70S1_lv2_3fba34986","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S2","SubSectionBookmarkName":"ss_T49C35N70S2_lv2_d1b103563","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S3","SubSectionBookmarkName":"ss_T49C35N70S3_lv2_27a79979d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S4","SubSectionBookmarkName":"ss_T49C35N70S4_lv2_12092bd24","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N70SC","SubSectionBookmarkName":"ss_T49C35N70SC_lv1_0b1fa631c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S1","SubSectionBookmarkName":"ss_T49C35N70S1_lv2_1de5814f1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N70Sa","SubSectionBookmarkName":"ss_T49C35N70Sa_lv3_e653ea848","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N70Sb","SubSectionBookmarkName":"ss_T49C35N70Sb_lv3_0eb5fd479","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N70Sc","SubSectionBookmarkName":"ss_T49C35N70Sc_lv3_08d036a93","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N70Sd","SubSectionBookmarkName":"ss_T49C35N70Sd_lv3_03f0ff866","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S2","SubSectionBookmarkName":"ss_T49C35N70S2_lv2_97f75c3e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N70S3","SubSectionBookmarkName":"ss_T49C35N70S3_lv2_cf31c996e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide for decommissioning plans and financial assurances associate with decomissioning","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N80_a8da648a3","IsConstitutionSection":false,"Identity":"49-35-80","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N80SA","SubSectionBookmarkName":"ss_T49C35N80SA_lv1_472638761","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N80S2","SubSectionBookmarkName":"ss_T49C35N80S2_lv2_0b2915251","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N80Sa","SubSectionBookmarkName":"ss_T49C35N80Sa_lv3_03d2659f8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N80Sb","SubSectionBookmarkName":"ss_T49C35N80Sb_lv3_1ad6638e5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N80S3","SubSectionBookmarkName":"ss_T49C35N80S3_lv2_7cfcbead5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N80SB","SubSectionBookmarkName":"ss_T49C35N80SB_lv1_4c7c3d98f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N80SC","SubSectionBookmarkName":"ss_T49C35N80SC_lv1_16d5a7fba","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide for the interaction between the provisions of this article and local governments and local government land use planning","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N90_dba4c82c1","IsConstitutionSection":false,"Identity":"49-35-90","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N90SA","SubSectionBookmarkName":"ss_T49C35N90SA_lv1_ba9ef9807","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N90SB","SubSectionBookmarkName":"ss_T49C35N90SB_lv1_5cae3bb48","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S1","SubSectionBookmarkName":"ss_T49C35N90S1_lv2_1430130e0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sa","SubSectionBookmarkName":"ss_T49C35N90Sa_lv3_a1c05039f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sb","SubSectionBookmarkName":"ss_T49C35N90Sb_lv3_11775f9dc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S2","SubSectionBookmarkName":"ss_T49C35N90S2_lv2_2c5d96c8f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sa","SubSectionBookmarkName":"ss_T49C35N90Sa_lv3_9920552dd","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sb","SubSectionBookmarkName":"ss_T49C35N90Sb_lv3_320b68586","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sc","SubSectionBookmarkName":"ss_T49C35N90Sc_lv3_0317bc32c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sd","SubSectionBookmarkName":"ss_T49C35N90Sd_lv3_a02bf324e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S3","SubSectionBookmarkName":"ss_T49C35N90S3_lv2_082c68cf3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sa","SubSectionBookmarkName":"ss_T49C35N90Sa_lv3_3990f46e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sb","SubSectionBookmarkName":"ss_T49C35N90Sb_lv3_d7d5bbc6b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sc","SubSectionBookmarkName":"ss_T49C35N90Sc_lv3_464739f73","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S4","SubSectionBookmarkName":"ss_T49C35N90S4_lv2_22953f73e","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sa","SubSectionBookmarkName":"ss_T49C35N90Sa_lv3_7019605e9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sb","SubSectionBookmarkName":"ss_T49C35N90Sb_lv3_e15f0083a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sc","SubSectionBookmarkName":"ss_T49C35N90Sc_lv3_61ce2d636","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sd","SubSectionBookmarkName":"ss_T49C35N90Sd_lv3_a86da7aa2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Se","SubSectionBookmarkName":"ss_T49C35N90Se_lv3_b76f35aa8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N90SC","SubSectionBookmarkName":"ss_T49C35N90SC_lv1_b3678d57b","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S1","SubSectionBookmarkName":"ss_T49C35N90S1_lv2_e92d9cf0f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sa","SubSectionBookmarkName":"ss_T49C35N90Sa_lv3_82eea8ad9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sb","SubSectionBookmarkName":"ss_T49C35N90Sb_lv3_31a295104","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sc","SubSectionBookmarkName":"ss_T49C35N90Sc_lv3_14c5b8c5c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Sd","SubSectionBookmarkName":"ss_T49C35N90Sd_lv3_05c964324","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N90Se","SubSectionBookmarkName":"ss_T49C35N90Se_lv3_276bde619","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S2","SubSectionBookmarkName":"ss_T49C35N90S2_lv2_6910f7545","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N90SD","SubSectionBookmarkName":"ss_T49C35N90SD_lv1_19db9d289","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S1","SubSectionBookmarkName":"ss_T49C35N90S1_lv2_ca07a76a7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S2","SubSectionBookmarkName":"ss_T49C35N90S2_lv2_b3720f4a0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S3","SubSectionBookmarkName":"ss_T49C35N90S3_lv2_dc24aa9c9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S4","SubSectionBookmarkName":"ss_T49C35N90S4_lv2_bd555f0cf","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N90S5","SubSectionBookmarkName":"ss_T49C35N90S5_lv2_b86aaa6c4","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N90SE","SubSectionBookmarkName":"ss_T49C35N90SE_lv1_8e0f12a1f","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"require data centers to implement reasonable measures to minimize noise, vibration, and light impacts resulting from their operation","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N100_e8194cc22","IsConstitutionSection":false,"Identity":"49-35-100","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N100SA","SubSectionBookmarkName":"ss_T49C35N100SA_lv1_47b037984","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S1","SubSectionBookmarkName":"ss_T49C35N100S1_lv2_265bb9401","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S2","SubSectionBookmarkName":"ss_T49C35N100S2_lv2_d028ad832","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S3","SubSectionBookmarkName":"ss_T49C35N100S3_lv2_15a0fb46a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S4","SubSectionBookmarkName":"ss_T49C35N100S4_lv2_ca5b1435f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S5","SubSectionBookmarkName":"ss_T49C35N100S5_lv2_95a03778f","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S6","SubSectionBookmarkName":"ss_T49C35N100S6_lv2_5b30fabbb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N100SB","SubSectionBookmarkName":"ss_T49C35N100SB_lv1_b541d3293","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S1","SubSectionBookmarkName":"ss_T49C35N100S1_lv2_44de3d15c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S2","SubSectionBookmarkName":"ss_T49C35N100S2_lv2_1494cd8d6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S3","SubSectionBookmarkName":"ss_T49C35N100S3_lv2_7692a8818","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N100S4","SubSectionBookmarkName":"ss_T49C35N100S4_lv2_7bf68416e","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide protections for confidential information shared with the office by data center operators","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N110_cf2e6124d","IsConstitutionSection":false,"Identity":"49-35-110","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N110S1","SubSectionBookmarkName":"ss_T49C35N110S1_lv1_b04d4fad1","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N110S2","SubSectionBookmarkName":"ss_T49C35N110S2_lv1_699118342","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N110S3","SubSectionBookmarkName":"ss_T49C35N110S3_lv1_7c73e6956","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N110S4","SubSectionBookmarkName":"ss_T49C35N110S4_lv1_508ee4a39","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N110S5","SubSectionBookmarkName":"ss_T49C35N110S5_lv1_7a413cc06","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"clarify the interation between this article and other environmental laws","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N120_86be066a5","IsConstitutionSection":false,"Identity":"49-35-120","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N120SA","SubSectionBookmarkName":"ss_T49C35N120SA_lv1_0c786c0f7","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N120SB","SubSectionBookmarkName":"ss_T49C35N120SB_lv1_717252dbc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N120SC","SubSectionBookmarkName":"ss_T49C35N120SC_lv1_48bdd7a4d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S1","SubSectionBookmarkName":"ss_T49C35N120S1_lv2_9f4af03b0","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S2","SubSectionBookmarkName":"ss_T49C35N120S2_lv2_39f79c9e3","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S3","SubSectionBookmarkName":"ss_T49C35N120S3_lv2_9d9fb8914","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S4","SubSectionBookmarkName":"ss_T49C35N120S4_lv2_83cfa0028","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S5","SubSectionBookmarkName":"ss_T49C35N120S5_lv2_0e52fca23","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N120SD","SubSectionBookmarkName":"ss_T49C35N120SD_lv1_cddd8ab27","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N120SE","SubSectionBookmarkName":"ss_T49C35N120SE_lv1_312dbc385","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S1","SubSectionBookmarkName":"ss_T49C35N120S1_lv2_3e77b108c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S2","SubSectionBookmarkName":"ss_T49C35N120S2_lv2_0493cc3b8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S3","SubSectionBookmarkName":"ss_T49C35N120S3_lv2_6857e533a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S4","SubSectionBookmarkName":"ss_T49C35N120S4_lv2_f8c8030fc","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S5","SubSectionBookmarkName":"ss_T49C35N120S5_lv2_52967431a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S6","SubSectionBookmarkName":"ss_T49C35N120S6_lv2_63e5de4f5","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N120SF","SubSectionBookmarkName":"ss_T49C35N120SF_lv1_1ebfd6c4d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S1","SubSectionBookmarkName":"ss_T49C35N120S1_lv2_56b468c53","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N120Sa","SubSectionBookmarkName":"ss_T49C35N120Sa_lv3_16ac485d9","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N120Sb","SubSectionBookmarkName":"ss_T49C35N120Sb_lv3_ebdd44dd2","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":3,"Identity":"T49C35N120Sc","SubSectionBookmarkName":"ss_T49C35N120Sc_lv3_1fc15222d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N120S2","SubSectionBookmarkName":"ss_T49C35N120S2_lv2_05ff576ad","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N120SG","SubSectionBookmarkName":"ss_T49C35N120SG_lv1_2a468b5e0","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"provide for enforcement and penalties","Deleted":false,"IsStricken":false},{"CodeSectionBookmarkName":"ns_T49C35N10_3b265pppp","IsConstitutionSection":false,"Identity":"49-35-10","IsNew":true,"SubSections":[{"Level":1,"Identity":"T49C35N10S1","SubSectionBookmarkName":"ss_T49C35N10S1_lv1_96e989f99","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S2","SubSectionBookmarkName":"ss_T49C35N10S2_lv1_8932dd009","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S3","SubSectionBookmarkName":"ss_T49C35N10S3_lv1_fb6eb3e67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S4","SubSectionBookmarkName":"ss_T49C35N10S4_lv1_cb5b153cb","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Sa","SubSectionBookmarkName":"ss_T49C35N10Sa_lv2_5a39da79d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Sb","SubSectionBookmarkName":"ss_T49C35N10Sb_lv2_c660d6156","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Sc","SubSectionBookmarkName":"ss_T49C35N10Sc_lv2_01d50fd67","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Sd","SubSectionBookmarkName":"ss_T49C35N10Sd_lv2_7138825f8","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Se","SubSectionBookmarkName":"ss_T49C35N10Se_lv2_b91a0bd14","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Sf","SubSectionBookmarkName":"ss_T49C35N10Sf_lv2_4f50939f6","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":2,"Identity":"T49C35N10Sg","SubSectionBookmarkName":"ss_T49C35N10Sg_lv2_f0f32543d","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S5","SubSectionBookmarkName":"ss_T49C35N10S5_lv1_9735c014c","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S6","SubSectionBookmarkName":"ss_T49C35N10S6_lv1_b0b648899","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S7","SubSectionBookmarkName":"ss_T49C35N10S7_lv1_6a99ec01a","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S8","SubSectionBookmarkName":"ss_T49C35N10S8_lv1_0c0b5a163","IsNewSubSection":false,"SubSectionReplacement":""},{"Level":1,"Identity":"T49C35N10S9","SubSectionBookmarkName":"ss_T49C35N10S9_lv1_80574b344","IsNewSubSection":false,"SubSectionReplacement":""}],"TitleRelatedTo":"","TitleSoAsTo":"","Deleted":false,"IsStricken":false}],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_3_1d5e4a0c7"},{"SectionUUID":"5e0cacb1-e53d-4eb3-a562-b8a728441b83","SectionName":"New Blank SECTION","SectionNumber":4,"SectionType":"new","CodeSections":[],"TitleText":"to provide that the provisions of this chapter are prospective","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_4_559f29228"},{"SectionUUID":"269ff100-5d6c-460f-bea7-4b85525c04b8","SectionName":"New Blank SECTION","SectionNumber":5,"SectionType":"new","CodeSections":[],"TitleText":"to provide for regulations from the department of environmental services","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_5_ef86c16c9"},{"SectionUUID":"49f2db1b-8be8-4f6f-90a1-8ee820d8c5a7","SectionName":"New Blank SECTION","SectionNumber":6,"SectionType":"new","CodeSections":[],"TitleText":"to provide that for two years after enactment the Department of Environmental Services shall prioritize technical assistance and guidance over enforcement to facilitate industry transition to the new requirements","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_6_0722d1a1d"},{"SectionUUID":"c260b40b-95dc-4bf5-867f-cfc639e7e2bd","SectionName":"Severability","SectionNumber":7,"SectionType":"new","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_7_455268bab"},{"SectionUUID":"8f03ca95-8faa-4d43-a9c2-8afc498075bd","SectionName":"standard_eff_date_section","SectionNumber":8,"SectionType":"drafting_clause","CodeSections":[],"TitleText":"","DisableControls":false,"Deleted":false,"RepealItems":[],"SectionBookmarkName":"bs_num_8_lastsection"}]</T_BILL_T_SECTIONS>
+  <T_BILL_T_SUBJECT>Data Center Development</T_BILL_T_SUBJECT>
+  <T_BILL_UR_DRAFTER>kenmoffitt@scsenate.gov</T_BILL_UR_DRAFTER>
+  <T_BILL_UR_DRAFTINGASSISTANT>annabishop@scsenate.gov</T_BILL_UR_DRAFTINGASSISTANT>
+</lwb360Metadata>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010063D8E214EE48B4439B9747EC83697454" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ccc1c7b16015b9d6eddcbf340c920ee6">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a9eb553d-555c-4d73-a4bc-69af1940fa43" xmlns:ns3="33dedfd5-579a-4d6d-a810-348400e92b4f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4d0c1d2be63d773f63d84e1dec8ee52c" ns2:_="" ns3:_="">
     <xsd:import namespace="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <xsd:import namespace="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Inventorysheet" minOccurs="0"/>
@@ -12287,201 +13115,127 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...44 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...16 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A589ABE4-22B4-4E31-81CC-42B75FCC2EB9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F2A6C1C-6C3D-4908-9310-E6439D78A2AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a9eb553d-555c-4d73-a4bc-69af1940fa43"/>
     <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A70AC2F9-CF59-46A9-A8A7-29CBD0ED4110}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{746499F3-F642-44BA-8E41-F3A4EB17B6D2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/lwb360-metadata"/>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="33dedfd5-579a-4d6d-a810-348400e92b4f"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>38386</Characters>
+  <Pages>18</Pages>
+  <Words>6386</Words>
+  <Characters>38383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>650</Lines>
   <Paragraphs>373</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44400</CharactersWithSpaces>
+  <CharactersWithSpaces>44396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sean Ryan</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010063D8E214EE48B4439B9747EC83697454</vt:lpwstr>