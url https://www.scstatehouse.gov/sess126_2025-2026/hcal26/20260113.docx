--- v0 (2026-01-09)
+++ v1 (2026-02-10)
@@ -315,63 +315,75 @@
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>REGULAR SESSION BEGINNING TUESDAY, JANUARY 14, 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59B7D1DF" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BFB2AF4" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6DABD5C3" w14:textId="7AAC6E30" w:rsidR="00FD0B78" w:rsidRPr="00920242" w:rsidRDefault="004968EB">
+    <w:p w14:paraId="6DABD5C3" w14:textId="3C7312C5" w:rsidR="00FD0B78" w:rsidRPr="00920242" w:rsidRDefault="004968EB">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>THURSDAY, JANUARY 13, 2026</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00C01CD5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>UE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>SDAY, JANUARY 13, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7434953E" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78">
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="204E7206" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:sectPr w:rsidR="00FD0B78">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
           <w:footerReference w:type="even" r:id="rId10"/>
           <w:footerReference w:type="default" r:id="rId11"/>
           <w:headerReference w:type="first" r:id="rId12"/>
           <w:footerReference w:type="first" r:id="rId13"/>
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="4694" w:bottom="3499" w:left="1224" w:header="1008" w:footer="3499" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
@@ -379,50 +391,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C790573" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:sectPr w:rsidR="00FD0B78">
           <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
           <w:pgMar w:top="1008" w:right="4694" w:bottom="3499" w:left="1224" w:header="1008" w:footer="3499" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50D16DA0" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78" w:rsidP="00FD0B78">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>SPECIAL INTRODUCTIONS/ RECOGNITIONS/ANNOUNCEMENTS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57302A58" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78" w:rsidP="00FD0B78">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2DEEF1A9" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78" w:rsidP="00FD0B78">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SECOND READING STATEWIDE UNCONTESTED BILLS</w:t>
@@ -637,51 +650,58 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C74F574" w14:textId="77777777" w:rsidR="00D3730C" w:rsidRPr="00C13C14" w:rsidRDefault="00D3730C" w:rsidP="00D3730C">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">R. 86, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13C14">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>S. 136--</w:t>
       </w:r>
       <w:r w:rsidRPr="00C13C14">
         <w:t xml:space="preserve">Senators Tedder, Leber, Kimbrell and Rice: </w:t>
       </w:r>
       <w:r w:rsidRPr="00C13C14">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>AN ACT TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17-1-65, RELATING TO THE EXPUNGEMENT OF CONVICTIONS FOR THE UNLAWFUL POSSESSION OF HANDGUNS, SO AS TO PROVIDE THE STATE MUST DISMISS AND EXPUNGE CERTAIN PENDING UNLAWFUL HANDGUN POSSESSION CHARGES THAT OCCURRED PRIOR TO THE ENACTMENT OF THE SOUTH CAROLINA CONSTITUTIONAL CARRY/SECOND AMENDMENT PRESERVATION ACT OF 2024, AND TO PROVIDE THE DISMISSAL OF THESE CHARGES MAY NOT SERVE AS A BASIS OR SUPPORT FOR CIVIL ACTIONS DUE TO THE ARREST. - RATIFIED TITLE</w:t>
+        <w:t xml:space="preserve">AN ACT TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17-1-65, RELATING TO THE EXPUNGEMENT OF CONVICTIONS FOR THE UNLAWFUL POSSESSION OF HANDGUNS, SO AS TO PROVIDE THE STATE MUST DISMISS AND EXPUNGE CERTAIN PENDING UNLAWFUL HANDGUN POSSESSION CHARGES THAT OCCURRED PRIOR TO THE ENACTMENT OF THE SOUTH </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C13C14">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>CAROLINA CONSTITUTIONAL CARRY/SECOND AMENDMENT PRESERVATION ACT OF 2024, AND TO PROVIDE THE DISMISSAL OF THESE CHARGES MAY NOT SERVE AS A BASIS OR SUPPORT FOR CIVIL ACTIONS DUE TO THE ARREST. - RATIFIED TITLE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF93A6E" w14:textId="77777777" w:rsidR="00D3730C" w:rsidRDefault="00D3730C" w:rsidP="00D3730C">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:ind w:left="648" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>(Message received--May 28, 2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D437F42" w14:textId="77777777" w:rsidR="00D3730C" w:rsidRPr="00C13C14" w:rsidRDefault="00D3730C" w:rsidP="00D3730C">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:keepNext w:val="0"/>
         <w:ind w:left="648" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00C13C14">
         <w:t>(Ordered placed on Calendar--May 28, 2025)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF81E52" w14:textId="77777777" w:rsidR="00FD0B78" w:rsidRDefault="00FD0B78" w:rsidP="00FD0B78">
       <w:pPr>
         <w:pStyle w:val="ActionText"/>
         <w:ind w:left="0"/>
@@ -1793,62 +1813,65 @@
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FD0B78"/>
     <w:rsid w:val="000538D7"/>
-    <w:rsid w:val="0009056F"/>
     <w:rsid w:val="00243B60"/>
     <w:rsid w:val="004968EB"/>
     <w:rsid w:val="005C69BD"/>
+    <w:rsid w:val="006B15DF"/>
     <w:rsid w:val="00780630"/>
     <w:rsid w:val="007954F3"/>
-    <w:rsid w:val="007E4E90"/>
+    <w:rsid w:val="00A776F9"/>
     <w:rsid w:val="00AA4B57"/>
     <w:rsid w:val="00B3394B"/>
     <w:rsid w:val="00BB01CE"/>
     <w:rsid w:val="00BE6C71"/>
+    <w:rsid w:val="00C01CD5"/>
     <w:rsid w:val="00D3730C"/>
+    <w:rsid w:val="00DB7D1F"/>
+    <w:rsid w:val="00E0086B"/>
     <w:rsid w:val="00E11941"/>
     <w:rsid w:val="00EF6AA0"/>
     <w:rsid w:val="00F65D52"/>
     <w:rsid w:val="00FD0B78"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -2731,71 +2754,72 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
+  <Pages>4</Pages>
   <Words>2204</Words>
-  <Characters>14349</Characters>
+  <Characters>14348</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>376</Lines>
   <Paragraphs>75</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LIS</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16426</CharactersWithSpaces>
+  <CharactersWithSpaces>16425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>House Calendar for 1/13/2026 - South Carolina Legislature Online</dc:title>
   <dc:subject/>
   <dc:creator>DJuana Wilson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>