--- v0 (2026-01-20)
+++ v1 (2026-02-10)
@@ -460,51 +460,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:object w:dxaOrig="3177" w:dyaOrig="3176" w14:anchorId="54D9392E">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:167.25pt;height:168pt" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId7" o:title="" gain="2147483647f" blacklevel="15728f"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829889969" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830514900" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C18E7D" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30841C44" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -869,71 +869,123 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Isaiah 57:14</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="315FF72B" w14:textId="71AC1115" w:rsidR="007C732A" w:rsidRPr="007C732A" w:rsidRDefault="007C732A" w:rsidP="007C732A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">From the start, the Lord God challenged those who were leaders of his people, declaring to them: “It shall be said, ‘Build up, build up, prepare the way, remove every obstruction from my people’s way.’ ”  </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4999EAF6" w14:textId="5C64D982" w:rsidR="007C732A" w:rsidRPr="007C732A" w:rsidRDefault="007C732A" w:rsidP="007C732A">
+        <w:t>From the start, the Lord God challenged those who were leaders of his people, declaring to them: “It shall be said, ‘Build up, build up, prepare the way, remove every obstruction from my people’s way.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’ ”</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4999EAF6" w14:textId="722BA575" w:rsidR="007C732A" w:rsidRPr="007C732A" w:rsidRDefault="007C732A" w:rsidP="007C732A">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Please join me as we bow in prayer:  O Holy God, as this Body has returned to this Chamber here at the start of this New Year, we boldly ask You to touch the heart of each leader with Your Spirit.  May these Senators and every staff member clearly feel the power of Your call, that they might indeed accomplish what is so very necessary to bring genuine blessings to the people of our State.  Indeed, solutions to many of our </w:t>
+        <w:t xml:space="preserve">Please join me as we bow in prayer:  O Holy God, as this Body has returned to this Chamber here at the start of this New Year, we boldly ask You to touch the heart of each leader with Your Spirit.  May these Senators and every staff member clearly feel the power </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB72C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Your</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> call, that they might indeed accomplish what is so very necessary to bring genuine blessings to the people of our State.  Indeed, solutions to many of our </w:t>
       </w:r>
       <w:r w:rsidR="00111659" w:rsidRPr="007C732A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>citizens’</w:t>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> current needs are daunting.  It is a challenging period we are living through, as we all know.  Frustrations many of our people face are sky high.  So clearly, Lord, the pressure is on these Senators to work together, to find common ground, to resolve afresh that nothing short of Isaiah’s call for “building up” this State in ways that truly benefit her people will do.  May that be this Body’s goal this year.  In Your loving name do we humbly pray, O Lord.  Amen.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="566385A2" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
@@ -2137,66 +2189,66 @@
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Jeffrey S. Gossett</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, Clerk</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1797F003" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
+    <w:p w14:paraId="1797F003" w14:textId="0F775E36" w:rsidR="00D6248F" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>P. O. Box 142</w:t>
+        <w:t>P.O. Box 142</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t>Columbia, SC 2920</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2639,74 +2691,90 @@
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dear </w:t>
       </w:r>
       <w:r w:rsidRPr="00FA20E8">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Secretary:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B3210F9" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
+    <w:p w14:paraId="2B3210F9" w14:textId="6F96EF1C" w:rsidR="00D6248F" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>The State Election Commission</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, in its capacity as the State Board of Canvassers, hereby certifies the below listed results of the South Carolina Senate District 12 election held on Tuesday, December 23, 2025. </w:t>
+        <w:t xml:space="preserve">, in its capacity as the State Board of Canvassers, hereby certifies the below listed results of the South Carolina Senate District 12 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB72C8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lection held on Tuesday, December 23, 2025. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AC1DC53" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3A2E3B03" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2940,82 +3008,90 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Office</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68435DDF" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRPr="00E92F4B" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Senator Sworn In</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7511D2" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRPr="00E92F4B" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
+    <w:p w14:paraId="7B7511D2" w14:textId="5B677DDC" w:rsidR="00D6248F" w:rsidRPr="00E92F4B" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">On motion of Senator MASSEY, with unanimous consent, Senator </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>BRIGHT</w:t>
       </w:r>
+      <w:r w:rsidR="00BB72C8">
+        <w:rPr>
+          <w:snapToGrid w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> presented himself at the Bar and the oath of office was administered by PRESIDENT ALEXANDER. </w:t>
+        <w:t xml:space="preserve">presented himself at the Bar and the oath of office was administered by PRESIDENT ALEXANDER. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55398F03" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRPr="00E92F4B" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C304B52" w14:textId="77777777" w:rsidR="00D6248F" w:rsidRPr="00E92F4B" w:rsidRDefault="00D6248F" w:rsidP="00D6248F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92F4B">
         <w:rPr>
           <w:b/>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
@@ -8033,51 +8109,67 @@
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chapter: 8</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49A3E84D" w14:textId="77777777" w:rsidR="00E27989" w:rsidRPr="007C732A" w:rsidRDefault="00E27989" w:rsidP="00111659">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Statutory Authority: 1976 Code Sections 6-9--40, 6-9-50, and 6-9-55</w:t>
+        <w:t>Statutory Authority: 1976 Code Sections 6-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9--40</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 6-9-50, and 6-9-55</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3013A19F" w14:textId="77777777" w:rsidR="00E27989" w:rsidRPr="007C732A" w:rsidRDefault="00E27989" w:rsidP="00111659">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SUBJECT: International Plumbing Code</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C2C2DD2" w14:textId="77777777" w:rsidR="00E27989" w:rsidRPr="007C732A" w:rsidRDefault="00E27989" w:rsidP="00111659">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
@@ -11030,79 +11122,91 @@
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The following co-sponsors were added to the respective Bills:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29B5BA8F" w14:textId="63FE8FF4" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="00A355D7">
+    <w:p w14:paraId="29B5BA8F" w14:textId="3A04480E" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="00A355D7">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S. 42</w:t>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Sen. Sutton and Devine</w:t>
+        <w:t>Sen</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Sutton and Devine</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C049397" w14:textId="512735A7" w:rsidR="00A355D7" w:rsidRPr="007C732A" w:rsidRDefault="00A355D7">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S. 46</w:t>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -12051,99 +12155,115 @@
         <w:tab/>
         <w:instrText>S. 686" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Alexander, Peeler, Martin, Massey, Turner and Climer:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 11-35-5305 SO AS TO PROHIBIT PUBLIC ENTITIES FROM AWARDING CONTRACTS AND GRANTS THAT DISCRIMINATE BASED ON RACE AND TO PROVIDE THAT ANY SUCH CONTRACT IS VOID AND UNENFORCEABLE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BB8178B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0451km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="106C2762" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="202FA60E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F023D8D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="74003B96" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 687</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 687" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Grooms:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 11-35-5350 SO AS TO REQUIRE A PUBLIC ENTITY ENTERING INTO A CONTRACT FOR A PUBLIC WORKS PROJECT OR FOR THE PURCHASE OF MATERIALS FOR A PUBLIC WORKS PROJECT MUST INCLUDE IN THE CONTRACT A REQUIREMENT THAT ANY IRON OR STEEL PRODUCT PERMANENTLY INCORPORATED IN THE PROJECT BE PRODUCED IN THE UNITED STATES, AND TO PROVIDE EXCEPTIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FAE2E0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0348dg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EDE8F1A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B24CF95" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3C59C7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3C4CE82E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 688</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 688" \b</w:instrText>
       </w:r>
       <w:r>
@@ -12154,235 +12274,284 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>PNEALTY</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> FOR FAILURE TO PAY CONTRIBUTIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D741216" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0091cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E6CCFB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Labor, Commerce and Industry.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69527DBE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CAEC395" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="7791F1A2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="7791F1A2" w14:textId="514D2244" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 689</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 689" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 58-7-10, RELATING TO THE RIGHTS, POWERS AND PRIVILEGES OF EMINENT DOMAIN VESTED WITH TELEGRAPH AND TELEPHONE COMPANIES THAT ARE CONFERRED ON </w:t>
+        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 58-7-10, RELATING TO THE RIGHTS, POWERS</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> AND PRIVILEGES OF EMINENT DOMAIN VESTED WITH </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>PIPELINE COMPANIES SO AS TO PROVIDE THAT THE POWER OF EMINENT DOMAIN DOES NOT EXTEND TO PRIVATE, FOR-PROFIT PIPELINE COMPANIES, INCLUDING PUBLICLY TRADED FOR-PROFIT COMPANIES, THAT ARE NOT DEFINED WITHIN THIS TITLE AS A PUBLIC UTILITY.</w:t>
+        <w:t>TELEGRAPH AND TELEPHONE COMPANIES THAT ARE CONFERRED ON PIPELINE COMPANIES SO AS TO PROVIDE THAT THE POWER OF EMINENT DOMAIN DOES NOT EXTEND TO PRIVATE, FOR-PROFIT PIPELINE COMPANIES, INCLUDING PUBLICLY TRADED FOR-PROFIT COMPANIES, THAT ARE NOT DEFINED WITHIN THIS TITLE AS A PUBLIC UTILITY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34EFD122" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0430km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F36D3CD" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25684022" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B71181E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="2CB7007B" w14:textId="7A9FDF9D" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 690</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 690" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Martin: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12-56-20, RELATING TO THE DEBT SETOFF COLLECTION ACT, SO AS TO INCLUDE CERTAIN COSTS COLLECTED BY THE DEPARTMENT OF PROBATION, PAROLE AND PARDON SERVICES IN THE DEFINITION OF "DELINQUENT DEBT".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="039A3066" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0450km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D3F77FE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16EB3B4B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="594E74ED" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="31E88948" w14:textId="6252837E" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 691</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 691" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Martin: A CONCURRENT RESOLUTION TO REQUEST THAT THE DEPARTMENT OF TRANSPORTATION NAME THE INTERSECTION OF WHITESTONE GLENDALE ROAD AND BETHESDA ROAD IN SPARTANBURG COUNTY "CHIEF ROBERT E. BROWN SR. MEMORIAL INTERSECTION" AND ERECT APPROPRIATE MARKERS OR SIGNS AT THIS LOCATION CONTAINING THE DESIGNATION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40E75930" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0442km-amb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06554B9A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1141F929" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was introduced and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B0065CC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="494E1D06" w14:textId="43A5F9C7" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="494E1D06" w14:textId="394DC887" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 692</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 692" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Hembree:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59-8-110, RELATING TO EDUCATION SCHOLARSHIP TRUST FUND DEFINITIONS, SO AS TO FURTHER DEFINE ELIGIBLE EXPENSES TO INCLUDE EDUCATION CLASSES DESIGNED TO </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>SUPPLEMENT</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> A STUDENTS LEARNING PROGRAM PROVIDED BY AN ELIGIBLE SCHOOL AND TO FURTHER REMOVE ANY OTHER EDUCATION EXPENSES APPROVED BY THE DEPARTMENT TO ENABLE PERSONALIZED LEARNING; AND BY AMENDING SECTION 59-8-115, RELATING TO THE </w:t>
+        <w:t xml:space="preserve"> A STUDENT</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">S LEARNING PROGRAM PROVIDED BY AN ELIGIBLE SCHOOL AND TO </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>STANDARD APPLICATION PROCESS, SO AS TO REQUIRE A PARENT TO CERTIFY THAT AN ELIGIBLE STUDENT IS NOT PARTICIPATING IN A HOME BASED PERSONALIZED LEARNING PROGRAM NOT SPECIFICALLY APPROVED BY THE STATE BOARD OF EDUCATION AS PROVIDED IN SECTION 59-65-10 AND TO DELETE A PROVISION ALLOWING A PARENTS SIGNATURE TO SATISFY THE STATE'S COMPULSORY ATTENDANCE LAW.</w:t>
+        <w:t>FURTHER REMOVE ANY OTHER EDUCATION EXPENSES APPROVED BY THE DEPARTMENT TO ENABLE PERSONALIZED LEARNING; AND BY AMENDING SECTION 59-8-115, RELATING TO THE STANDARD APPLICATION PROCESS, SO AS TO REQUIRE A PARENT TO CERTIFY THAT AN ELIGIBLE STUDENT IS NOT PARTICIPATING IN A HOME BASED PERSONALIZED LEARNING PROGRAM NOT SPECIFICALLY APPROVED BY THE STATE BOARD OF EDUCATION AS PROVIDED IN SECTION 59-65-10 AND TO DELETE A PROVISION ALLOWING A PARENT</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
+        <w:t>S SIGNATURE TO SATISFY THE STATE'S COMPULSORY ATTENDANCE LAW.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54BC47D2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0033db26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561C188E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EE6F48D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
@@ -12403,212 +12572,248 @@
         <w:tab/>
         <w:instrText>S. 693" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Young: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 44-7-170, RELATING TO CERTIFICATE OF NEED EXEMPTIONS, SO AS TO INCLUDE VETERAN NURSING HOMES IN THE LIST OF EXEMPTIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="754D0C21" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0014qg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27D73744" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Medical Affairs.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066FE720" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E026BAD" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="0DE99668" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 694</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 694" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Young:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 7-7-40, RELATING TO DESIGNATION OF VOTING PRECINCTS IN AIKEN COUNTY, SO AS TO PROVIDE THAT IF THE BOARD OF VOTER REGISTRATION AND ELECTIONS DETERMINES THAT A PRECINCT CONTAINS NO SUITABLE LOCATION FOR A POLLING PLACE, THE BOARD, UPON APPROVAL OF A MAJORITY OF THE COUNTY LEGISLATIVE DELEGATION, MAY LOCATE THE POLLING PLACE INSIDE THE COUNTY AND WITHIN FIVE MILES OF THE PRECINCT'S BOUNDARIES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553BBCFE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0013pb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FCE325D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546F0EAC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4392C41C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="707A4807" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 695</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 695" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Young:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "SOUTH CAROLINA SAFEGUARDING AMERICAN VETERANS' BENEFITS ACT"; AND BY ADDING ARTICLE 8 TO CHAPTER 11, TITLE 25, SO AS TO PROVIDE DEFINITIONS, SET GUIDELINES </w:t>
+        <w:t xml:space="preserve"> -- Senator Young:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>AND LIMITS FOR COMPENSATION, MEMORIALIZE TERMS, AND STATE PENALTIES FOR NONCOMPLIANCE.</w:t>
+        <w:t>"SOUTH CAROLINA SAFEGUARDING AMERICAN VETERANS' BENEFITS ACT"; AND BY ADDING ARTICLE 8 TO CHAPTER 11, TITLE 25, SO AS TO PROVIDE DEFINITIONS, SET GUIDELINES AND LIMITS FOR COMPENSATION, MEMORIALIZE TERMS, AND STATE PENALTIES FOR NONCOMPLIANCE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E2A16ED" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0015qg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FBE489B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F4393A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E0EC55" w14:textId="77777777" w:rsidR="00C74325" w:rsidRDefault="00C74325" w:rsidP="00B958FB"/>
     <w:p w14:paraId="509FB2F9" w14:textId="7E3BCEE5" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 696</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 696" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Climer, Goldfinch, Johnson, Stubbs, Rice, Turner, Kimbrell, Kennedy, Chaplin, Grooms, Bennett, Fernandez, Davis and Peeler:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 2-19-5, RELATING TO SOUTH CAROLINA JUDICIAL MERIT SELECTION COMMISSION CREATION, SO AS TO REQUIRE THAT THE COMMISSION BE COMPOSED OF TWELVE MEMBERS APPOINTED BY THE GOVERNOR; BY AMENDING SECTION 2-19-20, RELATING TO INVESTIGATION BY THE COMMISSION AND PUBLICATION OF VACANCIES, SO AS TO REQUIRE THAT ANY STATE AGENCY MUST COOPERATE WITH THE COMMISSION'S REQUESTS FOR INFORMATION; BY AMENDING SECTION 2-19-30, RELATING TO HEARINGS AND EXECUTIVE SESSION, SO AS TO REQUIRE WRITTEN TESTIMONY FOR PUBLIC HEARINGS BE SUBMITTED NO LATER THAN SEVENTY-TWO HOURS BEFORE THE SCHEDULED HEARING AND COPIES OF WRITTEN AND SPOKEN TESTIMONY BE AVAILABLE AT NO CHARGE; BY AMENDING SECTION 2-19-35, RELATING TO CRITERIA FOR INVESTIGATIONS AND CONSIDERATION OF THE COMMISSION, SO AS TO OMIT RACE, GENDER, SEX, SEXUAL PREFERENCE, COLOR, RELIGION, NATIONAL ORIGIN, INTERSECTIONAL IDENTIFIERS, ANY DIVERSITY, EQUITY, AND INCLUSION </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>CRITERIA</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">, PHILOSOPHY, OR FRAMEWORKS FROM BEING CONSIDERED BY THE COMMISSION WHEN MAKING NOMINATIONS AND APPOINTMENTS; BY AMENDING SECTION 2-19-50, RELATING TO CONFIDENTIALITY OF RECORDS, INFORMATION, AND OTHER MATERIAL, SO AS TO EXCLUDE RECORDS HELD BY THE COMMISSION NOT PREVIOUSLY OR OTHERWISE CONFIDENTIAL FROM BEING KEPT STRICTLY CONFIDENTIAL; BY AMENDING SECTION 2-19-60, RELATING TO POWERS OF THE COMMISSION, SO AS TO REQUIRE THAT THE COMMISSION MAY CARRY OUT ITS DUTIES STRICTLY IN </w:t>
+        <w:t xml:space="preserve">, PHILOSOPHY, OR FRAMEWORKS FROM BEING CONSIDERED BY THE COMMISSION WHEN MAKING NOMINATIONS AND APPOINTMENTS; BY AMENDING SECTION 2-19-50, RELATING TO CONFIDENTIALITY OF RECORDS, INFORMATION, AND OTHER MATERIAL, SO AS TO EXCLUDE RECORDS HELD BY THE COMMISSION NOT PREVIOUSLY OR OTHERWISE </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>SELECTING AND VETTING VIABLE CANDIDATES AND THAT NO INDIVIDUAL MAY BE PROSECUTED OR SUBJECTED TO PUNISHMENT, FORFEITURE, CRIMINAL, OR CIVIL PENALTY BASED UPON TESTIMONY SUBMITTED TO THE COMMISSION; BY AMENDING SECTION 2-19-70, RELATING TO PROHIBITION AGAINST DUAL OFFICES, PRIVILEGES OF THE FLOOR, AND PLEDGES, SO AS TO PROHIBIT FLOOR PRIVILEGES TO IMMEDIATE FAMILY MEMBERS OF CANDIDATES WHILE THE CANDIDATE'S APPLICATION IS UNDER REVIEW BY THE COMMISSION.</w:t>
+        <w:t>CONFIDENTIAL FROM BEING KEPT STRICTLY CONFIDENTIAL; BY AMENDING SECTION 2-19-60, RELATING TO POWERS OF THE COMMISSION, SO AS TO REQUIRE THAT THE COMMISSION MAY CARRY OUT ITS DUTIES STRICTLY IN SELECTING AND VETTING VIABLE CANDIDATES AND THAT NO INDIVIDUAL MAY BE PROSECUTED OR SUBJECTED TO PUNISHMENT, FORFEITURE, CRIMINAL, OR CIVIL PENALTY BASED UPON TESTIMONY SUBMITTED TO THE COMMISSION; BY AMENDING SECTION 2-19-70, RELATING TO PROHIBITION AGAINST DUAL OFFICES, PRIVILEGES OF THE FLOOR, AND PLEDGES, SO AS TO PROHIBIT FLOOR PRIVILEGES TO IMMEDIATE FAMILY MEMBERS OF CANDIDATES WHILE THE CANDIDATE'S APPLICATION IS UNDER REVIEW BY THE COMMISSION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A1E070" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0088cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="722BE454" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18E35AD6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="350EF012" w14:textId="77777777" w:rsidR="00C17C3B" w:rsidRDefault="00C17C3B" w:rsidP="00B958FB"/>
     <w:p w14:paraId="2B285E65" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 697</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 697" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Gambrell:  A BILL TO TRANSFER THE SOUTH CAROLINA 211 NETWORK TO THE DEPARTMENT OF CONSUMER AFFAIRS; TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 37-6-515 SO AS TO CREATE THE SOUTH CAROLINA 211 NETWORK WITHIN THE DEPARTMENT OF CONSUMER AFFAIRS; AND BY AMENDING SECTION 1-11-770, RELATING TO THE SOUTH CAROLINA 211 NETWORK, SO AS TO MAKE CONFORMING CHANGES.</w:t>
       </w:r>
     </w:p>
@@ -12664,95 +12869,110 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Goldfinch: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 25-1-180 SO AS TO PROVIDE CERTAIN CRITERIA FOR MILITARY CHAPLAINS, AND TO PROVIDE THAT MILITARY CHAPLAINS HAVE THE PRIVILEGE TO REFUSE TO DISCLOSE CERTAIN CONFIDENTIAL COMMUNICATIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657BEBD1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0428sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E1291BB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="096DA6DA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EA6AC98" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="1A13FC06" w14:textId="77777777" w:rsidR="00CC5804" w:rsidRDefault="00CC5804" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6B383449" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 699</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 699" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Goldfinch:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-1538, RELATING TO DEFINITIONS PERTAINING TO EMERGENCY SCENE MANAGEMENT, SO AS TO PROVIDE THAT THE PROVISIONS OF THIS SECTION APPLY TO EMERGENCY SCENES; AND BY ADDING SECTION 56-5-1539 SO AS TO REQUIRE A DRIVER TO MOVE OR SLOW THE VEHICLE WHEN PASSING AN AUTHORIZED LAW ENFORCEMENT VEHICLE THAT IS PARKED OR STANDING WITHIN FIVE FEET OF A ROADWAY, CONDUCTING A TRAFFIC RELATED STOP OR INVESTIGATION, AND GIVING WARNING SIGNAL BY APPROPRIATE LIGHT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="663AB207" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0034db26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74CCAAC1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ABFA3C0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54F9DD7B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="10B2A4A2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 700</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 700" \b</w:instrText>
       </w:r>
       <w:r>
@@ -12761,366 +12981,418 @@
       <w:r>
         <w:t xml:space="preserve"> -- Senator Goldfinch:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 63-13-810, RELATING TO THE REGISTRATION REQUIREMENT FOR FAMILY CHILDCARE HOMES, SO AS TO PROVIDE THAT ANY CHILDCARE PROVIDER ON A MILITARY INSTALLATION OR FACILITY OR LICENSED BY THE DEPARTMENT OF DEFENSE SHALL BE EXEMPT FROM THE REQUIREMENTS OF ARTICLE 5, CHAPTER 13, TITLE 63.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30629260" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0008qg25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50963734" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DD0A6ED" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A08E31" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="027BBB35" w14:textId="72599D41" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 701</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 701" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Goldfinch:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 7-15-310, RELATING TO ABSENTEE VOTING DEFINITIONS, SO AS TO INCLUDE MEMBERS OF THE UNITED STATES SPACE FORCE AS MEMBERS OF THE ARMED FORCES; BY AMENDING SECTION 7-15-610, RELATING TO DEFINITIONS PERTAINING TO THE SOUTH CAROLINA UNIFORM MILITARY AND OVERSEAS VOTERS ACT, SO AS TO MAKE CONFORMING CHANGES; BY AMENDING SECTION 8-7-10, RELATING TO DEFINITIONS PERTAINING TO ABSENCES IN MILITARY SERVICE, SO AS TO MAKE CONFORMING CHANGES; AND BY </w:t>
+        <w:t xml:space="preserve"> -- Senator Goldfinch:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 7-15-310, RELATING TO ABSENTEE VOTING DEFINITIONS, SO AS TO INCLUDE MEMBERS OF THE UNITED STATES SPACE FORCE AS MEMBERS OF THE ARMED FORCES; BY AMENDING SECTION 7-15-610, RELATING TO DEFINITIONS PERTAINING TO THE SOUTH CAROLINA UNIFORM MILITARY </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">AMENDING SECTION 63-5-910, RELATING TO DEFINITIONS </w:t>
+        <w:t xml:space="preserve">AND OVERSEAS VOTERS ACT, SO AS TO MAKE CONFORMING CHANGES; BY AMENDING SECTION 8-7-10, RELATING TO DEFINITIONS PERTAINING TO ABSENCES IN MILITARY SERVICE, SO AS TO MAKE CONFORMING CHANGES; AND BY AMENDING SECTION 63-5-910, RELATING TO DEFINITIONS </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>PERTAINING</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> TO THE MILITARY PARENT EQUAL PROTECTION ACT, SO AS TO MAKE CONFORMING CHANGES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FC985B7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0010qg25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="511BB6CA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F405726" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525C18A2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3229D1CC" w14:textId="544CEF83" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 702</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 702" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Goldfinch:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-25-10, RELATING TO DEFINITIONS PERTAINING TO A "DATING RELATIONSHIP" AND "COERCIVE CONTROL", SO AS TO INCLUDE PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP IN THE DEFINITION OF "HOUSEHOLD MEMBER" AND TO ADD THE </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>DEFINITIONS</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OF DATING RELATIONSHIP AND COERCIVE CONTROL; BY AMENDING SECTION 16-25-20, RELATING TO PROHIBITED ACTS, SO AS TO MAKE IT UNLAWFUL FOR A PERSON TO ENGAGE IN COERCIVE CONTROL OVER A PERSON'S OWN HOUSEHOLD; BY AMENDING SECTION 20-3-10, RELATING TO GROUNDS FOR DIVORCE, SO AS TO INCLUDE CRIMINAL DOMESTIC VIOLENCE AGAINST A SPOUSE, STALKING, AND HARASSMENT AS GROUNDS FOR DIVORCE; BY AMENDING SECTION 20-4-20, RELATING TO DEFINITIONS PERTAINING TO ABUSE, SO AS TO INCLUDE HARASSMENT, STALKING, AND COERCIVE CONTROL INTO THE DEFINITIONS OF "ABUSE" AND TO FURTHER PROVIDE THAT A HOUSEHOLD MEMBER INCLUDES PERSONS WHO ARE PRESENTLY IN OR HAVE FORMERLY BEEN IN A DATING RELATIONSHIP; AND BY AMENDING SECTION 63-15-240, RELATING TO THE CONTENTS OF ORDER FOR CUSTODY AFFECTING RIGHTS AND RESPONSIBILITIES OF PARENTS AND THE BEST INTERESTS OF THE CHILD, SO AS TO INCLUDE THE </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>STATUTORY</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> REFERENCE TO DOMESTIC VIOLENCE AND ADD STALKING AND </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>HARASSMENT</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> AS ACTIVITY FOR A COURT TO CONSIDER WHEN DETERMINING WHAT IS IN THE BEST INTEREST OF A CHILD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09625BE0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0032db26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6B4EE8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38BEEC67" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F800842" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3DC9817A" w14:textId="066E0D45" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 703</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 703" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Rice: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 5-3-105 SO AS TO PROVIDE THAT A MUNICIPALITY MAY REQUIRE BY ORDINANCE THE COUNTY GOVERNING BODY'S APPROVAL PRIOR TO ANNEXING PROPERTY LOCATED IN THE COUNTY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7678F351" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0014pb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="191B6E01" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C57CE57" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0742465F" w14:textId="77777777" w:rsidR="00C74325" w:rsidRDefault="00C74325" w:rsidP="00B958FB"/>
     <w:p w14:paraId="422131DF" w14:textId="46FFCD35" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 704</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 704" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Rice: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-1538, RELATING TO EMERGENCY SCENE MANAGEMENT, SO AS TO REVISE AND CREATE CERTAIN DEFINITIONS, TO REVISE THE RESPONSIBILITIES OF DRIVERS APPROACHING EMERGENCY VEHICLES, AND TO ESTABLISH VIOLATIONS AND PENALTIES; AND BY AMENDING SECTION 56-1-720, RELATING TO THE SYSTEM OF POINTS ASSESSED AGAINST A PERSON'S DRIVING RECORD FOR MOTOR VEHICLE VIOLATIONS, SO AS TO ESTABLISH POINTS FOR CREATING HAZARDOUS CONDITIONS AT EMERGENCY SCENES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E82FEBF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0388cm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5273AAD8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A6E08EB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A590127" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="338E1095" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 705</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 705" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Rice:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-950, RELATING TO OBEDIENCE TO INSTRUCTIONS OF OFFICIAL TRAFFIC-CONTROL DEVICES, SO AS TO PROVIDE A PENALTY PROVISION; AND BY AMENDING SECTION 56-1-720, RELATING TO SCHEDULE OF POINTS ASSESSED AGAINST PERSONS' DRIVING RECORDS FOR MOTOR VEHICLE VIOLATIONS, SO AS TO PROVIDE SIX POINTS MUST BE ASSESSED AGAINST PERSONS' DRIVING RECORDS FOR DISOBEDIENCE OF ANY OFFICIAL TRAFFIC CONTROL DEVICE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1EEEAE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0373cm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79B77F25" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F95AB0D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BCFC7E4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="358BCD0B" w14:textId="77777777" w:rsidR="00CC5804" w:rsidRDefault="00CC5804" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6D34828B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 706</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 706" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Rice:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "ENGINEERING ADVANCEMENT AND PUBLIC SAFETY ACT" BY AMENDING SECTION 40-22-220, RELATING TO LICENSURE REQUIREMENTS FOR ENGINEERS, SO AS TO ALLOW QUALIFIED </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>NONDEGREED</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> INDIVIDUALS TO BECOME LICENSED ENGINEERS THROUGH VERIFIED EXPERIENCE AND RIGOROUS NATIONAL EXAMINATIONS WHILE MAINTAINING THE HIGHEST STANDARDS OF PUBLIC PROTECTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1280ED22" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0551wab26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7715F4B6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Labor, Commerce and Industry.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2059CF46" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30716C4C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="0A547E79" w14:textId="5E704C7C" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 707</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 707" \b</w:instrText>
       </w:r>
       <w:r>
@@ -13129,104 +13401,111 @@
       <w:r>
         <w:t xml:space="preserve"> -- Senator Rice: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 4-9-36, RELATING TO DUTIES OF COUNTY PUBLIC LIBRARY BOARDS OF TRUSTEES, SO AS TO REVISE QUALIFICATION AND CREDENTIAL REQUIREMENTS FOR CHIEF LIBRARIANS AND OTHER LIBRARY STAFF.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="668499C8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0513wab26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080C85D8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6377706E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7821184E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="28AE5B34" w14:textId="15330FE9" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 708</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 708" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Rice: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-19-370 SO AS TO PROVIDE THAT SCHOOL DISTRICTS MAY APPLY FOR FLEXIBILITY WAIVERS ALLOWING DEVIATION FROM CERTAIN STATUTORY AND REGULATORY REQUIREMENTS; AND BY AMENDING SECTION 59-21-20, RELATING TO APPROPRIATION FOR TEACHER SALARIES BASED ON TERM OF ONE HUNDRED NINETY DAYS, SO AS TO SUSPEND REQUIREMENTS FOR DISTRICTS GRANTED A FLEXIBILITY WAIVER PURSUANT TO SECTION 59-19-370.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43ED9EE6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0013kg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DF5C290" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2835BC18" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="307DBDE2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="62EA66C8" w14:textId="62F60F78" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 709</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 709" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Adams: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 38-53-10, RELATING TO DEFINITIONS FOR BAIL BONDSMEN AND RUNNERS SO AS TO DEFINE "DIRECTOR" AS THE CHIEF OF THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION; AND BY AMENDING SECTION 38-53-20, RELATING TO ENFORCEMENT OF CHAPTER ON BAIL BONDSMEN AND RUNNERS, SO AS TO REMOVE THE DEPARTMENT OF INSURANCE AS AN ENFORCEMENT AGENCY SO THAT THE CLERKS OF COURT AND THE STATE LAW ENFORCEMENT DIVISION TOGETHER ENFORCE THE CHAPTER.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55760522" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0431km26.docx</w:t>
       </w:r>
     </w:p>
@@ -13284,78 +13563,85 @@
       <w:r>
         <w:t xml:space="preserve"> PRESCRIPTION RECORDS REGARDLESS OF WHETHER THOSE RECORDS ARE MAINTAINED WITH THE PARENT OR LEGAL GUARDIAN'S PRESCRIPTION RECORDS OR ARE MAINTAINED SEPARATELY IN THE MINOR'S NAME, AND TO PROVIDE EXCEPTIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D01DBD4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0452km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B5B302E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34541839" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19320F70" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3086EF2A" w14:textId="14BC66C8" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 711</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 711" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Johnson: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59-63-60, RELATING TO SCHOOL GUARDS REQUIREMENTS, SO AS TO </w:t>
+        <w:t xml:space="preserve"> -- Senator Johnson: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>PROVIDE AUTHORITY TO DIRECT AND CONTROL TRAFFIC ON PUBLIC ROADWAYS NEAR SCHOOLS.</w:t>
+        <w:t>SECTION 59-63-60, RELATING TO SCHOOL GUARDS REQUIREMENTS, SO AS TO PROVIDE AUTHORITY TO DIRECT AND CONTROL TRAFFIC ON PUBLIC ROADWAYS NEAR SCHOOLS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4391EFEE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0012kg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50AE56DA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B46B76C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
@@ -13382,197 +13668,226 @@
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kimbrell: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 1-7-550 SO AS TO PROVIDE THAT FOR TWO YEARS AFTER LEAVING OFFICE, A SOLICITOR MAY NOT REPRESENT A CLIENT FOR A FEE OR APPEAR IN COURT IN THE DISTRICT FROM WHICH HE WAS ELECTED.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4424837F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0420km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D58198" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64D9719E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E8AC98" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6D31EFCC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 713</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 713" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kimbrell:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 15-51-10, RELATING TO CIVIL ACTIONS FOR A WRONGFUL ACT CAUSING DEATH, SO AS TO PROVIDE THAT A WRONGFUL DEATH ACTION CAN BE MAINTAINED FOR AN UNBORN CHILD AT ANY STAGE OF DEVELOPMENT AND TO PROVIDE THAT A VIOLATION OF ARTICLE 6, CHAPTER 41, TITLE 44 IS PRIMA FACIE EVIDENCE ENTITLING A PARENT TO MAINTAIN A WRONGFUL DEATH ACTION ON BEHALF OF THEIR DECEASED UNBORN CHILD; BY AMENDING SECTION 15-51-20, RELATING TO THE BENEFICIARIES OF ACTION FOR WRONGFUL DEATH AND WHO MAY BRING AN ACTION, SO AS TO PROVIDE THAT THE MOTHER, FATHER, OR BOTH THE MOTHER AND FATHER MAY BRING A WRONGFUL DEATH ACTION FOR A DECEASED UNBORN CHILD AND THE FATHER AND MOTHER SHALL BE THE ONLY BENEFICIARIES; AND BY AMENDING SECTION 15-51-42, RELATING TO THE APPROVAL OF SETTLEMENTS OF WRONGFUL DEATH OR SURVIVAL ACTIONS, SO AS TO PROVIDE THAT THE PARENT INITIATING THE WRONGFUL DEATH ACTION IS AUTHORIZED TO SETTLE THE ACTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FC9683C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0419km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB09AD7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E310A29" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A5FC1DA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="069CA4E3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 714</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 714" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Stubbs and Blackmon:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 14-5-610, RELATING TO DIVISION OF STATE INTO SIXTEEN JUDICIAL CIRCUITS;  NUMBER OF JUDGES TO BE ELECTED FROM EACH CIRCUIT;  ELECTION OF ADDITIONAL JUDGES WITHOUT REGARD TO COUNTY OR CIRCUIT OF RESIDENCE, SO AS TO PROVIDE THAT TWO RESIDENT JUDGES ARE ELECTED FROM THE SIXTH CIRCUIT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="426E4007" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0006mb25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9B22CA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C92557B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E62F12" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="2DA881C8" w14:textId="0AB014FD" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="2DA881C8" w14:textId="0138838A" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 715</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 715" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Sutton:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 33-56-50, RELATING TO ORGANIZATIONS EXEMPT FROM REGISTRATION PROVISIONS, ALTERNATE FILINGS, AND FUNDRAISING ACTIVITIES, SO AS TO INCREASE THRESHOLDS FOR CHARITIES REQUESTING EXEMPTIONS; BY AMENDING SECTION 33-56-70, RELATING TO THE REQUIREMENT THAT CONTRACTS WITH PROFESSIONAL SOLICITORS MUST BE IN WRITING, FILING REQUIREMENTS, JOINT FINANCIAL REPORTS FOR EACH CAMPAIGN, AND PENALTIES FOR NONCOMPLIANCE, SO AS TO LIMIT FILING REQUIREMENTS TO COMMERCIAL CON-VENTURERS UNDER CERTAIN CONDITIONS; BY AMENDING SECTION 33-56-90, RELATING TO DISCLOSURES TO SOLICITED PARTIES, SO AS TO REQUIRE ANY ENTITY THAT SOLICITS FOR CHARITABLE ORGANIZATIONS TO DISCLOSE THE LEGAL NAME AND PURPOSE OF THE CHARITY FOR WHICH THEY ARE SOLICITING; BY AMENDING SECTION 33-56-110, RELATING TO THE REGISTRATION OF PROFESSIONAL SOLICITORS, FUND-RAISING COUNSEL, OR COMMERCIAL CO-VENTURERS, SO AS TO LIMIT REGISTRATION REQUIREMENTS FOR </w:t>
+        <w:t xml:space="preserve"> -- Senator Sutton:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 33-56-50, RELATING TO ORGANIZATIONS EXEMPT FROM REGISTRATION PROVISIONS, ALTERNATE FILINGS, AND FUNDRAISING ACTIVITIES, SO AS TO INCREASE THRESHOLDS FOR CHARITIES REQUESTING EXEMPTIONS; BY AMENDING SECTION 33-56-70, RELATING TO THE REQUIREMENT THAT CONTRACTS WITH PROFESSIONAL SOLICITORS MUST BE IN WRITING, FILING REQUIREMENTS, JOINT FINANCIAL REPORTS FOR EACH CAMPAIGN, AND PENALTIES FOR NONCOMPLIANCE, SO AS TO LIMIT FILING REQUIREMENTS TO COMMERCIAL CO-VENTURERS UNDER CERTAIN CONDITIONS; BY AMENDING SECTION 33-56-90, RELATING TO DISCLOSURES TO SOLICITED PARTIES, SO AS TO REQUIRE ANY ENTITY THAT SOLICITS FOR CHARITABLE ORGANIZATIONS TO DISCLOSE THE LEGAL NAME AND PURPOSE OF THE CHARITY FOR WHICH THEY ARE SOLICITING; BY AMENDING SECTION 33-56-110, RELATING TO THE REGISTRATION OF PROFESSIONAL SOLICITORS, FUNDRAISING COUNSEL, OR COMMERCIAL CO-VENTURERS, SO AS TO LIMIT REGISTRATION REQUIREMENTS FOR </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>COMMERCIAL</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> CO-VENTURERS SOLICITING MORE THAN TEN THOUSAND DOLLARS IN A SINGLE SOLICITATION CAMPAIGN; BY AMENDING SECTION 33-56-110, RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUND-RAISING COUNSEL, OR COMMERCIAL CO-VENTURERS, SO AS TO PROVIDE THAT IF A COMMERCIAL CO-VENTURER INTENDING TO BE EXEMPT FROM REGISTRATION WITH THE SECRETARY OF STATE COLLECTS, EARNS, OR RECEIVES </w:t>
+        <w:t xml:space="preserve"> CO-VENTURERS SOLICITING MORE THAN TEN THOUSAND DOLLARS IN A SINGLE SOLICITATION CAMPAIGN; BY AMENDING SECTION 33-56-110, RELATING TO REGISTRATION OF PROFESSIONAL SOLICITORS, FUND-RAISING COUNSEL, OR COMMERCIAL CO-VENTURERS, SO AS TO PROVIDE THAT IF A COMMERCIAL CO-VENTURER </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>CHARITABLE CONTRIBUTIONS IN EXCESS OF TEN THOUSAND DOLLARS DURING A SOLICITATION CAMPAIGN, THEN THE COMMERCIAL CO-VENTURER SHALL REPORT TO THE SECRETARY OF STATE; AND BY AMENDING SECTION 33-56-120, RELATING TO PROHIBITED MISREPRESENTATIONS, SO AS TO PROHIBIT COMMERCIAL CO-VENTURERS FROM USING REGISTRATION WITH THE SECRETARY OF STATE AS AN ENDORSEMENT BY THE STATE.</w:t>
+        <w:t>INTENDING TO BE EXEMPT FROM REGISTRATION WITH THE SECRETARY OF STATE COLLECTS, EARNS, OR RECEIVES CHARITABLE CONTRIBUTIONS IN EXCESS OF TEN THOUSAND DOLLARS DURING A SOLICITATION CAMPAIGN, THEN THE COMMERCIAL CO-VENTURER SHALL REPORT TO THE SECRETARY OF STATE; AND BY AMENDING SECTION 33-56-120, RELATING TO PROHIBITED MISREPRESENTATIONS, SO AS TO PROHIBIT COMMERCIAL CO-VENTURERS FROM USING REGISTRATION WITH THE SECRETARY OF STATE AS AN ENDORSEMENT BY THE STATE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3487B0FF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>smin-0098mw26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="549DEA39" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Labor, Commerce and Industry.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="492F6067" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39922523" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="36A781C3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 716</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 716" \b</w:instrText>
       </w:r>
       <w:r>
@@ -13581,231 +13896,261 @@
       <w:r>
         <w:t xml:space="preserve"> -- Senator Garrett:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17-15-15, RELATING TO DEPOSIT OF CASH PERCENTAGE IN LIEU OF BOND;  ASSIGNMENT OF DEPOSIT;  RESTITUTION TO VICTIM, SO AS TO PROVIDE THAT IF A COURT FINDS THAT A DEFENDANT MAY BE RELEASED ON BOND WHO HAS BEEN CHARGED WITH A VIOLENT OFFENSE OR ANY FELONY OFFENSE INVOLVING A FIREARM OR DRUGS, THE BOND MUST BE SET AT THE FULL UNITED STATES CASH CURRENCY BOND; BY AMENDING SECTION 17-15-30, RELATING TO MATTERS TO BE CONSIDERED IN DETERMINING CONDITIONS OF RELEASE;  CONTEMPT, SO AS TO INCLUDE IN THE CONSIDERATION OF A PERSON'S MENTAL CONDITION THE DIRECT OBSERVATIONS OF A LAW ENFORCEMENT OFFICER THAT CAUSE REASONABLE CONCERN WITH A PERSON'S MENTAL CONDITION AND TO ALLOW THE COURT TO INCLUDE IN THE BOND CONDITIONS THAT LAW ENFORCEMENT TRANSPORT THE PERSON FOR AN EMERGENCY PSYCHIATRIC EVALUATION OR THE PERSON IS REQUIRED TO SEEK MEDICAL TREATMENT UPON RELEASE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5329EBB5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0018mb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A445EBE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BF34648" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EDC3F41" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="22736746" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 717</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 717" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Garrett:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "MOTHERS AND </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>PREBORNS</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> ACT"; BY ADDING SECTION 44-37-80 SO AS </w:t>
-[...3 lines deleted...]
-        <w:t>TO CREATE THE OFFICE OF THE HEALTHY NEWBORN OMBUDSMAN IN THE DEPARTMENT OF HEALTH AND HUMAN SERVICES AND TO PROVIDE FOR THE DUTIES AND AUTHORITY OF THE OMBUDSMAN; AND BY AMENDING SECTION 44-41-340, RELATING TO THE PUBLICATION OF MATERIALS REGARDING AVAILABLE ASSISTANCE CONCERNING PREGNANCY, SO AS TO PROVIDE THAT THE BROCHURE OR OTHER WRITTEN MATERIALS PROVIDED FOR IN SECTION 44-37-80 ARE INCLUDED IN THE MATERIALS PROVIDED TO A PREGNANT WOMAN PRIOR TO AN ABORTION.</w:t>
+        <w:t xml:space="preserve"> ACT"; BY ADDING SECTION 44-37-80 SO AS TO CREATE THE OFFICE OF THE HEALTHY NEWBORN OMBUDSMAN IN THE DEPARTMENT OF HEALTH AND HUMAN SERVICES AND TO PROVIDE FOR THE DUTIES AND AUTHORITY OF THE OMBUDSMAN; AND BY AMENDING SECTION 44-41-340, RELATING TO THE PUBLICATION OF MATERIALS REGARDING AVAILABLE ASSISTANCE CONCERNING PREGNANCY, SO AS TO PROVIDE THAT THE BROCHURE OR OTHER WRITTEN MATERIALS PROVIDED FOR IN SECTION 44-37-80 ARE INCLUDED IN THE MATERIALS PROVIDED TO A PREGNANT WOMAN PRIOR TO AN ABORTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404DA6EC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0428km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0971F0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Medical Affairs.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B650BF5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8894EF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="58C69A58" w14:textId="4A59E4BF" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 718</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 718" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Garrett: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 45-2-65 SO AS TO PROVIDE THE CONDITIONS UNDER WHICH AN OPERATOR OF ANY RECREATIONAL VEHICLE PARK MAY HAVE ANY TRANSIENT GUEST OF THE PARK REMOVED, AND TO PROVIDE GUIDELINES FOR REMOVAL OF THE GUEST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561C162E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0405km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8BD85A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25F7AEEB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29FE2605" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="16054D95" w14:textId="75A93FE3" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 719</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 719" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Tedder: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 17-13-55 SO AS TO REQUIRE CERTAIN INFORMATION MUST BE PROVIDED TO PERSONS DETAINED BY LAW ENFORCEMENT OFFICERS AND AUDIO AND VIDEO RECORDING EQUIPMENT MUST BE ACTIVATED UPON DETAINMENT OF A PERSON.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="647E16B5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0156ahb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="543A05D4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50FE7B51" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DCDC271" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="69A95818" w14:textId="4DE1CBA0" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
-      <w:r>
+    <w:p w14:paraId="69A95818" w14:textId="701AE307" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 720</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 720" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Tedder:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "SOUTH CAROLINA HUMANE DOG BREEDING ACT"; BY ADDING SECTION 47-3-1100 SO AS TO DEFINE TERMS RELATED TO </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">DOG BREEDING; BY ADDING SECTION 47-3-1110 SO AS TO REQUIRE A PROFESSIONAL DOG BREEDER TO BE LICENSED BY THE DEPARTMENT OF AGRICULTURE, PRESCRIBE APPLICATION STANDARDS FOR A PROFESSIONAL DOG BREEDER LICENSE, AND ESTABLISH A PROCEDURE FOR THE INSPECTION OR REINSPECTION OF THE PREMISES, DOGS, AND RECORDS OF A PROFESSIONAL DOG BREEDER; BY ADDING SECTION 47-3-1120 SO AS TO PROVIDE THAT A LICENSE IS VALID FOR TWO YEARS, AND TO GRANT THE DIRECTOR THE AUTHORITY TO REFUSE TO ISSUE OR RENEW A LICENSE UNDER CERTAIN CIRCUMSTANCES; BY ADDING SECTION 47-3-1130 SO AS TO SET COMMERCIAL STANDARDS FOR A LICENSEE AND PRESCRIBE HOUSING FACILITY AND DAILY CARE REQUIREMENTS; BY ADDING SECTION 47-3-1140 SO AS TO SET RECORD KEEPING STANDARDS FOR A PROFESSIONAL DOG BREEDER; BY ADDING SECTION 47-3-1150 SO AS TO PROVIDE CONSUMER PROTECTIONS; BY ADDING SECTION 47-3-1160 SO AS TO PROVIDE A MECHANISM FOR SEIZURE OF DOGS KEPT IN </w:t>
+        <w:t xml:space="preserve"> -- Senator Tedder:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "SOUTH CAROLINA HUMANE DOG BREEDING ACT"; BY ADDING SECTION 47-3-1100 SO AS TO DEFINE TERMS RELATED TO DOG BREEDING; BY ADDING SECTION 47-3-1110 SO AS TO REQUIRE A PROFESSIONAL DOG BREEDER TO BE LICENSED BY THE DEPARTMENT OF AGRICULTURE, PRESCRIBE APPLICATION STANDARDS FOR A PROFESSIONAL DOG BREEDER LICENSE, AND ESTABLISH A PROCEDURE FOR THE INSPECTION OR REINSPECTION OF THE PREMISES, DOGS, AND RECORDS OF A PROFESSIONAL DOG BREEDER; BY ADDING SECTION 47-3-1120 SO AS TO PROVIDE THAT A LICENSE IS VALID FOR TWO YEARS, AND TO GRANT THE DIRECTOR THE AUTHORITY TO REFUSE TO ISSUE OR RENEW A LICENSE UNDER CERTAIN CIRCUMSTANCES; BY ADDING SECTION 47-3-1130 SO AS TO SET COMMERCIAL STANDARDS FOR A LICENSEE AND PRESCRIBE HOUSING FACILITY AND DAILY CARE REQUIREMENTS; BY ADDING SECTION 47-3-1140 SO AS TO SET RECORDKEEPING STANDARDS FOR A PROFESSIONAL DOG BREEDER; BY ADDING SECTION 47-3-1150 SO AS TO PROVIDE CONSUMER PROTECTIONS; BY ADDING SECTION 47-3-1160 SO AS TO PROVIDE A MECHANISM FOR SEIZURE OF DOGS KEPT IN </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>VIOLATION</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> OF THIS ACT; AND BY ADDING SECTION 47-3-1170 SO AS TO AUTHORIZE THE DIRECTOR TO PROMULGATE REGULATIONS TO IMPLEMENT THE PROVISIONS OF THIS ACT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20A571E7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>smin-0101mw26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="060F74F3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Agriculture and Natural Resources.</w:t>
       </w:r>
@@ -13822,318 +14167,371 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> to the Committee on Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FBBBC43" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6032489B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 721</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 721" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Tedder:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "LEGISLATIVE PERSONAL PRIVACY PROTECTION ACT" BY ADDING ARTICLE 9 TO CHAPTER 2, TITLE 30 SO AS TO PROVIDE A METHOD BY WHICH THE PERSONAL CONTACT INFORMATION OF CURRENT AND FORMER LEGISLATORS IN DISCLOSED RECORDS ON PUBLICLY AVAILABLE WEBSITES OF STATE OR LOCAL GOVERNMENTAL ENTITIES MAY BE RESTRICTED UPON REQUEST, TO PROVIDE FOR PETITIONS TO COURTS FOR COMPLIANCE WITH THIS ARTICLE, AND TO PREVENT LIABILITY FROM ACCRUING TO A STATE OR LOCAL GOVERNMENTAL EMPLOYEE.</w:t>
+        <w:t xml:space="preserve"> -- Senator Tedder:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "LEGISLATIVE PERSONAL PRIVACY PROTECTION ACT" BY ADDING ARTICLE 9 TO CHAPTER 2, TITLE 30 SO AS TO PROVIDE A METHOD BY WHICH THE PERSONAL CONTACT INFORMATION OF CURRENT AND FORMER LEGISLATORS IN DISCLOSED RECORDS ON PUBLICLY AVAILABLE WEBSITES OF STATE OR LOCAL GOVERNMENTAL ENTITIES MAY BE </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>RESTRICTED UPON REQUEST, TO PROVIDE FOR PETITIONS TO COURTS FOR COMPLIANCE WITH THIS ARTICLE, AND TO PREVENT LIABILITY FROM ACCRUING TO A STATE OR LOCAL GOVERNMENTAL EMPLOYEE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04183C4D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0293hdb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30CE0F38" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C2AA87D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8EB8C0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6D52629B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 722</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 722" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Devine:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 57-25-40, RELATING TO COMMERCIAL ADVERTISEMENT BENCHES AND APPLICATIONS BY REGIONAL TRANSIT AUTHORITY OR PUBLIC TRANSIT OPERATOR TO INSTALL BENCHES, SO AS TO ALLOW A POLITICAL SUBDIVISION TO INSTALL AND MAINTAIN COMMERCIAL ADVERTISEMENT BENCHES, TO REMOVE THE PROVISION THAT REQUIRES A BENCH TO BE LOCATED AT THE APPLICANT'S BUS STOP, AND TO REMOVE THE EXPIRATION DATE OF PERMITS ISSUED PURSUANT TO THIS SECTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C9DD1BE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>smin-0099mw26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D841C33" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="703A9083" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="491660E0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="18E9027A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 723</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 723" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Blackmon and Climer:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-15-395, RELATING TO FIRST DEGREE SEXUAL EXPLOITATION OF A MINOR DEFINED;  PRESUMPTIONS;  DEFENSES;  PENALTIES, SO AS TO INCREASE THE MINIMUM PENALTY TO FIVE YEARS' IMPRISONMENT; BY AMENDING SECTION 16-15-405, RELATING TO SECOND DEGREE SEXUAL EXPLOITATION OF A MINOR DEFINED;  PRESUMPTIONS;  DEFENSES;  PENALTIES, SO AS TO INCREASE THE MINIMUM PENALTY TO THREE YEARS' IMPRISONMENT; AND BY AMENDING SECTION 16-15-410, RELATING TO THIRD DEGREE SEXUAL EXPLOITATION OF A MINOR DEFINED;  PENALTIES;  EXCEPTION, SO AS TO ESTABLISH PENALTIES BASED ON THE NUMBER OF IMAGES POSSESSED, INCLUDING A PENALTY OF UP TO TEN YEARS IF THERE ARE ONE TO TWENTY-FIVE IMAGES, ONE TO TEN YEARS IF THERE ARE TWENTY-SIX TO TWO HUNDRED FIFTY IMAGES, AND A PENALTY OF TWO TO TEN YEARS IF THERE ARE MORE THAN TWO HUNDRED FIFTY IMAGES; AND TO ESTABLISH THAT A PERSON WHO IS REQUIRED TO REGISTER AS A SEX OFFENDER AND VIOLATES THE PROVISIONS OF THE SECTION, UPON CONVICTION, MUST SERVE A MINIMUM OF FIVE YEARS.</w:t>
+        <w:t xml:space="preserve"> -- Senators Blackmon and Climer:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-15-395, RELATING TO FIRST DEGREE SEXUAL EXPLOITATION OF A MINOR DEFINED;  PRESUMPTIONS;  DEFENSES;  PENALTIES, SO AS TO INCREASE THE MINIMUM PENALTY TO FIVE YEARS' IMPRISONMENT; BY AMENDING SECTION 16-15-405, RELATING TO SECOND DEGREE SEXUAL EXPLOITATION OF A MINOR DEFINED;  PRESUMPTIONS;  DEFENSES;  PENALTIES, SO AS TO INCREASE THE MINIMUM PENALTY TO THREE YEARS' IMPRISONMENT; AND BY AMENDING SECTION 16-15-410, RELATING TO THIRD DEGREE SEXUAL EXPLOITATION OF A MINOR DEFINED;  PENALTIES;  EXCEPTION, SO AS TO ESTABLISH PENALTIES BASED ON THE NUMBER OF IMAGES POSSESSED, INCLUDING A PENALTY OF UP TO TEN YEARS IF THERE ARE ONE TO TWENTY-FIVE IMAGES, ONE TO TEN YEARS IF THERE ARE TWENTY-SIX TO TWO HUNDRED FIFTY </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>IMAGES, AND A PENALTY OF TWO TO TEN YEARS IF THERE ARE MORE THAN TWO HUNDRED FIFTY IMAGES; AND TO ESTABLISH THAT A PERSON WHO IS REQUIRED TO REGISTER AS A SEX OFFENDER AND VIOLATES THE PROVISIONS OF THE SECTION, UPON CONVICTION, MUST SERVE A MINIMUM OF FIVE YEARS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E10C95A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0017mb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25096307" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7428DB82" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E79ED81" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="069961A2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 724</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 724" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Blackmon:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 58-27-835 SO AS TO REQUIRE COMMERCIAL DATA CENTERS THAT CONSUME THREE MILLION GALLONS OF WATER ON A MONTHLY BASIS TO ANNUALLY REPORT THEIR WATER USAGE TO THE DEPARTMENT OF ENVIRONMENTAL SERVICES, TO PROVIDE PENALTIES, AND TO DEFINE NECESSARY TERMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45432951" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0392km25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C94DB5F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35B0A846" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55345A53" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="5479F446" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 725</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 725" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Chaplin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 8-11-610, RELATING TO THE MANNER IN WHICH ANNUAL LEAVE IS COMPUTED, SO AS TO PROVIDE THAT A DEPARTMENT HEAD MAY NOT ESTABLISH RESTRICTED LEAVE PERIODS DURING WHICH EMPLOYEES ARE PROHIBITED FROM TAKING ANNUAL LEAVE; AND BY AMENDING SECTION 59-25-47, RELATING TO UNUSED LEAVE PAYMENTS AUTHORIZED, SO AS TO PROVIDE THAT A LOCAL SCHOOL DISTRICT OR CHARTER SCHOOL MAY NOT ESTABLISH RESTRICTED LEAVE PERIODS DURING WHICH EMPLOYEES ARE PROHIBITED FROM TAKING ANNUAL LEAVE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="659CFE44" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0433km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52D35290" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="101352AE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5057940F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4AD7DBCA" w14:textId="7A8F49B6" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 726</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 726" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Chaplin: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 44-53-520, RELATING TO FORFEITURES, SO AS TO INCLUDE THAT MORE THAN TWO GRAINS OF FENTANYL OR A FENTANYL-RELATED MUST BE FOUND FOR A MOTOR VEHICLE TO BE SUBJECT TO CIVIL FORFEITURE.</w:t>
+        <w:t xml:space="preserve"> -- Senator Chaplin: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>SECTION 44-53-520, RELATING TO FORFEITURES, SO AS TO INCLUDE THAT MORE THAN TWO GRAINS OF FENTANYL OR A FENTANYL-RELATED MUST BE FOUND FOR A MOTOR VEHICLE TO BE SUBJECT TO CIVIL FORFEITURE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5617B424" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0014mb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6666A829" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B4E19FE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E47EABB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3804F062" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 727</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 727" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Chaplin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 38-77-150, RELATING TO UNINSURED MOTORIST PROVISIONS SO AS TO PROVIDE THAT AN INSURER MAY NOT INCREASE AN INSURED'S PREMIUM SOLELY BECAUSE THE INSURED MADE A CLAIM UNDER HIS UNINSURED OR UNDERINSURED MOTORIST COVERAGE AS LONG AS THE INSURED WAS NOT AT FAULT IN THE ACCIDENT LEADING TO THE CLAIM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3086C162" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0432km26.docx</w:t>
       </w:r>
     </w:p>
@@ -14179,587 +14577,709 @@
         <w:tab/>
         <w:instrText>S. 728" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Fernandez, Sutton, Leber and Reichenbach: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12-36-2120, RELATING TO EXEMPTIONS FROM SALES TAX, SO AS TO EXTEND TAX FREE WEEKEND TO THE ENTIRE MONTH OF AUGUST.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706A52B3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0395km25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39F384A7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E34DC99" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CFFC2EE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="5AE60D22" w14:textId="6E66F064" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 729</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 729" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Graham: A CONCURRENT RESOLUTION TO REQUEST THAT THE DEPARTMENT OF TRANSPORTATION NAME THE INTERSECTION LOCATED AT THE JUNCTION OF SOUTH CAROLINA HIGHWAY 34 AND MCGEE TOWN ROAD IN LEE COUNTY "LEWIS W. BOONE MEMORIAL INTERSECTION" AND ERECT APPROPRIATE MARKERS OR SIGNS AT THIS LOCATION CONTAINING THE DESIGNATION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4692C80A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>smin-0013kr-kr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0810F6B0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DD46341" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27F079A0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4F76ADC4" w14:textId="7E21275B" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 730</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 730" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Graham: A CONCURRENT RESOLUTION TO REQUEST THAT THE DEPARTMENT OF TRANSPORTATION NAME THE INTERSECTION OF CHERAW ROAD AND PARK ROAD IN THE TOWN OF CASSATT IN KERSHAW COUNTY "THOMAS C. CLARK AND AUDREE A. CLARK INTERSECTION" AND ERECT APPROPRIATE MARKERS OR SIGNS AT THIS LOCATION CONTAINING THE DESIGNATION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F50C5A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>smin-0012kr-kr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51E78B7F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADF66D2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was introduced and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27785E68" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4FCA86A2" w14:textId="58EFD826" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 731</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 731" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 39-1-100 SO AS TO PROVIDE THAT A COMPANY OR INDIVIDUAL MAY NOT SELL AN INDIVIDUAL'S GENETIC MATERIAL, TO PROVIDE WRITTEN CONSENT MUST BE OBTAINED THROUGH AN INDEPENDENT DOCUMENT, AND TO PROVIDE FOR PRIVATE RIGHTS OF ACTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="279BE04D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0418sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21F8AF95" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Labor, Commerce and Industry.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C74B727" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A32CB6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="02F6F7EB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 732</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 732" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "PROTECTING CHILDREN FROM CANCER-CAUSING RADIATION ACT" BY ADDING SECTION 44-7-387 SO AS TO REQUIRE HEALTHCARE PROVIDERS TREATING PEDIATRIC PATIENTS TO TAKE CERTAIN STEPS BEFORE RECOMMENDING X-RAY IMAGING FOR DIAGNOSTIC PURPOSES; TO REQUIRE HEALTH INSURANCE PROVIDERS TO COVER PEDIATRIC DIAGNOSTIC IMAGING AS RECOMMENDED BY HEALTHCARE PROVIDERS; AND FOR OTHER PURPOSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5791B5E1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0339vr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BFB6BD5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Medical Affairs.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="476494DC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78AF8486" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="007C0943" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 733</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 733" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 6-1-200 SO AS TO PROHIBIT STATE AGENCIES, POLITICAL SUBDIVISIONS, OR ENTITIES THAT ARE SUPPORTED IN WHOLE OR IN PART BY PUBLIC FUNDS FROM USING ANY PUBLIC FUNDS TO HOST OR PROVIDE DRAG STORY HOURS OR OTHER DRAG SHOWS FOR MINORS UNDER THE AGE OF EIGHTEEN; TO ESTABLISH PENALTIES; AND TO DEFINE TERMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="317BF721" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0338vr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BC471C5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A4D9488" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D47EE50" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="5B8E42C9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 734</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 734" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 9-1-110 SO AS TO PROVIDE THAT CERTAIN STATE RETIREMENT BENEFITS AND HEALTH BENEFITS MAY BE FORFEITED IF STATE EMPLOYEES ARE CONVICTED OF ANY CRIME INVOLVING CRIMINAL SEXUAL MISCONDUCT WITH A MINOR OR THE POSSESSION OR DISTRIBUTION OF CHILD SEXUAL ABUSE MATERIALS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BA4FD0C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0416sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="038CA202" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452FE8E3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A063537" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="3B345646" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="3B345646" w14:textId="1EC25617" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 735</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 735" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 8-31-10 SO AS TO CREATE THE "PROHIBITION OF SANCTUARY JURISDICTIONS ACT"; BY ADDING SECTION 8-31-20 SO AS TO PROVIDE THAT FUNDS APPROPRIATED BY THE STATE MUST NOT BE OBLIGATED OR EXPENDED FOR A COUNTY, MUNICIPALITY, CITY, PUBLIC SERVICE DISTRICT, SPECIAL PURPOSE DISTRICT, SPECIAL TAX DISTRICT, OR ANY TYPE OF POLITICAL SUBDIVISION DETERMINED BY A COURT OF COMPETENT JURISDICTION TO BE A SANCTUARY JURISDICTION; BY ADDING SECTION 8-31-30 SO AS TO AUTHORIZE THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PUBLISH THE IMMIGRATION COMPLIANCE REPORT AND FOR THE STATE TREASURER TO WITHOLD DISBURSEMENTS FROM THE LOCAL GOVERNMENT FUND TO ANY COUNTY OR MUNICIPALITY NOT CERTIFIED AS COMPLIANT IN THE REPORT; BY AMENDING SECTION 17-15-10, RELATING TO A PERSON CHARGED WITH A NONCAPITAL OFFENSE MAY BE RELEASED ON HIS OWN RECOGNIZANCE, SO AS TO PROVIDE THAT AN ILLEGAL ALIEN DETAINED BY A LOCAL OR STATE LAW ENFORCEMENT AGENCY NOT BE RELEASED INTO THE COMMUNITY, BUT HELD UNTIL TRANSFERRED TO THE UNITED STATES IMMIGRATION AND CUSTOMS ENFORCEMENT; AND BY AMENDING SECTION 17-15-30, RELATING TO MATTERS TO BE CONSIDERED IN DETERMINING CONDITIONS OF RELEASE, SO AS TO PROVIDE </w:t>
+        <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 8-31-10 SO AS TO CREATE THE "PROHIBITION OF SANCTUARY JURISDICTIONS ACT"; BY ADDING SECTION 8-31-20 SO AS TO PROVIDE THAT FUNDS APPROPRIATED BY THE STATE MUST NOT BE OBLIGATED OR EXPENDED FOR A COUNTY, MUNICIPALITY, CITY, PUBLIC SERVICE DISTRICT, SPECIAL PURPOSE DISTRICT, SPECIAL TAX DISTRICT, OR ANY TYPE OF POLITICAL SUBDIVISION DETERMINED BY A COURT OF COMPETENT JURISDICTION TO BE A SANCTUARY JURISDICTION; BY ADDING SECTION 8-31-30 SO AS TO AUTHORIZE THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION TO PUBLISH THE IMMIGRATION COMPLIANCE REPORT AND FOR THE STATE TREASURER TO WITH</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t>H</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">OLD </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>FOR AN ALIEN UNLAWFULLY PRESENT IN THE UNITED STATES THAT THE PROVISIONS OF 17-15-10(C) BE FOLLOWED.</w:t>
+        <w:t xml:space="preserve">DISBURSEMENTS FROM THE LOCAL GOVERNMENT FUND TO ANY COUNTY OR MUNICIPALITY NOT CERTIFIED AS COMPLIANT IN THE REPORT; BY AMENDING SECTION 17-15-10, RELATING TO A PERSON CHARGED WITH A NONCAPITAL OFFENSE MAY BE RELEASED ON HIS OWN RECOGNIZANCE, SO AS TO PROVIDE THAT AN ILLEGAL ALIEN DETAINED BY A LOCAL OR STATE LAW ENFORCEMENT AGENCY NOT BE RELEASED INTO THE COMMUNITY, BUT HELD UNTIL TRANSFERRED TO THE UNITED STATES IMMIGRATION AND CUSTOMS ENFORCEMENT; AND BY AMENDING SECTION 17-15-30, RELATING TO MATTERS TO BE CONSIDERED IN DETERMINING CONDITIONS OF RELEASE, SO AS TO PROVIDE FOR AN ALIEN UNLAWFULLY PRESENT IN THE UNITED STATES THAT THE PROVISIONS OF </w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t xml:space="preserve">SECTION </w:t>
+      </w:r>
+      <w:r>
+        <w:t>17-15-10(C) BE FOLLOWED.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61DE865B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0008pb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30D5437A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="008A60D0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57B0B599" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3133849A" w14:textId="32D95F91" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 736</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 736" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 39-1-100 SO AS TO PROVIDE THAT CERTAIN ONLINE COMPANIES MUST PROVIDE PARENTS AN OPTION TO OPT OUT OF CERTAIN CONTENT ON THEIR PLATFORMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2072DAF8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0417sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71471975" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Labor, Commerce and Industry.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FA894A4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="115B2A3A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="716FB3F5" w14:textId="29099113" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="716FB3F5" w14:textId="21B81BBD" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 737</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 737" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 15-73-10, RELATING TO LIABILITY OF SELLER FOR DEFECTIVE PRODUCT, SO AS TO INCLUDE CHINESE-MADE DIALYSATE OR DIALYSIS PRODUCTS ARE PER SE DEEMED TO BE IN A DEFECTIVE CONDITION AND UNREASONABLY DANGEROUS; BY ADDING SECTION 39-24-70 SO AS TO MAKE IT UNLAWFUL TO SUBSTITUTE WITH CHINESE MADE PRODUCTS; AND BY ADDING SECTION 44-53-60 SO AS TO MAKE IT UNLAWFUL FOR DIALYSATE OR DIALYSIS PRODUCT TO BE FROM CHINA OR TO CONTAIN </w:t>
+        <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 15-73-10, RELATING TO LIABILITY OF SELLER FOR DEFECTIVE PRODUCT, SO AS TO INCLUDE CHINESE-MADE DIALYSATE OR DIALYSIS PRODUCTS ARE PER SE DEEMED TO BE IN A DEFECTIVE CONDITION AND UNREASONABLY DANGEROUS; BY ADDING SECTION 39-24-70 SO AS TO MAKE IT UNLAWFUL TO SUBSTITUTE WITH CHINESE</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">MADE PRODUCTS; AND BY ADDING SECTION 44-53-60 SO AS TO MAKE IT UNLAWFUL FOR DIALYSATE OR DIALYSIS PRODUCT TO BE FROM CHINA OR TO CONTAIN </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>ALUMINUM</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6557A361" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>sr-0084cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E23B74C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B3BD080" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BA9BEF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="41FD0D25" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 738</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 738" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-5-135 SO AS TO PROVIDE THAT A MOTOR VEHICLE OPERATOR WHO UNINTENTIONALLY CAUSES INJURY OR DEATH WHILE FLEEING A MOB OR RIOT IS NOT CRIMINALLY OR CIVILLY LIABLE FOR THE INJURY OR DEATH AS LONG AS THE DRIVER USED DUE CARE UNDER THE CIRCUMSTANCES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23EE1EE2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0418km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012380CC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A10CA88" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="013694A2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="25F0C5E6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="25F0C5E6" w14:textId="2F0CF38F" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 739</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 739" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-5-5 SO AS TO DEFINE PERSON, FUNDING ENTITY, AND RIOT; BY AMENDING SECTION 16-5-90, RELATING TO PRESERVATION OF PROPERTY OWNER'S RIGHT OF ACTION AGAINST PARTICIPANTS IN MOB OR RIOT RESULTING IN DAMAGE TO PROPERTY, SO AS TO INCLUDE ACTIONS AGAINST A FUNDING ENTITY AND ESTABLISH A FUNDING ENTITY IS RESPONSIBLE FOR DAMAGES TO PROPERTY; BY AMENDING SECTION 16-5-130, RELATING TO PENALTIES FOR INSTIGATING, AIDING OR PARTICIPATING IN RIOT, SO AS TO INCLUDE FUNDING OR PROVIDING MATERIALS AS PART OF OFFENSE; BY AMENDING SECTION 16-5-140, RELATING TO ENFORCEMENT OF CHAPTER, SO AS TO PERMIT THE ATTORNEY GENERAL, SOLICITORS, OR THEIR DESIGNEES TO INSTITUTE PROCEEDINGS AGAINST FUNDING ENTITIES UNDER SECTION 17-25-322; AND BY AMENDING SECTION 16-7-20, RELATING TO POWERS OF LAW ENFORCEMENT OFFICERS, SO AS TO PERMIT LAW ENFORCEMENT OFFICERS CALLED TO DUTY BY THE GOVERNOR UNDER SECTION 1-3-450 DUE TO RIOT OR UNLAWFUL ASSEMBLAGE TO USE DYE OR PAINT TO IDENTIFY A PERSON THAT MAY BE CHARGED UNDER SECTION 16-5-130.</w:t>
+        <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-5-5 SO AS TO DEFINE PERSON, FUNDING ENTITY, AND RIOT; BY AMENDING SECTION 16-5-90, RELATING TO PRESERVATION OF PROPERTY OWNER'S RIGHT OF ACTION AGAINST PARTICIPANTS IN MOB OR RIOT RESULTING IN DAMAGE TO PROPERTY, SO AS TO INCLUDE ACTIONS AGAINST A FUNDING ENTITY AND ESTABLISH A FUNDING ENTITY IS RESPONSIBLE FOR DAMAGES TO PROPERTY; BY AMENDING SECTION 16-5-130, RELATING TO PENALTIES FOR INSTIGATING, AIDING</w:t>
+      </w:r>
+      <w:r w:rsidR="002C5F32">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> OR PARTICIPATING IN RIOT, SO AS TO INCLUDE FUNDING OR PROVIDING MATERIALS AS PART OF OFFENSE; BY AMENDING SECTION 16-5-140, RELATING TO ENFORCEMENT OF CHAPTER, SO AS TO PERMIT THE ATTORNEY GENERAL, SOLICITORS, OR THEIR DESIGNEES TO INSTITUTE PROCEEDINGS AGAINST FUNDING ENTITIES UNDER SECTION 17-25-322; AND BY AMENDING SECTION 16-7-20, RELATING TO POWERS OF LAW ENFORCEMENT OFFICERS, SO AS TO PERMIT LAW ENFORCEMENT OFFICERS CALLED TO DUTY BY THE GOVERNOR UNDER SECTION 1-3-450 DUE TO RIOT OR UNLAWFUL ASSEMBLAGE TO USE DYE OR PAINT TO IDENTIFY A PERSON THAT MAY BE CHARGED UNDER SECTION 16-5-130.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20E4C121" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0015mb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02D1D34A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A373DE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07A0F3C4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="44B46C69" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 740</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 740" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59-10-10, RELATING TO PHYSICAL EDUCATION STANDARDS, SO AS TO PROVIDE THAT STUDENTS IN KINDERGARTEN THROUGH EIGHTH GRADE MUST BE PROVIDED A MINIMUM OF SIXTY MINUTES OF OUTDOOR PHYSICAL ACTIVITY EACH DAY.</w:t>
       </w:r>
     </w:p>
@@ -14769,134 +15289,156 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="6D39D528" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EB33EB0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D78DA27" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4B8D2E39" w14:textId="77777777" w:rsidR="00CC5804" w:rsidRDefault="00CC5804" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4055D971" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 741</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 741" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 44-37-55 SO AS TO PROVIDE THAT NO VACCINE CAN BE MANDATED FOR INFANTS UNDER THE AGE OF TWENTY-FOUR MONTHS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3883A4A2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0424km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4FB9DD" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Medical Affairs.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="669A130C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EAD2074" w14:textId="77777777" w:rsidR="00C74325" w:rsidRDefault="00C74325" w:rsidP="00B958FB"/>
     <w:p w14:paraId="1B5AA90D" w14:textId="5834054E" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 742</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 742" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12-36-2120, RELATING TO EXEMPTIONS FROM SALES TAX, SO AS TO EXEMPT BABY FORMULA, BABY FOOD, AND BABY CLOTHES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001416AB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0423km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DB6416A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Finance.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F84830" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F64842" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="013ED855" w14:textId="56E6ADC8" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 743</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 743" \b</w:instrText>
       </w:r>
       <w:r>
@@ -14905,382 +15447,445 @@
       <w:r>
         <w:t xml:space="preserve"> -- Senator Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 44-55-20, RELATING TO WATER, SEWAGE, WASTE DISPOSAL DEFINITIONS, SO AS TO DEFINE "</w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
         <w:t>FLUORIDE</w:t>
       </w:r>
       <w:r>
         <w:t>"; AND BY ADDING SECTION 44-55-35 SO AS TO PROHIBIT THE ADDITION OF FLUORIDE TO A PUBLIC WATER SYSTEM OR TO WATER THAT WILL BE INTRODUCED INTO A PUBLIC WATER SYSTEM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62FDEBE0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0426km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424ED6A7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Medical Affairs.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="658DA7A5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06656320" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="7A98719A" w14:textId="5EBC740D" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 744</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 744" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 27-37-170 SO AS TO PROVIDE THAT CERTAIN EVICTIONS MAY BE EXPUNGED.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="454B1CE0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0434sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D9FA7FF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20FCCDB0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D6B89B8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="418F14D6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 745</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 745" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "HELP FIND MISSING AMERICANS ACT" BY ADDING SECTION 23-3-350 SO AS TO ESTABLISH WHEN WIRELESS SERVICE PROVIDERS MUST PROVIDE CERTAIN INFORMATION TO ACCOUNT </w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">HOLDERS IN CASES INVOLVING MISSING PERSONS, TO ESTABLISH REQUIREMENTS FOR THE RELEASE OF INFORMATION, TO CREATE CRIMINAL PENALTIES FOR KNOWING AND </w:t>
+        <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "HELP FIND MISSING AMERICANS ACT" BY ADDING SECTION 23-3-350 SO AS TO ESTABLISH WHEN WIRELESS SERVICE PROVIDERS MUST PROVIDE CERTAIN INFORMATION TO ACCOUNT HOLDERS IN CASES INVOLVING MISSING PERSONS, TO ESTABLISH REQUIREMENTS FOR THE RELEASE OF INFORMATION, TO CREATE CRIMINAL PENALTIES FOR KNOWING AND </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>WILFUL</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> VIOLATIONS, AND TO PROHIBIT LAWSUITS AGAINST WIRELESS SERVICE PROVIDERS ACTING IN GOOD FAITH; AND TO REQUIRE THE STATE LAW ENFORCEMENT DIVISION TO PROVIDE RECOMMENDATIONS TO THE GENERAL ASSEMBLY REGARDING WAYS TO AID LAW ENFORCEMENT IN MISSING PERSONS CASES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291F2A0A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0216ha26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9C825F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E424DF4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B56282" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="0990D90A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 746</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 746" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-3-600, RELATING TO ASSAULT AND BATTERY OFFENSES, SO AS TO PROVIDE FOR GRADUATED PENALTIES FOR PERSONS CONVICTED A SECOND TIME OF ASSAULT AND BATTERY IN THE THIRD DEGREE IF THE PERSON HAS PRIOR CONVICTIONS FOR ANY ASSAULT AND BATTERY OFFENSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14E316DF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0176ahb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66F1325D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E261351" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25BFFC18" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="5136ED40" w14:textId="7EBCF414" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 747</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 747" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Ott: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-11-645 SO AS TO PROVIDE FOR GRADUATED PENALTIES FOR PERSONS CONVICTED OF CERTAIN SECOND OR THIRD OR SUBSEQUENT TRESPASSING OFFENSES.</w:t>
+        <w:t xml:space="preserve"> -- Senator Ott: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-</w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>11-645 SO AS TO PROVIDE FOR GRADUATED PENALTIES FOR PERSONS CONVICTED OF CERTAIN SECOND OR THIRD OR SUBSEQUENT TRESPASSING OFFENSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4338837F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0177ahb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A197168" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D208D8D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14E35435" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="70224400" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 748</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 748" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-3-1910, RELATING TO LICENSE PLATES FOR HANDICAPPED PERSONS, SO AS TO REVISE THE DEFINITION OF THE TERM "HANDICAPPED" TO INCLUDE CERTAIN PREGNANT WOMEN; AND BY AMENDING SECTION 56-3-1960, RELATING TO THE ISSUANCE OF TEMPORARY AND PERMANENT PARKING PLACARDS, SO AS TO PROVIDE PLACARDS ISSUED TO </w:t>
-[...3 lines deleted...]
-        <w:t>PREGNANT WOMEN WHOSE PREGNANCIES ARE BEYOND THEIR FIRST TRIMESTERS EXPIRE TWELVE MONTHS AFTER THE DATES THEY ARE ISSUED.</w:t>
+        <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-3-1910, RELATING TO LICENSE PLATES FOR HANDICAPPED PERSONS, SO AS TO REVISE THE DEFINITION OF THE TERM "HANDICAPPED" TO INCLUDE CERTAIN PREGNANT WOMEN; AND BY AMENDING SECTION 56-3-1960, RELATING TO THE ISSUANCE OF TEMPORARY AND PERMANENT PARKING PLACARDS, SO AS TO PROVIDE PLACARDS ISSUED TO PREGNANT WOMEN WHOSE PREGNANCIES ARE BEYOND THEIR FIRST TRIMESTERS EXPIRE TWELVE MONTHS AFTER THE DATES THEY ARE ISSUED.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D97B087" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0378cm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F5C270C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Transportation.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D52E8E0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30BCBA69" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="53480A3C" w14:textId="31ECAFE8" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 749</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 749" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott: A JOINT RESOLUTION TO CREATE THE "PRESCRIPTION MEDICINE STUDY COMMITTEE" TO EXAMINE AND RECOMMEND INNOVATIVE METHODS TO REDUCE COSTS FOR PRESCRIPTION MEDICINES CONSIDERED CRITICAL TO SOUTH CAROLINA CITIZENS; TO PROVIDE FOR THE MEMBERSHIP, DUTIES, AND RESPONSIBILITIES OF THE COMMITTEE; AND TO REQUIRE A REPORT OF FINDINGS AND RECOMMENDATIONS TO THE GENERAL ASSEMBLY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DBD9391" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0531wab26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CD2C724" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Medical Affairs.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D2E8305" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C6559F0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="57384798" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 750</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 750" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "SOUTH CAROLINA BEVERAGE CONTAINER RECYCLING ACT" BY ADDING CHAPTER 97 TO TITLE 44 SO AS TO ESTABLISH A BEVERAGE CONTAINER RECYCLING PROGRAM BY WHICH BEVERAGE DISTRIBUTORS OPERATING WITHIN SOUTH CAROLINA ARE REQUIRED TO REGISTER WITH THE DEPARTMENT OF REVENUE AND PAY THE DEPARTMENT OF REVENUE DEPOSITS ON BEVERAGE CONTAINERS COLLECTED FROM DEALERS OR CONSUMERS, WITH CERTAIN EXCEPTIONS; TO ESTABLISH AN INITIAL REFUND VALUE FOR DEPOSIT BEVERAGE CONTAINERS; TO CREATE A DEPOSIT BEVERAGE CONTAINER FUND IN THE OFFICE OF THE STATE TREASURER TO BE USED FOR CERTAIN PURPOSES; TO REQUIRE THE COMPTROLLER GENERAL TO CONDUCT AUDITS OF THE DEPOSIT BEVERAGE CONTAINER PROGRAM; TO PROVIDE FOR THE OPERATION OF REDEMPTION CENTERS FOR THE COLLECTION AND PROCESSING OF DEPOSIT BEVERAGE CONTAINERS REGULATED BY THE DEPARTMENT OF ENVIRONMENTAL SERVICES; TO ESTABLISH REQUIREMENTS FOR OPERATION OF CERTIFIED REDEMPTION CENTERS; TO REQUIRE </w:t>
+        <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "SOUTH CAROLINA BEVERAGE CONTAINER RECYCLING ACT" BY ADDING CHAPTER 97 TO TITLE 44 SO AS TO ESTABLISH A BEVERAGE CONTAINER RECYCLING PROGRAM BY WHICH BEVERAGE DISTRIBUTORS </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>REPORTING BY THE DEPARTMENT OF ENVIRONMENTAL SERVICES AND THE DEPARTMENT OF REVENUE; TO AUTHORIZE CERTAIN STATE AGENCIES TO PROMULGATE REGULATIONS TO IMPLEMENT THE PROVISIONS OF THE CHAPTER; TO PROVIDE FOR THE ESTABLISHMENT OF AN ADVISORY COMMITTEE TO MAKE RECOMMENDATIONS REGARDING REGULATIONS; TO ESTABLISH PENALTIES AND THE RIGHT TO CHALLENGE THE IMPOSITION OF PENALTIES THROUGH AN ADMINISTRATIVE HEARING; AND FOR OTHER PURPOSES.</w:t>
+        <w:t>OPERATING WITHIN SOUTH CAROLINA ARE REQUIRED TO REGISTER WITH THE DEPARTMENT OF REVENUE AND PAY THE DEPARTMENT OF REVENUE DEPOSITS ON BEVERAGE CONTAINERS COLLECTED FROM DEALERS OR CONSUMERS, WITH CERTAIN EXCEPTIONS; TO ESTABLISH AN INITIAL REFUND VALUE FOR DEPOSIT BEVERAGE CONTAINERS; TO CREATE A DEPOSIT BEVERAGE CONTAINER FUND IN THE OFFICE OF THE STATE TREASURER TO BE USED FOR CERTAIN PURPOSES; TO REQUIRE THE COMPTROLLER GENERAL TO CONDUCT AUDITS OF THE DEPOSIT BEVERAGE CONTAINER PROGRAM; TO PROVIDE FOR THE OPERATION OF REDEMPTION CENTERS FOR THE COLLECTION AND PROCESSING OF DEPOSIT BEVERAGE CONTAINERS REGULATED BY THE DEPARTMENT OF ENVIRONMENTAL SERVICES; TO ESTABLISH REQUIREMENTS FOR OPERATION OF CERTIFIED REDEMPTION CENTERS; TO REQUIRE REPORTING BY THE DEPARTMENT OF ENVIRONMENTAL SERVICES AND THE DEPARTMENT OF REVENUE; TO AUTHORIZE CERTAIN STATE AGENCIES TO PROMULGATE REGULATIONS TO IMPLEMENT THE PROVISIONS OF THE CHAPTER; TO PROVIDE FOR THE ESTABLISHMENT OF AN ADVISORY COMMITTEE TO MAKE RECOMMENDATIONS REGARDING REGULATIONS; TO ESTABLISH PENALTIES AND THE RIGHT TO CHALLENGE THE IMPOSITION OF PENALTIES THROUGH AN ADMINISTRATIVE HEARING; AND FOR OTHER PURPOSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251F725B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0346vr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4272C242" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47933677" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Read the first time and </w:t>
       </w:r>
@@ -15291,258 +15896,291 @@
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> to the Committee on Agriculture and Natural Resources.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="759D60EC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="319C3AF1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 751</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 751" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Sutton and Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 44-53-2510 SO AS TO DEFINE TERMS TO INCLUDE NITROUS OXIDE AND NITROUS OXIDE PRODUCTS; BY ADDING SECTION 44-53-2520 SO AS TO CREATE THE OFFENSE OF SELLING OR PROVIDING NITROUS OXIDE TO MINORS, AND TO PROVIDE PENALTIES, AND TO CREATE A CIVIL PENALTY FOR A MINOR THAT MISREPRESENTS HIS AGE TO ATTEMPT TO OR TO PURCHASE NITROUS OXIDE; BY ADDING SECTION 44-53-2530 SO AS TO CREATE A CIVIL PENALTY FOR RETAILERS THAT DISPLAY OR STORE NITROUS OXIDE IN A RETAIL LOCATION WHERE MINORS CAN ACCESS NITROUS OXIDE OR NITROUS OXIDE PRODUCTS; BY ADDING SECTION 44-53-2540 SO AS TO ESTABLISH EXCEPTIONS TO THIS ARTICLE FOR COMMERCIAL USE.</w:t>
+        <w:t xml:space="preserve"> -- Senators Sutton and Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 44-53-2510 SO AS TO DEFINE TERMS TO INCLUDE NITROUS OXIDE AND NITROUS OXIDE PRODUCTS; BY ADDING SECTION 44-53-2520 SO AS TO CREATE THE OFFENSE OF SELLING OR PROVIDING NITROUS OXIDE TO MINORS, AND TO PROVIDE PENALTIES, AND TO CREATE A CIVIL PENALTY FOR A MINOR THAT MISREPRESENTS HIS AGE TO ATTEMPT TO OR TO PURCHASE NITROUS OXIDE; BY ADDING </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>SECTION 44-53-2530 SO AS TO CREATE A CIVIL PENALTY FOR RETAILERS THAT DISPLAY OR STORE NITROUS OXIDE IN A RETAIL LOCATION WHERE MINORS CAN ACCESS NITROUS OXIDE OR NITROUS OXIDE PRODUCTS; BY ADDING SECTION 44-53-2540 SO AS TO ESTABLISH EXCEPTIONS TO THIS ARTICLE FOR COMMERCIAL USE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="518DF71B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sj-0010mb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4DB28E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15C7D312" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF91914" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4843EF4E" w14:textId="60252EDF" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 752</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 752" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Zell: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 59-1-460, RELATING TO EXCUSED SCHOOL ATTENDANCE FOR RELIGIOUS INSTRUCTION, SO AS TO REQUIRE SCHOOL DISTRICT BOARD OF TRUSTEES TO ADOPT A POLICY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71405169" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0011kg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B800D53" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A8BFD73" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3786E584" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4D1FD065" w14:textId="0D8407D1" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 753</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 753" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Zell, Stubbs, Grooms and Blackmon: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17-5-130, RELATING TO CORONER QUALIFICATIONS, SO AS TO REVISE CORONER QUALIFICATIONS AND REQUIRE A FINGERPRINT AND BACKGROUND CHECK OF CORONERS BEFORE THE GENERAL ELECTION.</w:t>
+        <w:t xml:space="preserve"> -- Senators Zell, Stubbs, Grooms and Blackmon: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 17-5-130, RELATING TO CORONER QUALIFICATIONS, SO AS TO REVISE CORONER QUALIFICATIONS AND REQUIRE A FINGERPRINT AND BACKGROUND </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>CHECK OF CORONERS</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> BEFORE THE GENERAL ELECTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="588A8B8E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0444km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5618B0C2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C41EB14" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52E3031F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="66D0D1EE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 754</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 754" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Zell and Reichenbach:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 51-3-60, RELATING TO USE OF FACILITIES FREE OF CHARGE BY DISABLED VETERANS, SO AS TO ALLOW ANY SOUTH CAROLINA RESIDENT WHO IS A VETERAN TO ENTER ANY STATE PARK FREE OF CHARGE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74128920" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0389km25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06237F86" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Prefiled</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> and referred to the Committee on Fish, Game and Forestry.</w:t>
+        <w:t xml:space="preserve"> and referred </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the Committee on Fish, Game and Forestry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ADFE490" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Fish, Game and Forestry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A503A96" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="12E450E8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 755</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 755" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Young, Adams, Alexander, Allen, Bennett, Blackmon, Bright, Campsen, Cash, Chaplin, Climer, Corbin, Cromer, Davis, Devine, Elliott, Fernandez, Gambrell, Garrett, Goldfinch, Graham, Grooms, Hembree, Hutto, Jackson, Johnson, Kennedy, Kimbrell, Leber, Martin, Massey, Matthews, Ott, Peeler, Rankin, Reichenbach, Rice, Sabb, Stubbs, Sutton, Tedder, Turner, Verdin, Walker, Williams and Zell:  A CONCURRENT RESOLUTION TO CONGRATULATE GAIL GINGREY FOR HER FIFTY YEARS OF DEDICATED SERVICE AS A REALTOR IN SOUTH CAROLINA AND TO WISH HER MUCH HAPPINESS AND FULFILLMENT IN THE YEARS AHEAD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C008189" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0478km-amb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A7659E3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered sent to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49630945" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="7DBC3C75" w14:textId="77777777" w:rsidR="00CC5804" w:rsidRDefault="00CC5804" w:rsidP="00B958FB"/>
     <w:p w14:paraId="7767718E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 756</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 756" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott:  A SENATE RESOLUTION TO CONGRATULATE MOUNT ZION AFRICAN METHODIST EPISCOPAL CHURCH UPON THE OCCASION OF ITS HOMECOMING AND ITS ONE HUNDRED EIGHTEENTH ANNIVERSARY AND TO COMMEND THE CHURCH FOR ITS MANY YEARS OF DEDICATED SERVICE TO THE CALHOUN COMMUNITY AND THE PEOPLE AND THE STATE OF SOUTH CAROLINA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="567C5E74" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0388km-vc25.docx</w:t>
       </w:r>
     </w:p>
@@ -15589,96 +16227,96 @@
     <w:p w14:paraId="33DAE44E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6F7549CB" w14:textId="140A7FA4" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 758</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 758" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott: A SENATE RESOLUTION TO CONGRATULATE JOHN EMMETTE MCLAUCHLIN JR. UPON THE OCCASION OF HIS RETIREMENT, TO COMMEND HIM FOR HIS MANY YEARS OF DEDICATED SERVICE, AND TO WISH HIM MUCH HAPPINESS AND FULFILLMENT IN THE YEARS AHEAD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019CE796" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>sr-0378km-vc25.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B6D1C43" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23E22E14" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
-    <w:p w14:paraId="370E7E52" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
+    <w:p w14:paraId="370E7E52" w14:textId="580BABF6" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 759</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 759" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Climer, Peeler, Johnson and Stubbs:  A SENATE RESOLUTION TO RECOGNIZE AND HONOR THE MEMBERS OF THE YORK COUNTY REPUBLICAN PARTY, YORK COUNTY REPUBLICAN WOMEN, CLOVER / LAKE WYLIE REPUBLICAN WOMEN, AND REPUBLICAN WOMEN RISING FOR THEIR EXCEPTIONAL GRASSROOTS LEADERSHIP AND UNWAVERING COMMITMENT TO ADVANCING TRADITIONAL FAMILY VALUES, PROTECTING WOMEN AND GIRLS, AND DEFENDING PARENTAL RIGHTS IN EDUCATION AND MEDICINE, AND TO COMMEND THEM FOR THEIR DEDICATION TO THE REPUBLICAN MISSION.</w:t>
+        <w:t xml:space="preserve"> -- Senators Climer, Peeler, Johnson and Stubbs:  A SENATE RESOLUTION TO RECOGNIZE AND HONOR THE MEMBERS OF THE YORK COUNTY REPUBLICAN PARTY, YORK COUNTY REPUBLICAN WOMEN, CLOVER/LAKE WYLIE REPUBLICAN WOMEN, AND REPUBLICAN WOMEN RISING FOR THEIR EXCEPTIONAL GRASSROOTS LEADERSHIP AND UNWAVERING COMMITMENT TO ADVANCING TRADITIONAL FAMILY VALUES, PROTECTING WOMEN AND GIRLS, AND DEFENDING PARENTAL RIGHTS IN EDUCATION AND MEDICINE, AND TO COMMEND THEM FOR THEIR DEDICATION TO THE REPUBLICAN MISSION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4210ED73" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0471km-amb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E723091" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AEE8E17" w14:textId="71CF8254" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 760</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 760" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott: A SENATE RESOLUTION TO CONGRATULATE CHIEF CHARLES RUCKER UPON THE OCCASION OF HIS FIFTIETH ANNIVERSARY AT NEW RED ROCK FIRE STATION AND TO COMMEND HIM FOR HIS MANY YEARS OF DEDICATED SERVICE TO THE PEOPLE AND THE STATE OF SOUTH CAROLINA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CCDB9F5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0416km-vc26.docx</w:t>
       </w:r>
     </w:p>
@@ -15788,164 +16426,185 @@
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6413855F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="5BF08CD0" w14:textId="40C7C2DB" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 764</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 764" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Verdin: A SENATE RESOLUTION TO CONGRATULATE DR. THOMAS OLIVER YOUNG UPON THE OCCASION OF HIS RETIREMENT, TO COMMEND HIM FOR HIS FORTY-FIVE YEARS OF DEDICATED SERVICE, AND TO WISH HIM MUCH HAPPINESS AND FULFILLMENT IN THE YEARS AHEAD.</w:t>
+        <w:t xml:space="preserve"> -- Senator Verdin: A SENATE RESOLUTION TO CONGRATULATE DR. THOMAS OLIVER YOUNG UPON THE OCCASION OF HIS RETIREMENT, TO COMMEND HIM FOR HIS FORTY-FIVE YEARS OF DEDICATED SERVICE, AND TO </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>WISH HIM MUCH</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> HAPPINESS AND FULFILLMENT IN THE YEARS AHEAD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3656F8B5" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0481km-amb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418FF5DF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD835BE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="639289AC" w14:textId="4A8B2C97" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 765</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 765" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Reichenbach: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 8-11-83, RELATING TO PAYROLL DEDUCTIONS, SO AS TO AUTHORIZE THE COMPTROLLER GENERAL TO DEDUCT DUES FOR THE SOUTH CAROLINA WILDLIFE LAW ENFORCEMENT OFFICERS' ASSOCIATION FROM THE COMPENSATION OF STATE EMPLOYEES AND RETIREES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B8688D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0378dg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488F8D43" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462B2B57" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="012A86F2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 766</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 766" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Graham:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 44-63-110, RELATING TO FEES CHARGED FOR COPIES OF BIRTH CERTIFICATES, SO AS TO WAIVE THE FEES FOR HOMELESS PERSONS AND CHILDREN WHO HAVE AGED OUT OF THE FOSTER CARE SYSTEM; AND BY AMENDING SECTION 56-1-3350, RELATING TO ISSUANCE OF SPECIAL IDENTIFICATION CARDS, AND FEES CHARGED, SO AS TO WAIVE THE FEES FOR HOMELESS PERSONS AND CHILDREN WHO HAVE AGED OUT OF THE FOSTER CARE SYSTEM.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57879953" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0423cm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0811F3D4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33C3AF75" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="752EF21E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 767</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 767" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 38-57-75, RELATING TO VEHICLE GLASS REPAIR PROCEDURES, SO AS TO ADD DEFINITIONS PERTAINING TO VEHICLE GLASS REPAIR FACILITIES, RATES, CONDITIONS, AND AFFILIATIONS; TO PROHIBIT STEERING; TO REQUIRE DISCLOSURES; TO REGULATE INSURER AND THIRD-PARTY ADMINISTRATOR PRACTICES; TO ESTABLISH REIMBURSEMENT STANDARDS FOR VEHICLE GLASS REPAIR AND ADAS RECALIBRATION; TO REQUIRE FACILITY ACCREDITATION; TO PROVIDE ENFORCEMENT AUTHORITY TO THE DEPARTMENT OF INSURANCE; TO IMPOSE PENALTIES AND FEES; AND TO CREATE PRIVATE RIGHTS OF ACTION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="250B6834" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>smin-0097mw26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41A95DBF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Read</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the first time and referred to the Committee on Banking and Insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="197E2D79" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="18A34091" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 768</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
@@ -15967,100 +16626,111 @@
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6544ACD6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="16A7779E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 769</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 769" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Peeler, Alexander, Kimbrell, Verdin, Hembree, Turner and Bennett:  A JOINT RESOLUTION TO PROVIDE FOR THE CONTINUING AUTHORITY TO PAY THE EXPENSES OF STATE GOVERNMENT IF THE 2026-2027 FISCAL YEAR BEGINS WITHOUT A GENERAL APPROPRIATIONS ACT FOR FISCAL YEAR 2026-2027 HAVING BEEN ENACTED, AND TO PROVIDE EXCEPTIONS.</w:t>
+        <w:t xml:space="preserve"> -- Senators Peeler, Alexander, Kimbrell, Verdin, Hembree, Turner and Bennett</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> JOINT RESOLUTION TO PROVIDE FOR THE CONTINUING AUTHORITY TO PAY THE EXPENSES OF STATE GOVERNMENT IF THE 2026-2027 FISCAL YEAR BEGINS WITHOUT A GENERAL APPROPRIATIONS ACT FOR FISCAL YEAR 2026-2027 HAVING BEEN ENACTED, AND TO PROVIDE EXCEPTIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31A4B520" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0380dg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16C56678" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DF8B4E7" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3940DB4F" w14:textId="583A7F4F" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 770</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 770" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Kimbrell: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 13 TO CHAPTER 13, TITLE 63 SO AS TO ESTABLISH EMPLOYMENT REQUIREMENTS FOR INDIVIDUALS APPLYING FOR FEDERALLY FUNDED CHILDCARE ASSISTANCE BENEFITS AVAILABLE TO FAMILIES WITH LOW INCOMES TO HELP </w:t>
-[...3 lines deleted...]
-        <w:t>COVER THE COSTS OF CHILDCARE; AND FOR OTHER PURPOSES.</w:t>
+        <w:t xml:space="preserve"> -- Senator Kimbrell: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 13 TO CHAPTER 13, TITLE 63 SO AS TO ESTABLISH EMPLOYMENT REQUIREMENTS FOR INDIVIDUALS APPLYING FOR FEDERALLY FUNDED CHILDCARE ASSISTANCE BENEFITS AVAILABLE TO FAMILIES WITH LOW INCOMES TO HELP COVER THE COSTS OF CHILDCARE; AND FOR OTHER PURPOSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082A33EE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0369vr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5616D6D9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FC4CA7" w14:textId="77777777" w:rsidR="00C74325" w:rsidRDefault="00C74325" w:rsidP="00B958FB"/>
     <w:p w14:paraId="582DB9DE" w14:textId="1E98A172" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 771</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 771" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Zell, Walker and Grooms: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 12-6-1171, RELATING TO THE MILITARY RETIREMENT INCOME DEDUCTION, SO AS TO DEFINE A QUALIFIED MILITARY </w:t>
       </w:r>
       <w:r w:rsidR="00D357A5">
@@ -16091,708 +16761,810 @@
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B504DB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="7B882683" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 772</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 772" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Corbin and Alexander:  A SENATE RESOLUTION TO CONGRATULATE THE TAYLORS LIONS CLUB UPON THE OCCASION OF ITS SEVENTY-FIFTH ANNIVERSARY AND TO EXPRESS THE UTMOST GRATITUDE FOR ITS MANY YEARS OF DEDICATED SERVICE TO THE CITIZENS OF GREENVILLE COUNTY AND BEYOND.</w:t>
+        <w:t xml:space="preserve"> -- Senators Corbin and Alexander</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SENATE RESOLUTION TO CONGRATULATE THE TAYLORS LIONS CLUB UPON THE OCCASION OF ITS SEVENTY-FIFTH ANNIVERSARY AND TO EXPRESS THE UTMOST GRATITUDE FOR ITS MANY YEARS OF DEDICATED SERVICE TO THE CITIZENS OF GREENVILLE COUNTY AND BEYOND.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="313A7171" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0509wab-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A1ECDA6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AC42BB9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="52CE50EA" w14:textId="57CCBA0F" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 773</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 773" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Leber: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-17-485 SO AS TO DEFINE THE TERM "TRACKING DEVICE", TO CREATE THE OFFENSE OF UNLAWFUL TRACKING, TO PROVIDE A PENALTY, AND TO PROVIDE EXCEPTIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500312D3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0204ahb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20F5FF1F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18491345" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4674EAB9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 774</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 774" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Hembree:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-40-245 SO AS TO REDUCE STATE AID TO CLASSROOM DISTRIBUTION TO SCHOOL DISTRICTS IN AN AMOUNT EQUAL TO THE DISTRICT'S LOCAL REVENUE PER PUPIL FOR EACH STUDENT IN THE DISTRICT THAT ATTENDS A STATEWIDE AUTHORIZED CHARTER SCHOOL.</w:t>
+        <w:t xml:space="preserve"> -- Senator Hembree</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-40-245 SO AS TO REDUCE STATE AID TO CLASSROOM DISTRIBUTION TO SCHOOL DISTRICTS IN AN AMOUNT EQUAL TO THE DISTRICT'S LOCAL REVENUE PER PUPIL FOR EACH STUDENT IN THE DISTRICT THAT ATTENDS A STATEWIDE AUTHORIZED CHARTER SCHOOL.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E5D9EF1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sedu-0014kg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A72DF6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="009B08DE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="56AFDF99" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 775</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 775" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Elliott:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING ARTICLE 11 OF CHAPTER 3, TITLE 47, RELATING TO TAUNTING, TORMENTING, INJURING, OR KILLING POLICE DOGS OR HORSES, SO AS TO EXPAND THE CONDUCT THAT RESULTS IN A VIOLATION, INCREASE THE PENALTIES, REQUIRE RESTITUTION TO THE LAW ENFORCEMENT DEPARTMENT OR AGENCY, AND MAKE TECHNICAL CHANGES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3421DE34" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0201ahb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12564C3B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13B73706" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="76C68E82" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 776</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 776" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 44-53-250, RELATING TO CONTROLLED SUBSTANCES IN SCHEDULE IV, SO AS TO PROVIDE THAT ABORTIFACIENTS, INCLUDING MIFEPRISTONE AND MISOPROSTOL, ARE INCLUDED IN SCHEDULE IV; BY AMENDING SECTION 44-53-370, RELATING TO PROHIBITED ACTS AND PENALTIES RELATED TO CONTROLLED SUBSTANCES, SO AS TO PROVIDE THAT THE SENTENCE FOR VIOLATIONS RELATED TO ABORTIFACIENTS MAY NOT BE SUSPENDED OR PAROLE GRANTED.</w:t>
+        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 44-53-250, RELATING TO CONTROLLED SUBSTANCES IN SCHEDULE IV, SO AS TO PROVIDE THAT ABORTIFACIENTS, INCLUDING MIFEPRISTONE AND MISOPROSTOL, ARE INCLUDED IN SCHEDULE IV; BY AMENDING SECTION 44-53-370, RELATING TO PROHIBITED ACTS AND PENALTIES RELATED TO CONTROLLED SUBSTANCES, SO AS TO PROVIDE THAT THE SENTENCE FOR </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>VIOLATIONS RELATED TO ABORTIFACIENTS MAY NOT BE SUSPENDED OR PAROLE GRANTED.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A560D4F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0461km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124961C0" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2437B242" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="07BE479A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 777</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 777" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Massey, Zell and Kennedy:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 13 TO CHAPTER 5, TITLE 43, SO AS TO DEFINE TERMS RELEVANT TO THE SUPPLEMENTAL NUTRITION ASSISTANCE PROGRAM AND EXEMPTIONS FROM FOODS AND BEVERAGES ELIGIBLE FOR PURCHASE UNDER THE PROGRAM; PROVIDE THAT CANDY, ENERGY DRINKS, SOFT DRINKS, AND SWEETENED BEVERAGES ARE NOT FOODS ELIGIBLE FOR PURCHASE USING SNAP BENEFITS AT SNAP-AUTHORIZED RETAILERS; AND CLARIFY CERTAIN LIMITATIONS OF THE ARTICLE'S APPLICATION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29CD8636" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0459km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CA27FFC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1114D37F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="670266A8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 778</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 778" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Massey and Cash:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 44-6-75 SO AS TO PROVIDE THAT LICENSED ABORTION CLINICS AND AFFILIATED PHYSICIANS OR MEDICAL PRACTICES ARE UNQUALIFIED TO PROVIDE FAMILY PLANNING UNDER THE STATE'S MEDICAID PROGRAM, TO PROHIBIT STATE AND LOCAL FUNDS FOR FAMILY PLANNING TO BE APPROPRIATED TO A LICENSED ABORTION CLINIC AND AFFILIATED PHYSICIANS AND MEDICAL PRACTICES, AND TO PROVIDE THAT THE DEPARTMENT OF PUBLIC HEALTH MUST PROVIDE A LIST OF QUALIFIED FAMILY PLANNING SERVICE PROVIDERS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62292BB9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0469km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607F393D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BC3BB9F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6F0169CC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 779</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 779" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Massey, Hutto, Zell, Devine and Adams:  A JOINT RESOLUTION TO PROVIDE THAT EACH MEMBER OF THE GENERAL ASSEMBLY SHALL RECEIVE A MONTHLY LEGISLATIVE EXPENSE ALLOWANCE OF ONE THOUSAND DOLLARS; TO PROVIDE FOR THE ALLOCATION OF LEGISLATIVE EXPENSE ALLOWANCE PAYMENTS BETWEEN MEMBERS WHOSE SEATS WERE VACATED DURING FISCAL YEAR 2025-2026 AND THE MEMBERS ELECTED TO FILL THE VACANCY; AND TO PROVIDE THAT MEMBERS OF THE GENERAL ASSEMBLY WHOSE SEATS WERE VACATED DUE TO THE MEMBER BEING CONVICTED OF OR PLEADING GUILT OR NOLO CONTENDERE TO A FELONY ARE NOT ENTITLED TO A LEGISLATIVE EXPENSE ALLOWANCE PAYMENT PURSUANT TO THIS ACT.</w:t>
+        <w:t xml:space="preserve"> -- Senators Massey, Hutto, Zell, Devine and Adams:  A JOINT RESOLUTION TO PROVIDE THAT EACH MEMBER OF THE GENERAL ASSEMBLY SHALL RECEIVE A MONTHLY LEGISLATIVE EXPENSE ALLOWANCE OF ONE THOUSAND DOLLARS; TO PROVIDE FOR THE ALLOCATION OF LEGISLATIVE EXPENSE ALLOWANCE PAYMENTS </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>BETWEEN MEMBERS WHOSE SEATS WERE VACATED DURING FISCAL YEAR 2025-2026 AND THE MEMBERS ELECTED TO FILL THE VACANCY; AND TO PROVIDE THAT MEMBERS OF THE GENERAL ASSEMBLY WHOSE SEATS WERE VACATED DUE TO THE MEMBER BEING CONVICTED OF OR PLEADING GUILT OR NOLO CONTENDERE TO A FELONY ARE NOT ENTITLED TO A LEGISLATIVE EXPENSE ALLOWANCE PAYMENT PURSUANT TO THIS ACT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2444A94D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0466km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="791FC1EA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Senator MASSEY spoke on the Resolution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525F3122" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28ECBA66" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="1CB794C1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 780</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 780" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Gambrell:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 37-23-20, RELATING TO HIGH-COST AND CONSUMER HOME LOANS DEFINITIONS, SO AS TO PROVIDE THAT THE CONVENTIONAL MORTGAGE RATE MEANS THE AVERAGE PRIME OFFER RATE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49D25E58" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0472sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267A3295" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Read</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the first time and referred to the Committee on Banking and Insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38F34516" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="67AE375B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 781</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 781" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Leber:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "LIFE BEGINS AT CONCEPTION ACT" BY AMENDING SECTIONS 44-41-630 AND 44-41-650, RELATING TO THE "FETAL HEARTBEAT AND PROTECTION FROM ABORTION ACT", SO AS TO PROHIBIT ABORTIONS AFTER CONCEPTION; BY PROVIDING THE GENERAL ASSEMBLY THE RIGHT TO INTERVENE IN LEGAL CHALLENGES TO THE ACT; AND TO RETITLE ARTICLE 6, CHAPTER 41, TITLE 44, AS "LIFE BEGINS AT CONCEPTION".</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="218E7A26" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0345vr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71F0C058" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0FE72E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4924A940" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 782</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 782" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 5-1-30, RELATING TO PREREQUISITES TO THE ISSUANCE OF A CORPORATE CERTIFICATE TO A PROPOSED MUNICIPALITY SO AS TO ALLOW THE SECRETARY OF STATE TO USE ANY RELIABLE AND VERIFIABLE INFORMATION BASED ON THE LATEST OFFICIAL UNITED STATES CENSUS TO DETERMINE WHETHER A PROPOSED MUNICIPALITY HAS THE REQUISITE POPULATION DENSITY FOR INCORPORATION.</w:t>
+        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 5-1-30, RELATING TO PREREQUISITES TO THE ISSUANCE OF A CORPORATE CERTIFICATE TO A PROPOSED MUNICIPALITY SO AS TO ALLOW THE SECRETARY OF STATE TO USE ANY RELIABLE AND VERIFIABLE INFORMATION </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>BASED ON THE LATEST OFFICIAL UNITED STATES CENSUS TO DETERMINE WHETHER A PROPOSED MUNICIPALITY HAS THE REQUISITE POPULATION DENSITY FOR INCORPORATION.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7DD86A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0462km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CE41E04" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3660728B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="2D171856" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 783</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 783" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Bright:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "SOUTH CAROLINA PRENATAL EQUAL PROTECTION ACT" BY ADDING SECTIONS 16-3-6, 16-3-105, 16-3-106, 16-3-107, AND 16-3-108 SO AS TO DEFINE "PERSON" TO INCLUDE AN UNBORN CHILD AT ANY STAGE OF DEVELOPMENT, AND TO ENSURE THAT AN UNBORN CHILD WHO IS A VICTIM OF HOMICIDE IS AFFORDED EQUAL PROTECTION UNDER THE HOMICIDE LAWS OF THE STATE, WITH EXCEPTIONS; BY ADDING SECTIONS 16-3-760, 16-3-761, 16-3-762, AND 16-3-763 SO AS TO DEFINE "PERSON" TO INCLUDE AN UNBORN CHILD AT ANY STAGE OF DEVELOPMENT AND TO ENSURE THAT AN UNBORN CHILD WHO IS A VICTIM OF ASSAULT IS AFFORDED </w:t>
-[...3 lines deleted...]
-        <w:t>EQUAL PROTECTION UNDER THE ASSAULT LAWS OF THE STATE, WITH EXCEPTIONS; AND FOR OTHER PURPOSES.</w:t>
+        <w:t xml:space="preserve"> -- Senator Bright:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE "SOUTH CAROLINA PRENATAL EQUAL PROTECTION ACT" BY ADDING SECTIONS 16-3-6, 16-3-105, 16-3-106, 16-3-107, AND 16-3-108 SO AS TO DEFINE "PERSON" TO INCLUDE AN UNBORN CHILD AT ANY STAGE OF DEVELOPMENT, AND TO ENSURE THAT AN UNBORN CHILD WHO IS A VICTIM OF HOMICIDE IS AFFORDED EQUAL PROTECTION UNDER THE HOMICIDE LAWS OF THE STATE, WITH EXCEPTIONS; BY ADDING SECTIONS 16-3-760, 16-3-761, 16-3-762, AND 16-3-763 SO AS TO DEFINE "PERSON" TO INCLUDE AN UNBORN CHILD AT ANY STAGE OF DEVELOPMENT AND TO ENSURE THAT AN UNBORN CHILD WHO IS A VICTIM OF ASSAULT IS AFFORDED EQUAL PROTECTION UNDER THE ASSAULT LAWS OF THE STATE, WITH EXCEPTIONS; AND FOR OTHER PURPOSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A0D6CE9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0096cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20182666" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5985E547" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="00B9C6EA" w14:textId="26D1CC8A" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 784</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 784" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 58-37-20, RELATING TO THE PUBLIC SERVICE COMMISSION, SO AS TO PROVIDE FOR DEMAND-SIDE PILOT PROGRAMS; BY AMENDING SECTION 58-37-120, RELATING TO APPLICATIONS FOR PERMIT, SO AS TO REQUIRE A PUBLIC COMMENT PERIOD FOR ANY APPLICATION FOR A PERMIT FOR AN ENERGY INFRASTRUCTURE PROJECT AND TO REQUIRE NOTICE TO AFFECTED LANDOWNERS IF A PUBLIC UTILITY THAT PLANS TO CONSTRUCT, OR HAS ENTERED INTO AGREEMENTS TO CONSTRUCT, AN ENERGY INFRASTRUCTURE PROJECT THAT MAY RESULT IN THE USE OF EMINENT DOMAIN AND TO PRESCRIBE THE METHODS AND CONTENT OF THE NOTICE; BY ADDING SECTION 58-37-835 SO AS TO PROVIDE FOR THE TERMS AND CONDITIONS OF ELECTRIC SERVICE TO COMMERCIAL DATA CENTERS; BY ADDING SECTION 58-37-836 SO AS TO PROVIDE FOR REPORTS TO THE DEPARTMENT OF ENVIRONMENTAL SERVICES CONCERNING SURFACE AND GROUND WATER USED BY COMMERCIAL DATA CENTERS; BY AMENDING SECTION 12-36-2120, RELATING TO EXEMPTIONS FROM SALES TAX, SO AS TO PROVIDE THAT THE COMPUTER EQUIPMENT EXEMPTION IS AVAILABLE TO A TAXPAYER THAT ENTERED INTO A FEE IN LIEU AGREEMENT ON OR BEFORE MAY 30, 2025; TO PROVIDE THAT THE EXEMPTION FOR ELECTRIC</w:t>
+        <w:t xml:space="preserve"> -- Senator Massey:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 58-37-20, RELATING TO THE PUBLIC SERVICE COMMISSION, SO AS TO PROVIDE FOR DEMAND-SIDE PILOT PROGRAMS; BY AMENDING SECTION 58-37-120, RELATING TO APPLICATIONS FOR PERMIT, SO AS TO REQUIRE A PUBLIC COMMENT PERIOD FOR ANY APPLICATION FOR A PERMIT FOR AN ENERGY INFRASTRUCTURE PROJECT AND TO REQUIRE NOTICE TO AFFECTED LANDOWNERS IF A PUBLIC UTILITY THAT PLANS TO CONSTRUCT, OR HAS ENTERED INTO AGREEMENTS TO CONSTRUCT, AN ENERGY INFRASTRUCTURE PROJECT THAT MAY RESULT IN THE USE OF EMINENT DOMAIN AND TO PRESCRIBE THE METHODS AND CONTENT OF THE NOTICE; BY ADDING SECTION 58-37-835 SO AS TO PROVIDE FOR THE TERMS AND CONDITIONS OF ELECTRIC SERVICE TO COMMERCIAL DATA CENTERS; BY </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>ADDING SECTION 58-37-836 SO AS TO PROVIDE FOR REPORTS TO THE DEPARTMENT OF ENVIRONMENTAL SERVICES CONCERNING SURFACE AND GROUND WATER USED BY COMMERCIAL DATA CENTERS; BY AMENDING SECTION 12-36-2120, RELATING TO EXEMPTIONS FROM SALES TAX, SO AS TO PROVIDE THAT THE COMPUTER EQUIPMENT EXEMPTION IS AVAILABLE TO A TAXPAYER THAT ENTERED INTO A FEE IN LIEU AGREEMENT ON OR BEFORE MAY 30, 2025; TO PROVIDE THAT THE EXEMPTION FOR ELECTRIC</w:t>
       </w:r>
       <w:r w:rsidR="00FC1F77">
         <w:t>IT</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Y USED BY A TECHNOLOGY INTENSIVE FACILITY IS NOT AVAILABLE TO A TAXPAYER THAT DID NOT CLAIM THE CREDIT PRIOR TO MAY 30, 2025; TO PROVIDE THAT TO CLAIM THE EXEMPTION FOR ORIGINAL OR REPLACEMENT COMPUTERS, COMPUTER EQUIPMENT, AND COMPUTER HARDWARE AND SOFTWARE PURCHASES USED IN A DATACENTER, THE TAXPAYER MUST HAVE NOTIFIED THE DEPARTMENTS OF REVENUE AND COMMERCE OF ITS INTENTION TO CLAIM THE CREDIT ON OR BEFORE MAY 30, 2025; AND TO PROVIDE THAT THE EXEMPTION FOR ORIGINAL OR REPLACEMENT COMPUTERS, COMPUTER EQUIPMENT, AND COMPUTER HARDWARE AND </w:t>
-[...3 lines deleted...]
-        <w:t>SOFTWARE PURCHASES USED IN A DATACENTER THE TAXPAYER MUST HAVE BEEN CERTIFIED BY THE DEPARTMENT OF COMMERCE PRIOR TO MAY 30, 2030.</w:t>
+        <w:t>Y USED BY A TECHNOLOGY INTENSIVE FACILITY IS NOT AVAILABLE TO A TAXPAYER THAT DID NOT CLAIM THE CREDIT PRIOR TO MAY 30, 2025; TO PROVIDE THAT TO CLAIM THE EXEMPTION FOR ORIGINAL OR REPLACEMENT COMPUTERS, COMPUTER EQUIPMENT, AND COMPUTER HARDWARE AND SOFTWARE PURCHASES USED IN A DATACENTER, THE TAXPAYER MUST HAVE NOTIFIED THE DEPARTMENTS OF REVENUE AND COMMERCE OF ITS INTENTION TO CLAIM THE CREDIT ON OR BEFORE MAY 30, 2025; AND TO PROVIDE THAT THE EXEMPTION FOR ORIGINAL OR REPLACEMENT COMPUTERS, COMPUTER EQUIPMENT, AND COMPUTER HARDWARE AND SOFTWARE PURCHASES USED IN A DATACENTER THE TAXPAYER MUST HAVE BEEN CERTIFIED BY THE DEPARTMENT OF COMMERCE PRIOR TO MAY 30, 2030.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7210A49E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0403km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="038848A6" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A5E4A9E" w14:textId="77777777" w:rsidR="00C74325" w:rsidRDefault="00C74325" w:rsidP="00B958FB"/>
     <w:p w14:paraId="27BD2E77" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 785</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 785" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Reichenbach:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "REMEMBERING CHARLIE KIRK ACT"; BY ADDING SECTION 59-101-700 SO AS TO PROVIDE THAT A PUBLIC COLLEGE OR UNIVERSITY EMPLOYEE MAY BE DISCHARGED FROM EMPLOYMENT FOR CAUSE FOR CERTAIN PUBLIC COMMUNICATIONS; AND BY ADDING SECTION 59-101-710 SO AS TO PROVIDE THAT THE COMMISSION ON HIGHER EDUCATION SHALL DEVELOP A SPEECH CODE FOR PUBLIC COLLEGE OR UNIVERSITY EMPLOYEES THAT MUST BE ADOPTED AND ENFORCED BY THE GOVERNING BOARDS OF THE STATE'S PUBLIC COLLEGES AND UNIVERSITIES, AND TO PROVIDE PENALTIES FOR A PUBLIC COLLEGE OR UNIVERSITY WHO DOES NOT ADOPT OR ENFORCE THE SPEECH CODE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FAC63B9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>sr-0409km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="337A778A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Senator REICHENBACH spoke on the Bill.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C48BFF9" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DF9A14E" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="3CADEBE7" w14:textId="640AA465" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 786</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 786" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Grooms: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 16-3-1732 SO AS TO PROHIBIT THE DOXING OF A MINOR, TO PROVIDE PENALTIES FOR DOXING A MINOR, AND TO PROVIDE RELEVANT DEFINITIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="773FCA17" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0463km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6538D801" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
-        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Read</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50C37DBF" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="76BBEAFD" w14:textId="07519375" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 787</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 787" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Gambrell: A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 37-3-110 SO AS TO DEFINE BRIDGE LOANS; AND BY AMENDING SECTION 37-3-402, RELATING TO BALLOON PAYMENTS, SO AS TO PROVIDE THAT THIS SECTION DOES NOT APPLY TO BRIDGE LOANS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2232ED9D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0467km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16D263B3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Read</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> the first time and referred to the Committee on Banking and Insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20477E54" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="71C62E1C" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 788</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 788" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Blackmon:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 5 TO CHAPTER 1, TITLE 40, SO AS TO PROVIDE DEFINITIONS RELATED TO ARTIFICIAL INTELLIGENCE AND THERAPY OR PSYCHOTHERAPY; TO PROVIDE THAT A LICENSED PROFESSIONAL SHALL NOT BE PERMITTED TO USE ARTIFICIAL INTELLIGENCE TO ASSIST IN PROVIDING SUPPLEMENTARY SUPPORT IN THERAPY OR PSYCHOTHERAPY WHERE THE CLIENT'S THERAPEUTIC SESSION IS RECORDED UNLESS THE PATIENT IS INFORMED THAT ARTIFICIAL INTELLIGENCE WILL BE USED AND FOR WHAT PURPOSE AND THE PATIENT CONSENTS TO THIS USE; TO PROVIDE THAT AN INDIVIDUAL, CORPORATION, OR ENTITY MAY NOT OFFER THERAPY OR PSYCHOTHERAPY SERVICES, INCLUDING THROUGH THE USE OF INTERNET-BASED ARTIFICIAL INTELLIGENCE, UNLESS THE THERAPY OR PSYCHOTHERAPY SERVICES ARE CONDUCTED BY A LICENSED PROFESSIONAL; TO PROVIDE THAT A LICENSED PROFESSIONAL MAY NOT ALLOW ARTIFICIAL INTELLIGENCE TO MAKE INDEPENDENT THERAPEUTIC DECISIONS; TO REQUIRE THAT ALL RECORDS KEPT BY A LICENSED PROFESSIONAL BE KEPT CONFIDENTIAL; TO PROVIDE EXCEPTIONS; AND TO PROVIDE PENALTIES FOR VIOLATIONS.</w:t>
+        <w:t xml:space="preserve"> -- Senator Blackmon:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING ARTICLE 5 TO CHAPTER 1, TITLE 40, SO AS TO PROVIDE DEFINITIONS RELATED TO ARTIFICIAL INTELLIGENCE AND THERAPY OR PSYCHOTHERAPY; TO PROVIDE THAT A LICENSED PROFESSIONAL SHALL NOT BE PERMITTED TO USE ARTIFICIAL INTELLIGENCE TO ASSIST IN PROVIDING SUPPLEMENTARY SUPPORT IN THERAPY OR PSYCHOTHERAPY WHERE THE CLIENT'S THERAPEUTIC SESSION IS RECORDED UNLESS THE PATIENT IS INFORMED THAT ARTIFICIAL INTELLIGENCE WILL BE USED AND FOR WHAT PURPOSE AND THE PATIENT CONSENTS TO THIS USE; TO PROVIDE THAT AN INDIVIDUAL, CORPORATION, OR ENTITY MAY NOT OFFER THERAPY OR PSYCHOTHERAPY SERVICES, INCLUDING THROUGH THE USE OF INTERNET-BASED ARTIFICIAL INTELLIGENCE, UNLESS THE THERAPY OR PSYCHOTHERAPY SERVICES ARE CONDUCTED BY A LICENSED PROFESSIONAL; TO PROVIDE THAT A LICENSED PROFESSIONAL MAY NOT ALLOW ARTIFICIAL </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>INTELLIGENCE TO MAKE INDEPENDENT THERAPEUTIC DECISIONS; TO REQUIRE THAT ALL RECORDS KEPT BY A LICENSED PROFESSIONAL BE KEPT CONFIDENTIAL; TO PROVIDE EXCEPTIONS; AND TO PROVIDE PENALTIES FOR VIOLATIONS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AE3E0F4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>sr-0473km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7339E959" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0FB9ED14" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6AC8C18D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 789</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 789" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Devine and Jackson:  A SENATE RESOLUTION TO CONGRATULATE AND HONOR THE COLUMBIA (SC) ALUMNAE CHAPTER OF DELTA SIGMA THETA SORORITY INC. FOR ITS OUTSTANDING RECORD OF EIGHTY-FIVE YEARS OF SERVICE, ADVOCACY, AND CIVIC LEADERSHIP IN THE MIDLANDS OF SOUTH CAROLINA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32B61B49" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0202ha-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F418A14" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="605ACA79" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="1616806A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 790</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 790" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Devine:  A SENATE RESOLUTION TO HONOR AND CONGRATULATE THE MEMBERS OF </w:t>
+        <w:t xml:space="preserve"> -- Senator Devine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SENATE RESOLUTION TO HONOR AND CONGRATULATE THE MEMBERS OF </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>W.J</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>. KEENAN HIGH SCHOOL CLASS OF 1975 ON THEIR FIFTIETH ANNIVERSARY AND TO ENCOURAGE ALL WHO FOLLOW THE CLASS OF 1975 TO DRAW INSPIRATION FROM THEIR EXAMPLE AS THEY BUILD THEIR OWN LEGACIES OF RESILIENCE, ACHIEVEMENT, AND UNITY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78493108" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0169ha-gm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AEAE789" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C12E57" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="5E1B8297" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
@@ -16807,50 +17579,51 @@
       <w:r>
         <w:tab/>
         <w:instrText>S. 791" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Graham:  A SENATE RESOLUTION TO HONOR SHEILA ROBERTS, FORMER ACCOUNTING AND HUMAN RESOURCES MANAGER FOR LEGISLATIVE SERVICES AGENCY, ON THE OCCASION OF HER RECENT RETIREMENT, TO EXTEND DEEP APPRECIATION FOR HER NEARLY THREE DECADES OF DISTINGUISHED PUBLIC SERVICE TO THE STATE OF SOUTH CAROLINA, AND TO OFFER BEST WISHES FOR A SATISFYING AND REWARDING RETIREMENT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="606DC387" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0299dg-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DF308BA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FA2BCFC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4138DB4D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 792</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 792" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Devine:  A SENATE RESOLUTION TO RECOGNIZE AND CONGRATULATE THE LINKS, INCORPORATED, ORANGEBURG CHAPTER UPON ITS SIXTIETH ANNIVERSARY OF VOLUNTEER EFFORTS AND DEDICATION TO THE AFRICAN AMERICAN COMMUNITY OF ORANGEBURG.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D41E4F3" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0358dg-gm26.docx</w:t>
       </w:r>
     </w:p>
@@ -16884,69 +17657,76 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>MCRANT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, TO CELEBRATE HIS LIFE, AND TO EXTEND THEIR DEEPEST SYMPATHY TO HIS LOVING FAMILY AND MANY FRIENDS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23A19740" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0202ahb-eb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="093425E1" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309DE1FC" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="74133A94" w14:textId="77777777" w:rsidR="00CC5804" w:rsidRDefault="00CC5804" w:rsidP="00B958FB"/>
     <w:p w14:paraId="33F351B2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 794</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 794" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Devine:  A SENATE RESOLUTION TO EXPRESS THE PROFOUND SORROW OF THE MEMBERS OF THE SOUTH CAROLINA SENATE UPON THE PASSING OF REGINALD STERLING GARVIN SR. OF RICHLAND COUNTY AND TO EXTEND THEIR DEEPEST SYMPATHY TO HIS LARGE AND LOVING FAMILY AND HIS MANY FRIENDS.</w:t>
+        <w:t xml:space="preserve"> -- Senator Devine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SENATE RESOLUTION TO EXPRESS THE PROFOUND SORROW OF THE MEMBERS OF THE SOUTH CAROLINA SENATE UPON THE PASSING OF REGINALD STERLING GARVIN SR. OF RICHLAND COUNTY AND TO EXTEND THEIR DEEPEST SYMPATHY TO HIS LARGE AND LOVING FAMILY AND HIS MANY FRIENDS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1891E8A4" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0364dg-gm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3096A04A" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D900004" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="385D57B8" w14:textId="3467862A" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 795</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
@@ -16970,51 +17750,55 @@
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F30C986" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4DAFE402" w14:textId="0292D520" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 796</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 796" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Gambrell: A SENATE RESOLUTION TO RECOGNIZE AND CONGRATULATE THE DOGWOOD GARDEN CLUB OF HONEA PATH UPON THE OCCASION OF ITS EIGHTY-FIFTH ANNIVERSARY AND TO EXPRESS DEEP APPRECIATION FOR THE CLUB'S PRESERVATION OF THE TOWN'S HORTICULTURAL LEGACY AND FOR THE CONTRIBUTION OF ITS MEMBERS OVER THE YEARS TO HONEA PATH'S NATURAL BEAUTY.</w:t>
+        <w:t xml:space="preserve"> -- Senator Gambrell: A SENATE RESOLUTION TO RECOGNIZE AND CONGRATULATE THE DOGWOOD GARDEN CLUB OF HONEA PATH UPON THE </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>OCCASION OF ITS EIGHTY-FIFTH ANNIVERSARY AND TO EXPRESS DEEP APPRECIATION FOR THE CLUB'S PRESERVATION OF THE TOWN'S HORTICULTURAL LEGACY AND FOR THE CONTRIBUTION OF ITS MEMBERS OVER THE YEARS TO HONEA PATH'S NATURAL BEAUTY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FCB01C2" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0475sa-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A0F51EE" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C70B61" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="270C3BA4" w14:textId="5606D443" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 797</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
@@ -17022,51 +17806,50 @@
         <w:tab/>
         <w:instrText>S. 797" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Jackson: A SENATE RESOLUTION TO CONGRATULATE JUANITA THERESE BROWN HARTLEY BRYSON ON THE OCCASION OF HER ONE HUNDREDTH BIRTHDAY AND TO WISH HER A JOYOUS BIRTHDAY CELEBRATION AND MANY YEARS OF CONTINUED HEALTH AND HAPPINESS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B58CD49" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0284dg-gm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38C820AB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="709A0DF8" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="4A2783B3" w14:textId="77777777" w:rsidR="00CC5804" w:rsidRDefault="00CC5804" w:rsidP="00B958FB"/>
     <w:p w14:paraId="6116D8BB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 798</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 798" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott:  A SENATE RESOLUTION TO RECOGNIZE AND HONOR DEACON WILLIE E. SNIPES OF MT. ZION MISSIONARY BAPTIST CHURCH IN FORT MOTTE, FOR HIS MANY YEARS OF FAITHFUL MINISTRY, AND TO EXTEND TO HIM BEST WISHES FOR GOD'S RICHEST BLESSINGS AS HE CONTINUES TO SERVE THE LORD AND HIS COMMUNITY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44855EAB" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0399cm-eb26.docx</w:t>
       </w:r>
     </w:p>
@@ -17108,51 +17891,55 @@
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517C88CA" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="31989F93" w14:textId="5F09EB8D" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 800</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 800" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Ott: A SENATE RESOLUTION TO EXPRESS THE PROFOUND SORROW OF THE SOUTH CAROLINA SENATE UPON THE PASSING OF EUGENE SEAWRIGHT, A NATIVE OF SWANSEA, AND TO EXTEND THE DEEPEST SYMPATHY TO HIS FAMILY AND MANY FRIENDS.</w:t>
+        <w:t xml:space="preserve"> -- Senator Ott: A SENATE RESOLUTION TO EXPRESS THE PROFOUND SORROW OF THE SOUTH CAROLINA SENATE UPON THE PASSING OF EUGENE </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>SEAWRIGHT, A NATIVE OF SWANSEA, AND TO EXTEND THE DEEPEST SYMPATHY TO HIS FAMILY AND MANY FRIENDS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="472E9D59" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0446sa-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62573C17" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A9399D" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="42140E28" w14:textId="18B53430" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 801</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
@@ -17176,67 +17963,74 @@
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05946418" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="28D0A391" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>S. 802</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 802" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Ott:  A SENATE RESOLUTION TO RECOGNIZE AND HONOR THE FOUNDER OF FRESH FRIENDS, LOGAN WELLS, AND TO COMMEND HER AND THIS ORGANIZATION FOR THEIR SIGNIFICANT IMPACT ON THE COMMUNITIES THEY SERVE.</w:t>
+        <w:t xml:space="preserve"> -- Senator Ott</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SENATE RESOLUTION TO RECOGNIZE AND HONOR THE FOUNDER OF FRESH FRIENDS, LOGAN WELLS, AND TO COMMEND HER AND THIS ORGANIZATION FOR THEIR SIGNIFICANT IMPACT ON THE COMMUNITIES THEY SERVE.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671FCA04" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0426cm-gm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4995DB36" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CA1111F" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 803</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 803" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Ott:  A SENATE RESOLUTION TO CELEBRATE AND CONGRATULATE TOD AUGSBURGER, RETIRING PRESIDENT AND CEO OF LEXINGTON HEALTH, TO EXPRESS DEEP APPRECIATION FOR HIS TWENTY-SIX YEARS OF DISTINGUISHED SERVICE, AND TO WISH HIM CONTINUED SUCCESS AND FULFILLMENT IN ALL HIS FUTURE ENDEAVORS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A1ABE16" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:r>
         <w:t>lc-0422sa-rm26.docx</w:t>
       </w:r>
     </w:p>
@@ -17362,51 +18156,58 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Tuesday, January 13, 2026 – 5:30 p.m. - 8:30 p.m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22EFAE63" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Members, Dinner, Columbia Metropolitan Convention Center, 1101 Lincoln Street, hosted by THE RILEY INSTITUTE AT FURMAN UNIVERSITY “RILEY-WILKINS LEGISLATIVE &amp; CIVIC LEADERSHIP AWARDS DINNER”</w:t>
+        <w:t xml:space="preserve">Members, Dinner, Columbia Metropolitan Convention Center, 1101 Lincoln Street, hosted by THE RILEY INSTITUTE AT FURMAN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>UNIVERSITY “RILEY-WILKINS LEGISLATIVE &amp; CIVIC LEADERSHIP AWARDS DINNER”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6001D924" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41F4175D" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
@@ -17603,51 +18404,50 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48716EC9" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk218768126"/>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Thursday, January 15, 2026 – 8:00 a.m. - 10:00 a.m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B3F860" w14:textId="547F0B6A" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Members, Breakfast, 112 Blatt Building, hosted by SOUTH CAROLINA ASSOCIATION FOR PUPIL TRANSPORTATION</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="124DE01E" w14:textId="77777777" w:rsidR="0007633A" w:rsidRPr="007C732A" w:rsidRDefault="0007633A" w:rsidP="001F0F8F">
       <w:pPr>
@@ -17860,50 +18660,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="28FB5538" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Wednesday, January 21, 2026 – 5:00 p.m. - 7:00 p.m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D010ACD" w14:textId="715499A7" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Members, Reception, The Palmetto Club, hosted by </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NORTH </w:t>
@@ -18126,51 +18927,50 @@
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Members and Staff, Reception, Burr &amp; Forman, 1221 Main Street, Suite 1800, hosted by TRANSPORTATION ASSOCIATION OF SOUTH CAROLINA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A02DDF" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Tuesday, January 27, 2026 – 6:00 p.m. - 8:00 p.m.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A0CAB6B" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Members and Staff, Reception, Bourbon, 1214 Main Street, hosted by CONSERVATION VOTERS OF SOUTH CAROLINA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2318CE76" w14:textId="77777777" w:rsidR="001F0F8F" w:rsidRPr="007C732A" w:rsidRDefault="001F0F8F" w:rsidP="001F0F8F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
@@ -18432,79 +19232,80 @@
       </w:r>
       <w:r w:rsidR="00C04394">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MASSEY</w:t>
       </w:r>
       <w:r w:rsidR="008F3017" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, the Senate agreed to stand adjourned.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00FAB21D" w14:textId="77777777" w:rsidR="00B411A2" w:rsidRPr="007C732A" w:rsidRDefault="00B411A2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk219879179"/>
     </w:p>
     <w:p w14:paraId="1A66360D" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E343FED" w14:textId="612141D7" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="000A7610">
+    <w:p w14:paraId="5E343FED" w14:textId="13749031" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00370D39" w:rsidRPr="007C732A">
         <w:rPr>
@@ -18564,67 +19365,67 @@
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, S.C.</w:t>
       </w:r>
       <w:r w:rsidR="00583894" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  B.R. graduated from Clemson University and later earned his PhD in Economics from Duke University.  He taught </w:t>
       </w:r>
       <w:r w:rsidR="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00583894" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">conomics at Clemson University and after retirement he began a second career as an arbitrator/mediator before being elected to the South Carolina House of Representatives where he served from 2002-2014.   In addition to his public service at the </w:t>
       </w:r>
+      <w:r w:rsidR="00BB72C8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00583894" w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tate level, he also served on Clemson City Council, Pickens County Planning Commission and was chair of Alliance Pickens, Pickens County Transportation C Fund Committee and the Pickens County Commerce Park Subcommittee. </w:t>
+      </w:r>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">B.R. was a long-time member of First Baptist Church of Clemson.  He enjoyed trout fishing, playing golf and spending time with family and friends. B.R. was a loving husband, devoted father and doting grandfather who will be dearly missed. </w:t>
+        <w:t xml:space="preserve">B.R. was a longtime member of First Baptist Church of Clemson.  He enjoyed trout fishing, playing golf and spending time with family and friends. B.R. was a loving husband, devoted father and doting grandfather who will be dearly missed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15855193" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F3B1B58" w14:textId="3B893524" w:rsidR="00115AE2" w:rsidRPr="007C732A" w:rsidRDefault="00115AE2" w:rsidP="00115AE2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -18638,55 +19439,54 @@
     </w:p>
     <w:p w14:paraId="2DD409B0" w14:textId="77777777" w:rsidR="00115AE2" w:rsidRPr="007C732A" w:rsidRDefault="00115AE2" w:rsidP="00115AE2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8465AD" w14:textId="7231C3FF" w:rsidR="00115AE2" w:rsidRPr="007C732A" w:rsidRDefault="00115AE2" w:rsidP="00115AE2">
+    <w:p w14:paraId="3A8465AD" w14:textId="3194106C" w:rsidR="00115AE2" w:rsidRPr="007C732A" w:rsidRDefault="00115AE2" w:rsidP="00115AE2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
@@ -18727,51 +19527,63 @@
       </w:r>
       <w:r w:rsidR="00E1087F" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>devotion</w:t>
       </w:r>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to children.  She fostered high-risk infants, owned a daycare center and was an inspector of daycare centers.  Sally also served as a Guardian </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ad</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Litum and a mentor to at-risk youth for many years.  She was an active member of St. David’s Episcopal Church where she sang in the choir and was a </w:t>
+        <w:t xml:space="preserve"> Lit</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB72C8">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m and a mentor to at-risk youth for many years.  She was an active member of St. David’s Episcopal Church where she sang in the choir and was a </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Daughter</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the King.  Sally was a loving </w:t>
       </w:r>
       <w:r w:rsidR="005A61AF" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mother</w:t>
       </w:r>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -18781,50 +19593,51 @@
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sister</w:t>
       </w:r>
       <w:r w:rsidR="00BB712C" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and doting grandmother who will be dearly missed.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2846158B" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00115AE2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="3A2B3FB3" w14:textId="3E323C74" w:rsidR="00115AE2" w:rsidRDefault="00B958FB" w:rsidP="00115AE2">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00115AE2" w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nd</w:t>
       </w:r>
     </w:p>
@@ -18865,51 +19678,55 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="529490DA" w14:textId="4F0635AE" w:rsidR="00276737" w:rsidRDefault="00B958FB" w:rsidP="00B958FB">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">On motion of Senator MASSEY, with unanimous consent, the Senate stood adjourned </w:t>
       </w:r>
       <w:r w:rsidR="00276737" w:rsidRPr="00276737">
-        <w:t>in honor and gratitude for the years of public service that Roger Nutt has given to the people of Spartanburg County and the State of South Carolina and to wish him health and prosperity now and in the future.</w:t>
+        <w:t xml:space="preserve">in honor and gratitude for the years of public service that Roger Nutt has given to the people of Spartanburg </w:t>
+      </w:r>
+      <w:r w:rsidR="00276737" w:rsidRPr="00276737">
+        <w:lastRenderedPageBreak/>
+        <w:t>County and the State of South Carolina and to wish him health and prosperity now and in the future.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75CD1942" w14:textId="77777777" w:rsidR="00B958FB" w:rsidRDefault="00B958FB" w:rsidP="00B958FB"/>
     <w:p w14:paraId="2CEEBE26" w14:textId="17F51939" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ADJOURNMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E017EFC" w14:textId="71608404" w:rsidR="00DB74A4" w:rsidRPr="007C732A" w:rsidRDefault="000A7610">
@@ -23275,171 +24092,173 @@
     <w:rsid w:val="00210823"/>
     <w:rsid w:val="002108FE"/>
     <w:rsid w:val="00211EBD"/>
     <w:rsid w:val="00215E18"/>
     <w:rsid w:val="00217756"/>
     <w:rsid w:val="00223C63"/>
     <w:rsid w:val="002303E1"/>
     <w:rsid w:val="0023268E"/>
     <w:rsid w:val="002476DF"/>
     <w:rsid w:val="002509E4"/>
     <w:rsid w:val="002539E4"/>
     <w:rsid w:val="002564BD"/>
     <w:rsid w:val="00257B63"/>
     <w:rsid w:val="002675D8"/>
     <w:rsid w:val="00276737"/>
     <w:rsid w:val="00280411"/>
     <w:rsid w:val="00284063"/>
     <w:rsid w:val="00291DC0"/>
     <w:rsid w:val="002958C1"/>
     <w:rsid w:val="002A300C"/>
     <w:rsid w:val="002A4A4D"/>
     <w:rsid w:val="002B010F"/>
     <w:rsid w:val="002B6DF2"/>
     <w:rsid w:val="002B73E5"/>
     <w:rsid w:val="002B7EBD"/>
+    <w:rsid w:val="002C5F32"/>
     <w:rsid w:val="002D49C0"/>
     <w:rsid w:val="002D5648"/>
     <w:rsid w:val="002D6956"/>
     <w:rsid w:val="002D7A66"/>
     <w:rsid w:val="002E01BA"/>
     <w:rsid w:val="002E52AD"/>
     <w:rsid w:val="002E56FC"/>
     <w:rsid w:val="002E60B0"/>
     <w:rsid w:val="002F278F"/>
     <w:rsid w:val="002F647B"/>
     <w:rsid w:val="00300B59"/>
     <w:rsid w:val="00300E86"/>
     <w:rsid w:val="00301E5D"/>
     <w:rsid w:val="003055CE"/>
     <w:rsid w:val="0030743B"/>
     <w:rsid w:val="00310BD0"/>
     <w:rsid w:val="00316E47"/>
     <w:rsid w:val="00321465"/>
     <w:rsid w:val="0032208A"/>
     <w:rsid w:val="00323F66"/>
     <w:rsid w:val="00324682"/>
     <w:rsid w:val="00324B29"/>
     <w:rsid w:val="00334554"/>
     <w:rsid w:val="00337C23"/>
     <w:rsid w:val="00343DC1"/>
     <w:rsid w:val="00352381"/>
     <w:rsid w:val="00352710"/>
     <w:rsid w:val="00354207"/>
     <w:rsid w:val="003573AD"/>
     <w:rsid w:val="00362845"/>
     <w:rsid w:val="0036318D"/>
     <w:rsid w:val="00364B8B"/>
     <w:rsid w:val="00365C54"/>
     <w:rsid w:val="00366E03"/>
     <w:rsid w:val="00370D39"/>
     <w:rsid w:val="003737EA"/>
     <w:rsid w:val="00373E7E"/>
     <w:rsid w:val="0037670D"/>
     <w:rsid w:val="00383396"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="00390F72"/>
     <w:rsid w:val="003A659B"/>
     <w:rsid w:val="003C3DEA"/>
     <w:rsid w:val="003D0B99"/>
     <w:rsid w:val="003D3A0A"/>
     <w:rsid w:val="003E1C83"/>
     <w:rsid w:val="003E4D85"/>
     <w:rsid w:val="003F229C"/>
     <w:rsid w:val="00406659"/>
     <w:rsid w:val="00411040"/>
     <w:rsid w:val="004114EF"/>
     <w:rsid w:val="00412368"/>
     <w:rsid w:val="00413196"/>
     <w:rsid w:val="0042469B"/>
     <w:rsid w:val="00424F95"/>
     <w:rsid w:val="00426E5F"/>
     <w:rsid w:val="00434E3B"/>
     <w:rsid w:val="004406C2"/>
     <w:rsid w:val="004465AD"/>
     <w:rsid w:val="00457427"/>
     <w:rsid w:val="00457AF6"/>
+    <w:rsid w:val="00462420"/>
     <w:rsid w:val="004627E1"/>
     <w:rsid w:val="00466800"/>
     <w:rsid w:val="0047138C"/>
     <w:rsid w:val="004746F3"/>
     <w:rsid w:val="00483532"/>
     <w:rsid w:val="00486C2F"/>
     <w:rsid w:val="00486D6C"/>
     <w:rsid w:val="00487367"/>
     <w:rsid w:val="004876AD"/>
     <w:rsid w:val="00490B49"/>
     <w:rsid w:val="00494996"/>
     <w:rsid w:val="004A2459"/>
     <w:rsid w:val="004A2E06"/>
+    <w:rsid w:val="004B1596"/>
     <w:rsid w:val="004B2812"/>
     <w:rsid w:val="004B4A63"/>
     <w:rsid w:val="004B5149"/>
     <w:rsid w:val="004B6674"/>
     <w:rsid w:val="004C1061"/>
     <w:rsid w:val="004C7F5D"/>
     <w:rsid w:val="004D0F10"/>
     <w:rsid w:val="004D1B38"/>
     <w:rsid w:val="004D3BC3"/>
     <w:rsid w:val="004D4DAE"/>
     <w:rsid w:val="004D5629"/>
     <w:rsid w:val="004D5C8A"/>
     <w:rsid w:val="004E40D1"/>
     <w:rsid w:val="004E545F"/>
     <w:rsid w:val="004E5C40"/>
     <w:rsid w:val="004F068B"/>
     <w:rsid w:val="004F4328"/>
     <w:rsid w:val="004F50DD"/>
     <w:rsid w:val="004F5E02"/>
-    <w:rsid w:val="004F68B6"/>
     <w:rsid w:val="004F7F16"/>
     <w:rsid w:val="00500D37"/>
     <w:rsid w:val="0051245F"/>
     <w:rsid w:val="005175DA"/>
     <w:rsid w:val="0052167B"/>
     <w:rsid w:val="00526742"/>
     <w:rsid w:val="005307A8"/>
     <w:rsid w:val="005311A6"/>
     <w:rsid w:val="005351BC"/>
     <w:rsid w:val="005353B7"/>
     <w:rsid w:val="00536861"/>
     <w:rsid w:val="0054021B"/>
     <w:rsid w:val="0055344A"/>
     <w:rsid w:val="005574BD"/>
     <w:rsid w:val="00560D12"/>
     <w:rsid w:val="00563980"/>
     <w:rsid w:val="005659D2"/>
     <w:rsid w:val="00566E22"/>
     <w:rsid w:val="005674BA"/>
     <w:rsid w:val="00567D6D"/>
     <w:rsid w:val="005769B1"/>
     <w:rsid w:val="00580847"/>
     <w:rsid w:val="00582641"/>
     <w:rsid w:val="00583894"/>
     <w:rsid w:val="00585E6B"/>
     <w:rsid w:val="00586CC8"/>
     <w:rsid w:val="005A17A5"/>
-    <w:rsid w:val="005A3AC8"/>
     <w:rsid w:val="005A61AF"/>
     <w:rsid w:val="005B0124"/>
     <w:rsid w:val="005B29BF"/>
     <w:rsid w:val="005B2A00"/>
     <w:rsid w:val="005B2C22"/>
     <w:rsid w:val="005B4D5A"/>
     <w:rsid w:val="005C1EAC"/>
     <w:rsid w:val="005C3A62"/>
     <w:rsid w:val="005D031D"/>
     <w:rsid w:val="005D7083"/>
     <w:rsid w:val="005E5A6F"/>
     <w:rsid w:val="005E7E11"/>
     <w:rsid w:val="005F0B90"/>
     <w:rsid w:val="005F14C9"/>
     <w:rsid w:val="005F4D8E"/>
     <w:rsid w:val="005F7C5E"/>
     <w:rsid w:val="006028FC"/>
     <w:rsid w:val="00606880"/>
     <w:rsid w:val="006072DB"/>
     <w:rsid w:val="00613CF9"/>
     <w:rsid w:val="00621772"/>
     <w:rsid w:val="0062542A"/>
     <w:rsid w:val="00627DD3"/>
     <w:rsid w:val="00631671"/>
     <w:rsid w:val="006326BE"/>
@@ -23588,102 +24407,103 @@
     <w:rsid w:val="009C0006"/>
     <w:rsid w:val="009D4316"/>
     <w:rsid w:val="009D48DB"/>
     <w:rsid w:val="009E78D5"/>
     <w:rsid w:val="009F6919"/>
     <w:rsid w:val="00A04E81"/>
     <w:rsid w:val="00A05031"/>
     <w:rsid w:val="00A05E7C"/>
     <w:rsid w:val="00A06632"/>
     <w:rsid w:val="00A06C7E"/>
     <w:rsid w:val="00A12034"/>
     <w:rsid w:val="00A12304"/>
     <w:rsid w:val="00A207EA"/>
     <w:rsid w:val="00A27AC3"/>
     <w:rsid w:val="00A32D39"/>
     <w:rsid w:val="00A335DF"/>
     <w:rsid w:val="00A355D7"/>
     <w:rsid w:val="00A407B4"/>
     <w:rsid w:val="00A40DE4"/>
     <w:rsid w:val="00A447F5"/>
     <w:rsid w:val="00A45F58"/>
     <w:rsid w:val="00A50610"/>
     <w:rsid w:val="00A50D0A"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54E6A"/>
+    <w:rsid w:val="00A55ECF"/>
     <w:rsid w:val="00A627C2"/>
     <w:rsid w:val="00A66623"/>
     <w:rsid w:val="00A725C3"/>
     <w:rsid w:val="00A77FE0"/>
     <w:rsid w:val="00A81228"/>
     <w:rsid w:val="00A85342"/>
     <w:rsid w:val="00A949BC"/>
     <w:rsid w:val="00A9737B"/>
     <w:rsid w:val="00AA40EF"/>
     <w:rsid w:val="00AA4E53"/>
     <w:rsid w:val="00AA5FC1"/>
-    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AB1303"/>
     <w:rsid w:val="00AB2DA1"/>
     <w:rsid w:val="00AD0B5D"/>
     <w:rsid w:val="00AD2376"/>
     <w:rsid w:val="00AD3288"/>
     <w:rsid w:val="00AD3757"/>
     <w:rsid w:val="00AD75AE"/>
     <w:rsid w:val="00AE01A9"/>
     <w:rsid w:val="00AE117A"/>
     <w:rsid w:val="00AE31D4"/>
     <w:rsid w:val="00AE5A13"/>
     <w:rsid w:val="00AE69FD"/>
     <w:rsid w:val="00AF3EDF"/>
     <w:rsid w:val="00AF5C58"/>
     <w:rsid w:val="00B02528"/>
     <w:rsid w:val="00B05071"/>
     <w:rsid w:val="00B071DF"/>
     <w:rsid w:val="00B109F5"/>
     <w:rsid w:val="00B14936"/>
     <w:rsid w:val="00B319F1"/>
     <w:rsid w:val="00B371FE"/>
     <w:rsid w:val="00B411A2"/>
     <w:rsid w:val="00B42F06"/>
     <w:rsid w:val="00B44A85"/>
     <w:rsid w:val="00B60301"/>
     <w:rsid w:val="00B634AA"/>
     <w:rsid w:val="00B70CF8"/>
     <w:rsid w:val="00B72203"/>
     <w:rsid w:val="00B737D8"/>
     <w:rsid w:val="00B742C7"/>
     <w:rsid w:val="00B824F8"/>
     <w:rsid w:val="00B8391B"/>
     <w:rsid w:val="00B85AEF"/>
     <w:rsid w:val="00B92901"/>
     <w:rsid w:val="00B958FB"/>
     <w:rsid w:val="00BA37B0"/>
     <w:rsid w:val="00BA53A9"/>
     <w:rsid w:val="00BB425F"/>
     <w:rsid w:val="00BB54FA"/>
     <w:rsid w:val="00BB712C"/>
+    <w:rsid w:val="00BB72C8"/>
     <w:rsid w:val="00BC1739"/>
     <w:rsid w:val="00BC1DFD"/>
     <w:rsid w:val="00BD28F5"/>
     <w:rsid w:val="00BE2F0F"/>
     <w:rsid w:val="00BF2BFE"/>
     <w:rsid w:val="00BF6376"/>
     <w:rsid w:val="00BF66CA"/>
     <w:rsid w:val="00BF739A"/>
     <w:rsid w:val="00C00FB0"/>
     <w:rsid w:val="00C04394"/>
     <w:rsid w:val="00C05AAB"/>
     <w:rsid w:val="00C07109"/>
     <w:rsid w:val="00C07E5A"/>
     <w:rsid w:val="00C10C5E"/>
     <w:rsid w:val="00C1184C"/>
     <w:rsid w:val="00C12015"/>
     <w:rsid w:val="00C129A5"/>
     <w:rsid w:val="00C14E31"/>
     <w:rsid w:val="00C17C3B"/>
     <w:rsid w:val="00C226FD"/>
     <w:rsid w:val="00C22733"/>
     <w:rsid w:val="00C22853"/>
     <w:rsid w:val="00C25EA9"/>
     <w:rsid w:val="00C26BF7"/>
     <w:rsid w:val="00C33088"/>
@@ -25146,68 +25966,68 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FF25D10-A6A7-41E5-9353-DD55DBB14E5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>64</Pages>
-[...1 lines deleted...]
-  <Characters>82589</Characters>
+  <Pages>65</Pages>
+  <Words>15503</Words>
+  <Characters>82600</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2627</Lines>
+  <Lines>2628</Lines>
   <Paragraphs>1061</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>, 1999</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>97630</CharactersWithSpaces>
+  <CharactersWithSpaces>97638</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Senate Journal for 1/13/2026 - South Carolina Legislature Online</dc:title>
   <dc:creator>Michele Neal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>