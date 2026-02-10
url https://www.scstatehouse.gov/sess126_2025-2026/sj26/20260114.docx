--- v0 (2026-01-20)
+++ v1 (2026-02-10)
@@ -490,51 +490,51 @@
           <w:b/>
         </w:rPr>
         <w:object w:dxaOrig="3177" w:dyaOrig="3176" w14:anchorId="1B1898EA">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:168pt;height:168pt" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId7" o:title="" gain="2147483647f" blacklevel="15728f"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829914049" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830515205" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="41FA24DB" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3464C4B8" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18DB948C" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="00854A6C" w:rsidRDefault="000A7610" w:rsidP="00854A6C">
       <w:pPr>
@@ -840,68 +840,78 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007405BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>We read in Exodus that:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007405BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>“Moses said to the Lord, ‘O my Lord, I have never been eloquent, neither in the past nor even now that you have spoken to your servant; but I am slow of speech and slow of tongue.’</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>“Moses said to the Lord, ‘O my Lord, I have never been eloquent, neither in the past nor even now that you have spoken to your servant; but I am slow of speech and slow of tongue.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007405BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007405BF">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007405BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>”</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="6D417723" w14:textId="06F22C00" w:rsidR="00A313B6" w:rsidRPr="007405BF" w:rsidRDefault="00A313B6" w:rsidP="00A313B6">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007405BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Friends, let us pray:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1667,439 +1677,533 @@
           <w:b/>
         </w:rPr>
         <w:t>MESSAGE FROM THE GOVERNOR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A951AC0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:t>The following appointments were transmitted by the Honorable Henry Dargan McMaster:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152FE0E3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="68D33396" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219795578"/>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Statewide Appointments</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="096EFA81" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Board of Directors of the South Carolina Public Service Authority, with the term to commence January 1, 2026, and to expire January 1, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018CE7C1" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>At-Large, Chair:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15A39622" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Peter M. McCoy, Jr., 451 Wampler Dr., Charleston, SC 29412-9152</w:t>
+    <w:p w14:paraId="15A39622" w14:textId="4D3587E2" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Peter M. McCoy, Jr., 451 Wampler Dr., Charleston, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29412-9152</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FC3409D" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40929719" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52BB63F6" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="79F6B1F3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Board of Directors of the South Carolina Public Service Authority, with the term to commence January 1, 2027, and to expire January 1, 2031</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0815B277" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>7th Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="436C2405" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Hugh L. Wilcox, Jr., Esquire, P. O. Box 1909, Florence, SC 29503</w:t>
+    <w:p w14:paraId="436C2405" w14:textId="45227EF3" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Hugh L. Wilcox, Jr., Esquire, P.O. Box 1909, Florence, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29503</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26AEB4C7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1759EB6C" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FA93964" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A0BA325" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+    <w:p w14:paraId="4A0BA325" w14:textId="576D0B77" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Initial Appointment, Department of Children's  Advocacy, with the term to commence July 1, 2025, and to expire July 1, 2031</w:t>
+        <w:t>Initial Appointment, Department of Children's Advocacy, with the term to commence July 1, 2025, and to expire July 1, 2031</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B7E98FC" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>State Child Advocate:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BFCD86" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Margaret Fent Bodman, Esquire, 603 Allens Way, Columbia, SC 29205</w:t>
+    <w:p w14:paraId="02BFCD86" w14:textId="5E3F1675" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Margaret Fent Bodman, Esquire, 603 Allens Way, Columbia, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29205</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Ms. Amanda F. Whittle</w:t>
+        <w:t>Amanda F. Whittle</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="133C3638" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07F8C017" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CEDF03E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F267C12" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk219795548"/>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Reappointment, Department of Transportation Commission, with the term to commence February 15, 2026, and to expire February 15, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0272C0FE" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>At-Large:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07628CE5" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>James Britt Blackwell, 2020 Cavendale Drive, Rock Hill, SC 29732-2341</w:t>
+    <w:p w14:paraId="07628CE5" w14:textId="797AC7D4" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">James Britt Blackwell, 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Cavendale</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Drive, Rock Hill, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29732-2341</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AC3DEA5" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77414C46" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F182360" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C11DCC8" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Department of Transportation Commission, with the term to commence February 15, 2026, and to expire February 15, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="544FECBA" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2nd Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19397004" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>William B. Dukes, 523 Carol Lane, Chapin, SC 29036</w:t>
+    <w:p w14:paraId="19397004" w14:textId="47207986" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>William B. Dukes, 523 Carol Lane, Chapin, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29036</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B8B1821" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32297930" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C1B000C" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="32DDD5DB" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Department of Transportation Commission, with the term to commence February 15, 2026, and to expire February 15, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0361F207" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4th Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F8EA43F" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Maxson K. Metcalf, 1128 Edwards Road, Greenville, SC 29615-1638</w:t>
+    <w:p w14:paraId="5F8EA43F" w14:textId="71AF7D74" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Maxson K. Metcalf, 1128 Edwards Road, Greenville, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29615-1638</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3FFD71" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77EAE237" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08F55617" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46F45871" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial Appointment, Department of Transportation Commission, with the term to commence February 15, 2022, and to expire February 15, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26F1C7B6" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6th Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="248750BC" w14:textId="34C9466E" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>L. Martin Sauls IV, 878 Broadview Dr., Ridgeland, SC 29936</w:t>
+    <w:p w14:paraId="248750BC" w14:textId="0912EB23" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>L. Martin Sauls IV, 878 Broadview Dr., Ridgeland, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29936</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:t>John Barnwell Fishbourne (resigned)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7630F7F0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FA4A281" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79FB137D" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
@@ -2115,228 +2219,311 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Department of Transportation Commission, with the term to commence February 15, 2026, and to expire February 15, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B42D69B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6th Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E2FE40E" w14:textId="289FB6C4" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>L. Martin Sauls IV, 878 Broadview Dr., Ridgeland, SC 29936</w:t>
+    <w:p w14:paraId="4E2FE40E" w14:textId="09347B94" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>L. Martin Sauls IV, 878 Broadview Dr., Ridgeland, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29936</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E4CCEB8" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03A33653" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2767BA96" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="1"/>
     <w:p w14:paraId="516DDB51" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Initial Appointment, Director of Department of Corrections, with term coterminous with Governor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E838F8F" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Joel E. Anderson, 4444 Broad River Road, Columbia, SC 29210</w:t>
+    <w:p w14:paraId="7E838F8F" w14:textId="5ABEE628" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Joel E. Anderson, 4444 Broad River Road, Columbia, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29210</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Mr. Bryan P. Stirling</w:t>
+        <w:t>Bryan P. Stirling</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="182758B0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3882159B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Corrections and Penology.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7183A197" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="61DB063B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+    <w:p w14:paraId="61DB063B" w14:textId="5FCC42FA" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Initial Appointment, Jobs Economic Development Authority, with the term to commence July 27, 2024, and to expire July 27, 2027</w:t>
+        <w:t>Initial Appointment, Jobs</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Economic Development Authority, with the term to commence July 27, 2024, and to expire July 27, 2027</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8AE053" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>1st Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCC904B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Mark  Stacy, 2788 Gaston Gate, Mount Pleasant , SC 29466</w:t>
+    <w:p w14:paraId="2CCC904B" w14:textId="6890756E" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mark Stacy, 2788 Gaston Gate, Mount Pleasant</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29466</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> VICE </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Mr. Henry B. Fishburne (resigned)</w:t>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">VICE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Henry</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> B. Fishburne (resigned)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EC8534E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2630AACF" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34158803" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="390FB980" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial Appointment, Juvenile Parole Board, with the term to commence June 30, 2023, and to expire June 30, 2027</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B4C383F" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>At-Large:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26168D13" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Marc P. Embler, Ed.D, 13 Eliza Court, Charleston, SC 29407</w:t>
+    <w:p w14:paraId="26168D13" w14:textId="5BF3347C" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Marc P. Embler, Ed.D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:t>.,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 13 Eliza Court, Charleston, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29407</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:t>Kenneth D. McKellar (deceased)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2ED09E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01061884" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Corrections and Penology.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61E72EA2" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
@@ -2358,56 +2545,68 @@
         </w:rPr>
         <w:t>Initial Appointment, Solicitor,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> with term to expire upon a General Election</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58CBB6B4" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>13th Judicial Circuit:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A2CEC23" w14:textId="123337A6" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Cynthia S. Crick, Esquire, 416 E. North Street, Second Floor, Greenville, SC 29601</w:t>
+    <w:p w14:paraId="1A2CEC23" w14:textId="2F11346D" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cynthia S. Crick, Esquire, 416 E. North Street, Second Floor, Greenville, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29601</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:t>W. Walter Wilkins III, Esquire (resigned)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486BBEE6" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="688762A1" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CDFBBF7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
@@ -2423,1167 +2622,1450 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial Appointment, South Carolina Commission on Archives and History, with term coterminous with Governor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="500ED6FD" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>At-Large:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="645A7C81" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Elisabeth K. McNiel, 937 East Main Street, Bennettsville, SC 29512</w:t>
+    <w:p w14:paraId="645A7C81" w14:textId="3BC01692" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Elisabeth K. McNiel, 937 East Main Street, Bennettsville, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29512</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Mr. William L. Kinney, Jr. (deceased)</w:t>
+        <w:t>William L. Kinney, Jr. (deceased)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E673D79" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59AE3847" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BB1D63C" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4074787D" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Reappointment, South Carolina Commission on Consumer Affairs, with the term to commence August 30, 2025, and to expire August 30, 2029</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3F3232" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>At-Large:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46757963" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>David R. Campbell, 1425 Medway Road, Columbia, SC 29205</w:t>
+    <w:p w14:paraId="46757963" w14:textId="4032BB89" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>David R. Campbell, 1425 Medway Road, Columbia, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29205</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BEA0E9" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="632FCB3B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Banking and Insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B94864D" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BF11914" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, South Carolina Forestry Commission, with the term to commence June 30, 2024, and to expire June 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B5BFDB0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>At-Large:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13203895" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Amy L. McFadden, 1181 Interstate Hwy Graham Road, Kingstree, SC 29556</w:t>
+    <w:p w14:paraId="13203895" w14:textId="49C25709" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Amy L. McFadden, 1181 Interstate H</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:t>igh</w:t>
+      </w:r>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y Graham Road, Kingstree, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29556</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5627787B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4345E40B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Fish, Game and Forestry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B4A6045" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F5C34F3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2026, and to expire June 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F6807C0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>4th Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44FE1070" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Jane W. Daniel, 107 East Shallowstone Road, Greer, SC 29650</w:t>
+    <w:p w14:paraId="44FE1070" w14:textId="58A54DF2" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Jane W. Daniel, 107 East </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Shallowstone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Road, Greer, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29650</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61C981A9" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A801C98" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FD5B1C8" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74123931" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2024, and to expire June 30, 2028</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A291099" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>3rd Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146EAAE8" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>George E. Jones, Jr., 107 Walnut Street, Greenwood, SC 29646-0205</w:t>
+    <w:p w14:paraId="146EAAE8" w14:textId="5D8CF4CD" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>George E. Jones, Jr., 107 Walnut Street, Greenwood, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29646-0205</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="749F3A5B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B8E981E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="486E6F78" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FB72DC1" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2024, and to expire June 30, 2028</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="416312D0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>5th Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10D59D44" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Mary D. Long, 508 Indigo Court, Camden, SC 29020</w:t>
+    <w:p w14:paraId="10D59D44" w14:textId="027C6053" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Mary D. Long, 508 Indigo Court, Camden, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29020</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DFEFC29" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A1CB584" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A6C7645" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5E0235CB" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Initial Appointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2025, and to expire June 30, 2029</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D688D6" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2nd Congressional District:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624C3648" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...4 lines deleted...]
-        <w:t>Cheryl Azouri Long, 219 Healing Springs Road, Blackville, SC 29817</w:t>
+    <w:p w14:paraId="624C3648" w14:textId="1322DEA2" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Cheryl Azouri Long, 219 Healing Springs Road, Blackville, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29817</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
+        <w:t xml:space="preserve"> VICE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Margaret Jo B. Hecker</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CB5F5F" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3516729D" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3937C63B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BBC8D11" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2025, and to expire June 30, 2029</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B7C9186" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6th Congressional District:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74E7C567" w14:textId="5D576C40" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Andrea B. McCoy, 334 Teague Park Court, Columbia, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29209</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A8CE6D7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A80D200" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B050246" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A34FAB7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Initial Appointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2022, and to expire June 30, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D831CAA" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7th Congressional District:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EF8BF5" w14:textId="33E0A90A" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Felicia B. Miles, Ph.D., 628 Oxbow Dr., Myrtle Beach, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29579</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VICE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Vernon Lee McCurry</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D92CEB" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179CF0F7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AD4F30B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567CD97E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2026, and to expire June 30, 2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB09137" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>7th Congressional District:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26BFA7AD" w14:textId="3E958690" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Felicia B. Miles, Ph.D., 628 Oxbow Dr., Myrtle Beach, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29579</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21905045" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3864384A" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Family and Veterans' Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77D044D3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BED399B" w14:textId="24F62446" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reappointment, South Carolina State Housing Finance and Development Authority, with the term to commence August 15, 2026, and to expire August 15, 2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26C7B8F7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>At-Large:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="570FA469" w14:textId="12B027B1" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Matthew R. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Zackon</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, 4897 Datura Rd., Columbia, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29205</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E233154" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77282D8B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Labor, Commerce and Industry.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B681904" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4394A178" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Initial Appointment, South Carolina State Human Affairs Commission, with the term to commence June 30, 2024, and to expire June 30, 2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38034B77" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>3rd Congressional District:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7172EA05" w14:textId="1BE60462" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Martha H. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Murtiashaw</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, Ph.D., 101 West Wesley Street, Walhalla, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29691</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
         <w:t xml:space="preserve"> VICE </w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Mrs. Margaret Jo B. Hecker</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="2BBC8D11" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>Ashley P.  Case</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6088C131" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79686CE8" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Judiciary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36270701" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12447B9F" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2025, and to expire June 30, 2029</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7B7C9186" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>Initial Appointment, South Carolina State Human Affairs Commission, with the term to commence June 30, 2024, and to expire June 30, 2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68473676" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>6th Congressional District:</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="5A34FAB7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>7th Congressional District:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F013373" w14:textId="3AFC9806" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Christine A. Ruth, 754 Bucklin Loop, Myrtle Beach, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29579</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> VICE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:t>Harold Jean Brown</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1F6971" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C1CE367" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Judiciary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B4CA79C" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C6C032" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Initial Appointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2022, and to expire June 30, 2026</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3D831CAA" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>Reappointment, South Carolina Workers' Compensation Commission, with the term to commence June 30, 2026, and to expire June 30, 2032</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71C824AA" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>7th Congressional District:</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>At-Large:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26337A2E" w14:textId="2AE74E38" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Thomas Scott Beck, 1252 Gold Nugget Point, Prosperity, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29127</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FE30A42" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="640D4DC2" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Judiciary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D6CE5C3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05B76553" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reappointment, South Carolina Workers' Compensation Commission, with the term to commence June 30, 2026, and to expire June 30, 2028</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67B6E1D0" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Chairman:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E01DF65" w14:textId="3C4C021D" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Thomas Scott Beck, 1252 Gold Nugget Point, Prosperity, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29127</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58E4290A" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44074E82" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Judiciary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675B9DF3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40C7737B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reappointment, South Carolina Workers' Compensation Commission, with the term to commence June 30, 2026, and to expire June 30, 2032</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EA6075B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>At-Large:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02750774" w14:textId="6F390434" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>John Gabriel Coggiola, Esquire, 3314 Heyward Street, Columbia, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29205</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EAB9500" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7780131D" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Judiciary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="076A48E2" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="137AB7A2" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Reappointment, South Carolina Workers' Compensation Commission, with the term to commence June 30, 2026, and to expire June 30, 2032</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65E377CC" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>At-Large:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6277C4EB" w14:textId="30FBE8EF" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Aisha K. Taylor, 156 Seaton Ridge Drive, Blythewood, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29016</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27CA5638" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="185A7CEF" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Referred to the Committee on Judiciary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6277A773" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="235FE3AF" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Local Appointments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AE828C" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Initial Appointment, Kershaw County Magistrate, with the term to commence April 30, 2023, and to expire April 30, 2027</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D303C3" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:ind w:firstLine="216"/>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Kershaw County:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07440D96" w14:textId="7E3A31B7" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Steven John Knafelc, 3 Glen Drive, Lugoff, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29078</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> VICE </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Mr. Vernon Lee McCurry</w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="567CD97E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">VICE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Roderick</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Todd (resigned)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C9DA61" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52CB9F7E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Reappointment, South Carolina Foster Care Review Board, with the term to commence June 30, 2026, and to expire June 30, 2030</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0EB09137" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>Reappointment, Lee County Magistrate, with the term to commence April 30, 2022, and to expire April 30, 2026</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B27FF6" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>7th Congressional District:</w:t>
-[...28 lines deleted...]
-    <w:p w14:paraId="0BED399B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>Lee County:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E3DC62" w14:textId="1D346603" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Windi King, 414 Marsh Street, Bishopville, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29010-1924</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8A512E" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47590051" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Reappointment, South Carolina State Housing Finance, and Development Authority, with the term to commence August 15, 2026, and to expire August 15, 2030</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="26C7B8F7" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+        <w:t>Reappointment, Lee County Magistrate, with the term to commence April 12, 2026, and to expire April 30, 2030</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6DFC84" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>At-Large:</w:t>
-[...477 lines deleted...]
-        </w:rPr>
         <w:t>Lee County:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E3DC62" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
-[...47 lines deleted...]
-        <w:t>Windi King, 414 Marsh Street, Bishopville, SC 29010-1924</w:t>
+    <w:p w14:paraId="627D2CAB" w14:textId="191227E1" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+      <w:pPr>
+        <w:ind w:firstLine="216"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Windi King, 414 Marsh Street, Bishopville, S</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="008D5970">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 29010-1924</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7727785B" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A634714" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="007D6C4B" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D6C4B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MESSAGE FROM THE GOVERNOR</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DAAB125" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="007D6C4B" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
@@ -3592,122 +4074,119 @@
       <w:r w:rsidRPr="007D6C4B">
         <w:t xml:space="preserve"> State of South Carolina Office of the Governor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="085A9AFB" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="007D6C4B" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r>
         <w:t>January 14, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16F84E0D" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="007D6C4B" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r w:rsidRPr="007D6C4B">
         <w:t xml:space="preserve">Mr. President and Members of the Senate: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E3B1060" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007D6C4B">
-        <w:t xml:space="preserve">I am transmitting herewith notice of my intent to withdraw my nomination </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">I am transmitting herewith notice of my intent to withdraw my nomination of Mr. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Willie L. Todd</w:t>
+      </w:r>
       <w:r w:rsidRPr="007D6C4B">
-        <w:t>of</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the State </w:t>
+        <w:t xml:space="preserve"> for appointment to the State </w:t>
       </w:r>
       <w:r>
         <w:t>Commission for Minority Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F4B296D" w14:textId="5E3F2A1E" w:rsidR="001E3E4C" w:rsidRDefault="001E3E4C" w:rsidP="007B6221">
       <w:r>
         <w:t>Respectfully,</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED70B69" w14:textId="7F366741" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r w:rsidRPr="007D6C4B">
         <w:t>Henry Dargan McMaster</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A00ACD" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="2ADD87F3" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="001321C2" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Withdrawal of Statewide Appointment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB52FBA" w14:textId="4FE9653B" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
-[...2 lines deleted...]
-        <w:t xml:space="preserve">On motion of Senator Rankin, the Senate acceded to the Governor's request and the Clerk was directed to return the appointment to the Governor. </w:t>
+    <w:p w14:paraId="0FB52FBA" w14:textId="76C08F49" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">On motion of Senator </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:t>RANKIN</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the Senate acceded to the Governor's </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the Clerk was directed to return the appointment to the Governor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26BB813E" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="00091FFA" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00091FFA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Initial Appointment, South Carolina State Commission for Minority Affairs, with the term to commence June 30, 2023, and to expire June 30, 2027</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0259F23B" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="00091FFA" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00091FFA">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6th Congressional District:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FAE7895" w14:textId="2934212C" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Willie Todd, Jr., Denmark Technical College Office of the President, P.O. Box 327, Denmark, SC 29042-0327</w:t>
       </w:r>
@@ -3787,54 +4266,68 @@
     </w:p>
     <w:p w14:paraId="25789161" w14:textId="676C4B90" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r w:rsidRPr="007D6C4B">
         <w:t>Respectfully,</w:t>
       </w:r>
       <w:r w:rsidRPr="007D6C4B">
         <w:br/>
         <w:t>Henry Dargan McMaster</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7455B71A" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="1D6E054A" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="001321C2" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Withdrawal of Statewide Appointment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20CDB390" w14:textId="1626658A" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
-[...2 lines deleted...]
-        <w:t xml:space="preserve">On motion of Senator Grooms, the Senate acceded to the Governor's request and the Clerk was directed to return the appointment to the Governor. </w:t>
+    <w:p w14:paraId="20CDB390" w14:textId="1618FA95" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">On motion of Senator </w:t>
+      </w:r>
+      <w:r w:rsidR="00C70E00">
+        <w:t>GROOMS</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the Senate acceded to the Governor's </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>request</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and the Clerk was directed to return the appointment to the Governor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E6E6053" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B720ECB" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="00652F06" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00652F06">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial Appointment, South Carolina Aeronautics Commission, with term coterminous with Governor</w:t>
       </w:r>
@@ -3908,51 +4401,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Leave of Absence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="334F59F1" w14:textId="77777777" w:rsidR="000726D3" w:rsidRDefault="000726D3" w:rsidP="000726D3">
       <w:r>
         <w:tab/>
         <w:t>On motion of Senator STUBBS, at 1:05 P.M., Senator PEELER was granted a leave of absence for today.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="063A487F" w14:textId="77777777" w:rsidR="000726D3" w:rsidRDefault="000726D3" w:rsidP="000726D3"/>
     <w:p w14:paraId="072D1B3F" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="000726D3"/>
     <w:p w14:paraId="4FFF46A5" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="000726D3"/>
     <w:p w14:paraId="04FBF0BB" w14:textId="77777777" w:rsidR="000726D3" w:rsidRPr="003A5BE4" w:rsidRDefault="000726D3" w:rsidP="000726D3">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Leave of Absence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="504ED913" w14:textId="77777777" w:rsidR="000726D3" w:rsidRDefault="000726D3" w:rsidP="000726D3">
       <w:r>
         <w:tab/>
         <w:t>On motion of Senator CORBIN, at 1:05 P.M., Senator KIMBRELL was granted a leave of absence for today.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BEA8F02" w14:textId="77777777" w:rsidR="000726D3" w:rsidRDefault="000726D3" w:rsidP="000726D3"/>
     <w:p w14:paraId="707D2926" w14:textId="77777777" w:rsidR="000726D3" w:rsidRPr="003A5BE4" w:rsidRDefault="000726D3" w:rsidP="000726D3">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Leave of Absence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CA08687" w14:textId="77777777" w:rsidR="000726D3" w:rsidRDefault="000726D3" w:rsidP="000726D3">
       <w:r>
         <w:tab/>
         <w:t>On motion of Senator DEVINE, at 1:05 P.M., Senator WALKER was granted a leave of absence for today.</w:t>
@@ -4315,200 +4807,242 @@
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0E880742" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="076FE026" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>INTRODUCTION OF BILLS AND RESOLUTIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69F6D71C" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t>The following were introduced:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09340799" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="2C143A4C" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 804</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 804" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Matthews:  A SENATE RESOLUTION TO EXPRESS PROFOUND SORROW UPON THE PASSING OF JUDGE ITTRISS JENKINS AND TO EXTEND THE DEEPEST SYMPATHY TO HIS FAMILY AND MANY FRIENDS.</w:t>
+        <w:t xml:space="preserve"> -- Senator Matthews</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SENATE RESOLUTION TO EXPRESS PROFOUND SORROW UPON THE PASSING OF JUDGE </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ITTRISS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> JENKINS AND TO EXTEND THE DEEPEST SYMPATHY TO HIS FAMILY AND MANY FRIENDS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0D348D" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>sr-0468km-vc26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58A5CEE0" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was adopted.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BFE566B" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="1746280E" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 805</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 805" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Bennett:  A CONCURRENT RESOLUTION TO RECOGNIZE AND HONOR THE PINEWOOD PREPARATORY SCHOOL FOOTBALL TEAM, COACHES, AND SCHOOL OFFICIALS FOR A TRULY REMARKABLE SEASON AND TO CONGRATULATE THEM ON WINNING THE 2025 SOUTH CAROLINA INDEPENDENT SCHOOL ASSOCIATION 3A STATE CHAMPIONSHIP.</w:t>
+        <w:t xml:space="preserve"> -- Senator Bennett:  A CONCURRENT RESOLUTION TO RECOGNIZE AND HONOR THE PINEWOOD PREPARATORY SCHOOL FOOTBALL TEAM, COACHES, AND SCHOOL OFFICIALS FOR A TRULY REMARKABLE SEASON AND TO CONGRATULATE THEM ON WINNING THE 2025 SOUTH CAROLINA INDEPENDENT SCHOOL ASSOCIATION </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>3A</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> STATE CHAMPIONSHIP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="797B6B30" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>lc-0226ha-eb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ECC02EE" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered sent to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43992CEB" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="665CFFA5" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 806</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 806" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Chaplin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-4140, RELATING TO GROSS WEIGHT OF VEHICLES, COMBINATIONS OF VEHICLES, AND LOADS, SO AS TO LIMIT THE GROSS WEIGHT OF FARM TRUCKS.</w:t>
+        <w:t xml:space="preserve"> -- Senator Chaplin</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-4140, RELATING TO GROSS WEIGHT OF VEHICLES, COMBINATIONS OF VEHICLES, AND LOADS, SO AS TO LIMIT THE GROSS WEIGHT OF FARM TRUCKS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18C859B3" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>sr-0077cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5925EC10" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EFAB0C1" w14:textId="77777777" w:rsidR="001E3E4C" w:rsidRDefault="001E3E4C" w:rsidP="007B6221"/>
-    <w:p w14:paraId="44A48BFF" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
+    <w:p w14:paraId="44A48BFF" w14:textId="0745D1B3" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 807</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 807" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Chaplin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 50-11-317 SO AS TO DEFINE "DOE" OR "DOES", AND TO ESTABLISH A DOE SEASON FROM JANUARY SECOND THROUGH JANUARY THIRTY-FIRST; BY ADDING SECTION 50-9-42 SO AS TO REQUIRE LICENSES FOR HUNTING DOES DURING DOE SEASON; AND BY AMENDING SECTION 50-9-650, RELATING TO DEER HUNTING, SO AS TO INCREASE THE NUMBER OF ANTLERLESS DEER TAGS A PERSON MAY PURCHASE, AND TO REQUIRE THE DEPARTMENT OF NATURAL RESOURCES TO PRODUCE LITERATURE ENCOURAGING HUNTERS TO TAKE ANTLERLESS DEER .</w:t>
+        <w:t xml:space="preserve"> -- Senator Chaplin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 50-11-317 SO AS TO DEFINE "DOE" OR "DOES", AND TO ESTABLISH A DOE SEASON FROM JANUARY</w:t>
+      </w:r>
+      <w:r w:rsidR="002933B6">
+        <w:t xml:space="preserve"> 2 -</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> JANUARY </w:t>
+      </w:r>
+      <w:r w:rsidR="002933B6">
+        <w:t>31</w:t>
+      </w:r>
+      <w:r>
+        <w:t>; BY ADDING SECTION 50-9-42 SO AS TO REQUIRE LICENSES FOR HUNTING DOES DURING DOE SEASON; AND BY AMENDING SECTION 50-9-650, RELATING TO DEER HUNTING, SO AS TO INCREASE THE NUMBER OF ANTLERLESS DEER TAGS A PERSON MAY PURCHASE, AND TO REQUIRE THE DEPARTMENT OF NATURAL RESOURCES TO PRODUCE LITERATURE ENCOURAGING HUNTERS TO TAKE ANTLERLESS DEER.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="779B89EE" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>sr-0429km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="25075690" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Fish, Game and Forestry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2590A9C1" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="39CD29FB" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 808</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 808" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Rankin and Alexander:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-7-10, RELATING TO ILLEGAL ACTS DURING STATE OF EMERGENCY, SO AS TO INCLUDE THAT HARASSING OR THREATENING A WORKER RESTORING CRITICAL SERVICES IS A MISDEMEANOR, AND THAT ASSAULTING OR ENDANGERING A WORKER RESTORING OR DESTROYING OR TAMPERING WITH AN ELECTRIC UTILITY SYSTEM IS A FELONY, AND TO DEFINE CRITICAL SERVICES.</w:t>
@@ -4523,51 +5057,59 @@
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CF99FBA" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="3F719C1B" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 809</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 809" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Corbin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 2 TO TITLE 63, SO AS TO REQUIRE YOUTH SPORTS ORGANIZATIONS TO REQUIRE ALL COACHES TO UNDERGO A BACKGROUND CHECK.</w:t>
+        <w:t xml:space="preserve"> -- Senator Corbin</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING CHAPTER 2 TO TITLE 63, SO AS TO REQUIRE YOUTH SPORTS ORGANIZATIONS TO REQUIRE ALL COACHES TO UNDERGO A BACKGROUND CHECK.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047E8344" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>sr-0083cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047E77D0" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Family and Veterans' Services.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02C70B35" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="29059CEA" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="001E3E4C" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:pPr>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001E3E4C">
         <w:rPr>
@@ -4582,89 +5124,99 @@
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="001E3E4C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r w:rsidRPr="001E3E4C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
         <w:instrText>S. 810" \b</w:instrText>
       </w:r>
       <w:r w:rsidRPr="001E3E4C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="001E3E4C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -- Senator Grooms:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-4140, RELATING TO GROSS WEIGHT OF VEHICLES, COMBINATIONS OF VEHICLES, AND LOADS SO AS TO LIMIT THE GROSS WEIGHT OF FARM TRUCKS.</w:t>
+        <w:t xml:space="preserve"> -- Senator Grooms</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001E3E4C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001E3E4C">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56-5-4140, RELATING TO GROSS WEIGHT OF VEHICLES, COMBINATIONS OF VEHICLES, AND LOADS SO AS TO LIMIT THE GROSS WEIGHT OF FARM TRUCKS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57617A60" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>sr-0094cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51A09CA6" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A67C1A" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="22F3A539" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 811</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 811" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Zell, Stubbs and Davis:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-25-425 SO AS TO LIMIT TEACHER DUTIES UNDER SCHOOL DISTRICT SALARY SCHEDULES TO CLASSROOM AND CERTAIN RELATED DUTIES, TO PROHIBIT THE ASSIGNMENT OF EXTRACURRICULAR DUTIES WITHOUT CONSENT AND EXTRA COMPENSATION AS STATED IN THE TEACHING CONTRACT, TO REQUIRE SCHOOL DISTRICTS TO DEVELOP RELATED PLANS FOR IMPLEMENTING THESE PROVISIONS, </w:t>
-[...3 lines deleted...]
-        <w:t>TO DEFINE NECESSARY TERMS, AND TO MAKE THESE PROVISIONS APPLICABLE BEGINNING WITH TEACHING CONTRACTS ISSUED FOR THE 2026-2027 SCHOOL YEAR.</w:t>
+        <w:t xml:space="preserve"> -- Senators Zell, Stubbs and Davis:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 59-25-425 SO AS TO LIMIT TEACHER DUTIES UNDER SCHOOL DISTRICT SALARY SCHEDULES TO CLASSROOM AND CERTAIN RELATED DUTIES, TO PROHIBIT THE ASSIGNMENT OF EXTRACURRICULAR DUTIES WITHOUT CONSENT AND EXTRA COMPENSATION AS STATED IN THE TEACHING CONTRACT, TO REQUIRE SCHOOL DISTRICTS TO DEVELOP RELATED PLANS FOR IMPLEMENTING THESE PROVISIONS, TO DEFINE NECESSARY TERMS, AND TO MAKE THESE PROVISIONS APPLICABLE BEGINNING WITH TEACHING CONTRACTS ISSUED FOR THE 2026-2027 SCHOOL YEAR.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="781642E3" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>sr-0470km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0910EDBD" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="697D1518" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="7E9F24B6" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 812</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
@@ -4704,51 +5256,50 @@
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 813" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Bennett, Peeler, Jackson, Rankin, Grooms, Sabb, Williams and Alexander:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 8-13-1302, RELATING TO RECORDS OF CONTRIBUTIONS, CONTRIBUTORS, AND EXPENDITURES, SO AS TO INCLUDE THE EMPLOYER OF PERSONS MAKING CONTRIBUTIONS; BY AMENDING SECTION 8-13-1308, RELATING TO CERTIFIED CAMPAIGN REPORTS BY CANDIDATES AND COMMITTEES, SO AS TO INCLUDE THE OCCUPATION AND EMPLOYER OF PERSONS MAKING A CONTRIBUTION OF MORE THAN ONE HUNDRED DOLLARS; BY AMENDING SECTION 8-13-1309, RELATING TO CERTIFIED CAMPAIGN REPORTS, SO AS TO INCLUDE THE OCCUPATION AND EMPLOYER OF PERSONS MAKING A CONTRIBUTION OF MORE THAN ONE HUNDRED DOLLARS; BY AMENDING SECTION 8-13-1314, RELATING TO CAMPAIGN CONTRIBUTION LIMITS, SO AS TO INCLUDE THE OCCUPATION AND EMPLOYER OF INDIVIDUALS PROVIDING CERTAIN CASH CONTRIBUTIONS; AND BY AMENDING SECTION 8-13-1360, RELATING TO CONTRIBUTION AND EXPENDITURE REPORTING FORMS, SO AS TO INCLUDE THE OCCUPATION AND EMPLOYER OF CONTRIBUTORS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49F63E2B" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>lc-0244ha26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06BBDBF4" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C7C0937" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 814</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 814" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Bennett:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 54-3-10, RELATING TO THE STATE PORTS AUTHORITY BOARD OF DIRECTORS MEMBERSHIP, SO AS TO ADD THE CHIEF EXECUTIVE OFFICER OF THE RETIREMENT SYSTEM INVESTMENT COMMISSION AS AN EX OFFICIO MEMBER AND TO PERMIT EX OFFICIO MEMBERS TO ATTEND EXECUTIVE SESSION MEETINGS; BY AMENDING SECTION 54-3-20, RELATING TO THE STATE PORTS AUTHORITY BOARD OF DIRECTORS APPOINTMENT AND TERMS OF MEMBERSHIP, SO AS TO EXCLUDE THE CHIEF EXECUTIVE OFFICER OF THE RETIREMENT SYSTEM INVESTMENT COMMISSION FROM APPOINTMENT BY THE GOVERNOR; BY AMENDING SECTION 54-3-60, RELATING TO THE STATE PORTS AUTHORITY BOARD MEMBER QUALIFICATIONS, SO AS TO EXCLUDE THE CHIEF EXECUTIVE OFFICER OF THE RETIREMENT SYSTEM INVESTMENT COMMISSION; AND BY AMENDING SECTION 58-31-20, RELATING TO THE PUBLIC SERVICE AUTHORITY BOARD OF DIRECTORS, SO AS TO ADD THE CHIEF EXECUTIVE OFFICER OF THE RETIREMENT SYSTEM INVESTMENT COMMISSION AS AN EX OFFICIO MEMBER.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D7A5F5E" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>lc-0245ha26.docx</w:t>
       </w:r>
     </w:p>
@@ -4756,90 +5307,105 @@
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Transportation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6176880A" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="1B4DC299" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 815</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 815" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Bennett and Verdin:  A JOINT RESOLUTION TO AMEND SECTIONS 1 AND 2 OF ARTICLE X, OF THE CONSTITUTION OF SOUTH CAROLINA, 1895, BOTH RELATING TO PROPERTY TAX, SO AS TO PROVIDE THAT THE GENERAL ASSEMBLY MAY DETERMINE BY LAW THE CLASSIFICATIONS AND ASSESSMENT RATIOS OF SUCH PROPERTY.</w:t>
+        <w:t xml:space="preserve"> -- Senators Bennett and Verdin</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> JOINT RESOLUTION TO AMEND SECTIONS 1 AND 2 OF ARTICLE X, OF THE CONSTITUTION OF SOUTH CAROLINA, 1895, BOTH RELATING TO PROPERTY TAX, SO AS TO PROVIDE THAT THE GENERAL ASSEMBLY MAY DETERMINE BY LAW THE CLASSIFICATIONS AND ASSESSMENT RATIOS OF SUCH PROPERTY.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="112F2EB1" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:t>lc-0389dg26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A1EFE3D" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="720C3E01" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221"/>
     <w:p w14:paraId="5AB39004" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>S. 816</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 816" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Devine:  A SENATE RESOLUTION TO HONOR THE ONE HUNDREDTH ANNIVERSARY OF RICHLAND SCHOOL DISTRICT TWO IN RECOGNITION OF THE DISTRICT'S CENTURY OF DEDICATION TO EDUCATION, COMMUNITY, AND EXCELLENCE, AND TO PROCLAIM JANUARY 29, 2026, AS "RICHLAND SCHOOL DISTRICT TWO CENTENNIAL CELEBRATION DAY" IN SOUTH CAROLINA.</w:t>
+        <w:t xml:space="preserve"> -- Senator Devine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>:  A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> SENATE RESOLUTION TO HONOR THE ONE HUNDREDTH ANNIVERSARY OF RICHLAND SCHOOL DISTRICT TWO IN RECOGNITION OF THE DISTRICT'S CENTURY OF DEDICATION TO EDUCATION, COMMUNITY, AND EXCELLENCE, AND TO PROCLAIM JANUARY 29, 2026, AS "RICHLAND SCHOOL DISTRICT TWO CENTENNIAL CELEBRATION DAY" IN SOUTH CAROLINA.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A8D9C6" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>lc-0588wab-gm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29B73F1F" w14:textId="77777777" w:rsidR="007B6221" w:rsidRDefault="007B6221" w:rsidP="007B6221">
       <w:r>
         <w:tab/>
         <w:t>The Senate Resolution was introduced and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F1B3E15" w14:textId="77777777" w:rsidR="002108FE" w:rsidRDefault="002108FE">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43297C40" w14:textId="7B577A81" w:rsidR="00DB74A4" w:rsidRPr="005F4258" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
@@ -5006,1132 +5572,1199 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t>S. 76</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:instrText xml:space="preserve"> XE "S. 76" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t xml:space="preserve"> -- Senators Hembree, Grooms, Young, Goldfinch, Sabb and Alexander:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t xml:space="preserve">A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-8-230, RELATING TO DEFINITIONS, SO AS TO PROVIDE APPROPRIATE DEFINITIONS; BY AMENDING SECTION 16-8-240, RELATING TO USE OF OR THREAT OF PHYSICAL VIOLENCE BY CRIMINAL GANG MEMBERS AND PENALTIES, SO AS TO ESTABLISH UNLAWFUL CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-245 SO AS TO PROVIDE ADMISSIBILITY OF CRIMINAL GANG AND CRIMINAL GANG ACTIVITY EVIDENCE DURING A TRIAL OR PROCEEDING; BY AMENDING SECTION 16-8-250, RELATING TO PREVENTING WITNESSES OR VICTIMS FROM TESTIFYING AND PENALTIES, SO AS TO PROVIDE A MECHANISM TO ABATE A PUBLIC NUISANCE OF REAL PROPERTY USED BY A CRIMINAL GANG; BY ADDING SECTION 16-8-275 SO AS TO PROVIDE ADMISSIBILITY IN A CRIMINAL PROCEEDING OF THE ACCUSED'S COMMISSION OF CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-520 SO AS TO PROVIDE APPROPRIATE DEFINITIONS FOR THE ANTI-RACKETEERING ACT; BY ADDING SECTION 16-8-530 SO AS TO MAKE IT UNLAWFUL FOR ANY PERSON TO ENGAGE IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-540 SO </w:t>
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-8-230, RELATING TO DEFINITIONS, SO AS TO PROVIDE APPROPRIATE DEFINITIONS; BY AMENDING SECTION 16-8-240, RELATING TO USE OF OR THREAT OF PHYSICAL VIOLENCE BY CRIMINAL GANG MEMBERS AND PENALTIES, SO AS TO ESTABLISH UNLAWFUL CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-245 SO AS TO PROVIDE ADMISSIBILITY OF CRIMINAL GANG AND CRIMINAL GANG ACTIVITY EVIDENCE DURING A TRIAL OR PROCEEDING; BY AMENDING SECTION 16-8-250, RELATING TO PREVENTING WITNESSES OR VICTIMS FROM TESTIFYING AND PENALTIES, SO AS TO PROVIDE A MECHANISM TO ABATE A PUBLIC NUISANCE OF REAL PROPERTY USED BY A CRIMINAL GANG; BY ADDING SECTION 16-8-275 SO AS TO PROVIDE ADMISSIBILITY IN A CRIMINAL PROCEEDING OF THE ACCUSED'S COMMISSION OF CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-520 SO AS TO PROVIDE APPROPRIATE DEFINITIONS FOR THE ANTI-RACKETEERING ACT; BY ADDING SECTION 16-8-530 SO AS TO MAKE IT UNLAWFUL FOR ANY PERSON TO ENGAGE IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-540 SO AS TO PROVIDE CRIMINAL PENALTIES FOR ENGAGING IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-550 SO AS TO PROVIDE THAT THE CIRCUIT COURT MAY ENJOIN VIOLATIONS OF THE ANTI-RACKETEERING ACT BY ISSUING APPROPRIATE ORDERS; BY ADDING SECTION 16-8-560 SO AS TO ESTABLISH JURISDICTION FOR RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-570 SO AS TO PROVIDE PROTECTION FROM DISCLOSURE OF INFORMANTS; AND BY AMENDING SECTION 14-7-1630, RELATING TO JURISDICTION OF JURIES, NOTIFICATION TO IMPANEL JURIES, POWERS AND DUTIES OF IMPANELING AND PRESIDING JUDGES, THE TRANSFER OF INCOMPLETE INVESTIGATIONS, EFFECTIVE DATES AND NOTICE REQUIREMENTS WITH RESPECT TO ORDERS OF JUDGE, AND APPEALS, SO AS TO ADD THE CRIME OF RACKETEERING TO THE JURISDICTION OF THE STATE GRAND JURY.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53372612" w14:textId="77777777" w:rsidR="00F5440C" w:rsidRPr="00441B89" w:rsidRDefault="00F5440C" w:rsidP="002933B6">
+      <w:r w:rsidRPr="00441B89">
+        <w:tab/>
+        <w:t>On motion of Senator CORBIN, with unanimous consent, the Bill was carried over.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D9CFE29" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="777BE644" w14:textId="0FCBB1B8" w:rsidR="002E4C13" w:rsidRDefault="00DD1610" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>OBJECTION</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="673DC400" w14:textId="44B0064A" w:rsidR="002E4C13" w:rsidRPr="007F2080" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t>S. 288</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:instrText xml:space="preserve"> XE "S. 288" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t xml:space="preserve"> -- Senators Johnson, Turner</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t>Graham</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, Davis</w:t>
+      </w:r>
+      <w:r w:rsidR="00203394">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Grooms</w:t>
+      </w:r>
+      <w:r w:rsidR="00203394">
+        <w:t xml:space="preserve"> and Young</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="53372612" w14:textId="77777777" w:rsidR="00F5440C" w:rsidRPr="00441B89" w:rsidRDefault="00F5440C" w:rsidP="00F5440C">
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 6‑29‑725 SO AS TO ALLOW FOR THE TRANSFER OF DEVELOPMENT RIGHTS BETWEEN DIFFERENT LANDOWNERS, TO PROVIDE FOR CONTENTS OF THE ORDINANCE NECESSARY TO REGULATE THE TRANSFER OF DEVELOPMENT RIGHTS, AND TO ALLOW TWO OR MORE LOCAL GOVERNING BODIES TO JOIN ONE ANOTHER IN SETTING UP A TRANSFER OF RIGHTS PROGRAM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4795133C" w14:textId="77777777" w:rsidR="002E4C13" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">The Senate proceeded to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a consideration</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Bill</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B59863" w14:textId="77777777" w:rsidR="002E4C13" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D0FB977" w14:textId="77777777" w:rsidR="002E4C13" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Senator JOHNSON explained the Bill.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4AEDD0" w14:textId="77777777" w:rsidR="002E4C13" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18920767" w14:textId="078F80AB" w:rsidR="002E4C13" w:rsidRDefault="00DD1610" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Senator MARTIN objected to further consideration of the Bill.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3532AECB" w14:textId="77777777" w:rsidR="002E4C13" w:rsidRPr="0063614E" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E63B291" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>RECOMMITTED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF115A6" w14:textId="282504E3" w:rsidR="00C6399C" w:rsidRPr="007F2080" w:rsidRDefault="00C6399C" w:rsidP="00C6399C">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t>S. 572</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:instrText xml:space="preserve"> XE "S. 572" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t xml:space="preserve"> -- Banking and Insurance Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2080">
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:caps/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:caps/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JOINT RESOLUTION TO APPROVE REGULATIONS OF THE ATTORNEY GENERAL, RELATING TO MONEY SERVICES, DESIGNATED AS REGULATION DOCUMENT NUMBER 5363, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4401B2EF" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator CROMER, the Resolution was recommitted to Committee on Banking and Insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="103A5FAE" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
       <w:pPr>
         <w:jc w:val="left"/>
-      </w:pPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="6D9CFE29" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A755C6C" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>RECOMMITTED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73675646" w14:textId="4CEEFB5D" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S. 573</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> XE "S. 573" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -- Banking and Insurance Committee:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A JOINT RESOLUTION TO APPROVE REGULATIONS OF THE DEPARTMENT OF INSURANCE, RELATING TO INSURANCE HOLDING COMPANY SYSTEMS, DESIGNATED AS REGULATION DOCUMENT NUMBER 5320, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E65C0BA" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator CROMER, the Resolution was recommitted to Committee on Banking and Insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E046F24" w14:textId="77777777" w:rsidR="005472CA" w:rsidRPr="007D6BCE" w:rsidRDefault="005472CA" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D07982" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>RECOMMITTED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35D22D72" w14:textId="7B13E85E" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S. 576</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> XE "S. 576" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -- Banking and Insurance Committee:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A JOINT RESOLUTION TO APPROVE REGULATIONS OF THE ATTORNEY GENERAL, RELATING TO SECURITIES EXEMPTIONS, DESIGNATED AS REGULATION DOCUMENT NUMBER 5365, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B263CBF" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator CROMER, the Resolution was recommitted to Committee on Banking and Insurance.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8288D0" w14:textId="77777777" w:rsidR="00F5440C" w:rsidRDefault="00F5440C">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B5D2FB" w14:textId="31771BCC" w:rsidR="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="673DC400" w14:textId="44B0064A" w:rsidR="002E4C13" w:rsidRPr="007F2080" w:rsidRDefault="002E4C13" w:rsidP="002E4C13">
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>CARRIED OVER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E9FAC01" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007F2080" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:t>S. 288</w:t>
+        <w:t>H. 3650</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:instrText xml:space="preserve"> XE "S. 288" \b </w:instrText>
+        <w:instrText xml:space="preserve"> XE "H. 3650" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:t xml:space="preserve"> -- Senators Johnson, Turner</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">:  </w:t>
+        <w:t xml:space="preserve"> -- Reps. G.M. Smith, Wooten, Pope, Chapman, W. Newton, Bailey, Robbins, Crawford, Guest, Caskey, Forrest, B. Newton, Hixon and Taylor:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 6‑29‑725 SO AS TO ALLOW FOR THE TRANSFER OF DEVELOPMENT RIGHTS BETWEEN DIFFERENT LANDOWNERS, TO PROVIDE FOR CONTENTS OF THE ORDINANCE NECESSARY TO REGULATE THE TRANSFER OF DEVELOPMENT RIGHTS, AND TO ALLOW TWO OR MORE LOCAL GOVERNING BODIES TO JOIN ONE ANOTHER IN SETTING UP A TRANSFER OF RIGHTS PROGRAM.</w:t>
-[...97 lines deleted...]
-    <w:p w14:paraId="7E63B291" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑1‑60, RELATING TO OFFENSES DEFINED AS VIOLENT CRIMES, SO AS TO INCLUDE THE OFFENSE OF DISCHARGING FIREARMS AT OR INTO A DWELLING HOUSE, OTHER BUILDING, STRUCTURE, ENCLOSURE, VEHICLE, AIRCRAFT, WATERCRAFT, OR OTHER CONVEYANCE, DEVICE, OR EQUIPMENT; AND BY AMENDING SECTION 16‑23‑440, RELATING TO DISCHARGING FIREARMS INTO A DWELLING HOUSE, OTHER BUILDING, STRUCTURE, ENCLOSURE, VEHICLE, AIRCRAFT, WATERCRAFT, OR OTHER CONVEYANCE, DEVICE, OR EQUIPMENT, SO AS TO CREATE A TIERED PENALTY STRUCTURE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53FC2897" w14:textId="58A710AB" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="002933B6">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>On motion of Senator CORBIN, with unanimous consent, the Bill was carried over.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E11C24D" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22752C84" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D6BCE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>RECOMMITTED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF115A6" w14:textId="282504E3" w:rsidR="00C6399C" w:rsidRPr="007F2080" w:rsidRDefault="00C6399C" w:rsidP="00C6399C">
+    <w:p w14:paraId="0439904F" w14:textId="021B052B" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
       <w:pPr>
         <w:suppressAutoHyphens/>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:color w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S. 595</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> XE "S. 595" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -- Family and Veterans' Services Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JOINT RESOLUTION TO APPROVE REGULATIONS OF THE DEPARTMENT OF SOCIAL SERVICES, RELATING TO CERTIFICATION OF ADOPTION INVESTIGATORS AND PERSONS OBTAINING CONSENTS OR RELINQUISHMENTS, DESIGNATED AS REGULATION DOCUMENT NUMBER 5303, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F61DDB3" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator YOUNG, the Resolution was recommitted to Committee on Family and Veterans’ Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5882DBF1" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F3C8412" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>RECOMMITTED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FA36002" w14:textId="18A02345" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S. 596</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> XE "S. 596" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -- Family and Veterans' Services Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JOINT RESOLUTION TO APPROVE REGULATIONS OF THE DEPARTMENT OF SOCIAL SERVICES, RELATING TO SUPPLEMENTAL BENEFITS FOR ADOPTION AND MEDICAL ASSISTANCE, DESIGNATED AS REGULATION DOCUMENT NUMBER 5315, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A712C7" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator YOUNG, the Resolution was recommitted to Committee on Family and Veterans’ Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19884545" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BD62DFA" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>RECOMMITTED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02AE955C" w14:textId="7DB6D9CF" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S. 597</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> XE "S. 597" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -- Family and Veterans' Services Committee</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> JOINT RESOLUTION TO APPROVE REGULATIONS OF THE DEPARTMENT OF SOCIAL SERVICES, RELATING TO CHILD PLACING AGENCIES REGULATIONS, DESIGNATED AS REGULATION DOCUMENT NUMBER 5308, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA48D1C" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator YOUNG, the Resolution was recommitted to Committee on Family and Veterans’ Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C66F34" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A86D6FF" w14:textId="77777777" w:rsidR="007B6221" w:rsidRPr="007D6BCE" w:rsidRDefault="007B6221" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA4C408" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>RECOMMITTED</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78012BD6" w14:textId="193B4CE5" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>S. 598</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> XE "S. 598" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -- Family and Veterans' Services Committee:  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:caps/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>A JOINT RESOLUTION TO APPROVE REGULATIONS OF THE DEPARTMENT OF SOCIAL SERVICES, RELATING TO APPROVAL OF KINSHIP FAMILY FOSTER HOMES AND KINSHIP ADOPTIVE HOMES FOR CHILDREN IN FOSTER CARE, DESIGNATED AS REGULATION DOCUMENT NUMBER 5296, PURSUANT TO THE PROVISIONS OF ARTICLE 1, CHAPTER 23, TITLE 1 OF THE SOUTH CAROLINA CODE OF LAWS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FFBB524" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007D6BCE">
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>On motion of Senator YOUNG, the Resolution was recommitted to Committee on Family and Veterans’ Services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5660FE6B" w14:textId="77777777" w:rsidR="007D6BCE" w:rsidRPr="007D6BCE" w:rsidRDefault="007D6BCE" w:rsidP="007D6BCE">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="460487B2" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>READ THE SECOND TIME</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D6A2AA" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRPr="007F2080" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:t>S. 572</w:t>
+        <w:t>S. 59</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:instrText xml:space="preserve"> XE "S. 572" \b </w:instrText>
+        <w:instrText xml:space="preserve"> XE "S. 59" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:t xml:space="preserve"> -- Banking and Insurance Committee:  </w:t>
+        <w:t xml:space="preserve"> -- Senators Bennett and Rice:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t xml:space="preserve">A JOINT RESOLUTION TO APPROVE REGULATIONS OF THE ATTORNEY GENERAL, RELATING TO MONEY SERVICES, DESIGNATED AS REGULATION DOCUMENT NUMBER 5363, </w:t>
-[...815 lines deleted...]
-        </w:rPr>
         <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑1‑440, RELATING TO PENALTIES FOR DRIVING WITHOUT A LICENSE, SO AS TO INCREASE THE PENALTIES FOR DRIVING WITHOUT A LICENSE AND MAKE CONFORMING CHANGES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="632B15EB" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063614E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The Senate proceeded to a consideration of the Bill</w:t>
+        <w:t xml:space="preserve">The Senate proceeded to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a consideration</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Bill</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06F4C120" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76A1998D" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
@@ -7318,51 +7951,50 @@
           <w:tab w:val="clear" w:pos="4104"/>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="4752"/>
           <w:tab w:val="clear" w:pos="4968"/>
           <w:tab w:val="clear" w:pos="5184"/>
           <w:tab w:val="clear" w:pos="5400"/>
           <w:tab w:val="clear" w:pos="5616"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00642BFA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Total--38</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CB6CEED" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRPr="00642BFA" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02C2B411" w14:textId="77777777" w:rsidR="00642BFA" w:rsidRDefault="00642BFA" w:rsidP="00642BFA">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="216"/>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="clear" w:pos="648"/>
           <w:tab w:val="clear" w:pos="864"/>
@@ -7600,51 +8232,69 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ENACTING THE “SOUTH CAROLINA COMMERCIAL PROPERTY ASSESSED CLEAN ENERGY AND RESILIENCE ACT” BY ADDING CHAPTER 39 TO TITLE 6 SO AS TO PROVIDE DEFINITIONS, CREATE AND ESTABLISH THE PROGRAM, PROVIDE FOR APPLICATION AND ADMINISTRATION, ESTABLISH A PROCESS FOR ASSESSING AND COLLECTING LIENS, PROVIDE FINANCING, AND TO DEVELOP STANDARDS, AMONG OTHER THINGS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D7FD8A1" w14:textId="77777777" w:rsidR="00C6399C" w:rsidRDefault="00C6399C" w:rsidP="00C6399C">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063614E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>The Senate proceeded to a consideration of the Bill</w:t>
+        <w:t xml:space="preserve">The Senate proceeded to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a consideration</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0063614E">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Bill</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CA667C3" w14:textId="77777777" w:rsidR="00C6399C" w:rsidRDefault="00C6399C" w:rsidP="00C6399C">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56E7846C" w14:textId="77777777" w:rsidR="00C6399C" w:rsidRPr="00A36041" w:rsidRDefault="00C6399C" w:rsidP="00C6399C">
       <w:pPr>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00A36041">
@@ -7804,51 +8454,50 @@
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC211C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:tab/>
         <w:t>Senator SUTTON spoke on the Resolution.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55B5FE13" w14:textId="3DE7371C" w:rsidR="00F961A1" w:rsidRPr="00CC211C" w:rsidRDefault="00F961A1" w:rsidP="00FB198F">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t xml:space="preserve">Senator BRIGHT spoke on the Resolution. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13A5DA5F" w14:textId="77777777" w:rsidR="00CC211C" w:rsidRDefault="00CC211C" w:rsidP="00FB198F">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D334611" w14:textId="77777777" w:rsidR="00CC211C" w:rsidRPr="00CC211C" w:rsidRDefault="00CC211C" w:rsidP="00CC211C">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC211C">
@@ -7997,65 +8646,76 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial Appointment, Kershaw County Magistrate, with the term to commence April 30, 2023, and to expire April 30, 2027</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F58CAB5" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Kershaw County:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C656F5F" w14:textId="67868B37" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
+    <w:p w14:paraId="6C656F5F" w14:textId="1C8A82CA" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
         <w:t>Steven John Knafelc, 3 Glen Drive, Lugoff, SC 29078</w:t>
       </w:r>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:i/>
         </w:rPr>
-        <w:t xml:space="preserve"> VICE </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="0063207E">
-        <w:t>Mr. Roderick Todd (resigned)</w:t>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">VICE </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Roderick</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0063207E">
+        <w:t xml:space="preserve"> Todd (resigned)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6E85C1" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D0DE281" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063207E">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Lee County Magistrate, with the term to commence April 30, 2022, and to expire April 30, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28B73AD8" w14:textId="77777777" w:rsidR="00F961A1" w:rsidRPr="0063207E" w:rsidRDefault="00F961A1" w:rsidP="00F961A1">
       <w:pPr>
         <w:keepNext/>
@@ -8289,55 +8949,54 @@
     </w:p>
     <w:p w14:paraId="7FAD8903" w14:textId="77777777" w:rsidR="00E25B60" w:rsidRPr="007C732A" w:rsidRDefault="00E25B60" w:rsidP="00E25B60">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F6E257C" w14:textId="77777777" w:rsidR="00E25B60" w:rsidRPr="007C732A" w:rsidRDefault="00E25B60" w:rsidP="00E25B60">
+    <w:p w14:paraId="3F6E257C" w14:textId="6F412E7B" w:rsidR="00E25B60" w:rsidRPr="007C732A" w:rsidRDefault="00E25B60" w:rsidP="00E25B60">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
@@ -8383,51 +9042,63 @@
         </w:rPr>
         <w:t xml:space="preserve"> as a logistics officer in the U.S. Army during Vietnam and later earned his Juris Doctor from the University of South Carolina School of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Law.  A nearly fifty</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>-year</w:t>
       </w:r>
       <w:r w:rsidRPr="007C732A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> legal career included volunteer work in Montana, work in Ronan, serving in the Attorney General’s Office, practicing law in Walhalla, working in the Oconee County Solicitor’s Office and being elected as a Family Court Judge for the Tenth Judicial Circuit.  Tommy was a member of the Walhalla Lions Club, a devoted supporter of T.L. Hanna football where he was a commentator for the programs radio broadcasts, an avid fly fisherman and a member of Central Presbyterian Church.  Tommy was a loving husband, devoted father and doting grandfather who will be dearly missed. </w:t>
+        <w:t xml:space="preserve"> legal career included volunteer work in Montana, work in Ronan, serving in the Attorney General’s Office, practicing law in Walhalla, working in the Oconee County Solicitor’s Office and being elected as a Family Court Judge for the Tenth Judicial Circuit.  Tommy was a member of the Walhalla Lions Club, a devoted supporter of T.L. Hanna football where he was a commentator for the program</w:t>
+      </w:r>
+      <w:r w:rsidR="002933B6">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C732A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s radio broadcasts, an avid fly fisherman and a member of Central Presbyterian Church.  Tommy was a loving husband, devoted father and doting grandfather who will be dearly missed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3A65751E" w14:textId="77777777" w:rsidR="00D5038F" w:rsidRDefault="00D5038F" w:rsidP="00D96B71">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FA0E760" w14:textId="68B9C91E" w:rsidR="00E25B60" w:rsidRPr="007C732A" w:rsidRDefault="00D96B71" w:rsidP="00D96B71">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -8470,51 +9141,91 @@
           <w:b/>
         </w:rPr>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24916E5C" w14:textId="77777777" w:rsidR="00D96B71" w:rsidRDefault="00D96B71" w:rsidP="00D96B71">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t xml:space="preserve">On motion of Senator MATTHEWS, with unanimous consent, the Senate stood adjourned out of respect to the memory of the Honorable Ittriss Jermain Jenkins of Charleston, S.C.  Ittriss graduated from North Carolina A&amp;T State University and received his master’s degree in political science from Clark Atlanta University and earned his law degree from Texas Southern University.  Ittriss owned his own law practice where he specialized in estate planning, asset protection, guardianship/conservatorship and probate administration.  He served as a magistrate judge from May 2015 until the time of his passing.  Ittriss was a loving husband and devoted father who will be dearly missed. </w:t>
+        <w:t xml:space="preserve">On motion of Senator MATTHEWS, with unanimous consent, the Senate stood adjourned out of respect to the memory of the Honorable </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ittriss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Jermain Jenkins of Charleston, S.C.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ittriss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> graduated from North Carolina </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>A&amp;T</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> State University and received his master’s degree in political science from Clark Atlanta University and earned his law degree from Texas Southern University.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ittriss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> owned his own law practice where he specialized in estate planning, asset protection, guardianship/conservatorship and probate administration.  He served as a magistrate judge from May 2015 until the time of his passing.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Ittriss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> was a loving husband and devoted father who will be dearly missed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A437BBC" w14:textId="77777777" w:rsidR="00D96B71" w:rsidRDefault="00D96B71" w:rsidP="00D96B71"/>
     <w:p w14:paraId="4E2213C9" w14:textId="33914F15" w:rsidR="00D5038F" w:rsidRDefault="00D5038F" w:rsidP="00D5038F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C47D18D" w14:textId="77777777" w:rsidR="00D5038F" w:rsidRDefault="00D5038F" w:rsidP="00D5038F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
@@ -8552,51 +9263,50 @@
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C5DF00C" w14:textId="77777777" w:rsidR="00D5038F" w:rsidRDefault="00D5038F" w:rsidP="00D5038F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ACEB0AA" w14:textId="77777777" w:rsidR="00D5038F" w:rsidRDefault="00D5038F" w:rsidP="00D5038F">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:ind w:left="173" w:right="173"/>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">On motion of Senator CROMER, with unanimous consent, the Senate stood adjourned out of respect to the memory of Mrs. Martha Hill McLure of Irmo, S.C.  Martha grew up in Union County and was the daughter of Hope and Frank O. Hill.  She was a graduate of the University of South Carolina, where she also worked for several years. Martha was a loving wife, devoted mother and doting grandmother who will be dearly missed. </w:t>
       </w:r>
@@ -8702,51 +9412,50 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="057E1710" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="000A7610" w:rsidP="004465AD">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SENATE JOURNAL INDEX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51477197" w14:textId="77777777" w:rsidR="00AA4E53" w:rsidRPr="00AA4E53" w:rsidRDefault="00AA4E53" w:rsidP="004465AD">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CE15397" w14:textId="77777777" w:rsidR="00781338" w:rsidRDefault="00781338" w:rsidP="00AA4E53">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:sectPr w:rsidR="00781338" w:rsidSect="00781338">
           <w:headerReference w:type="default" r:id="rId10"/>
@@ -9874,222 +10583,227 @@
     </w:r>
     <w:r w:rsidR="00362845">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="002958C1">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00A207EA">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:val="fullPage" w:percent="63"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="216"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00356CE7"/>
     <w:rsid w:val="00002228"/>
     <w:rsid w:val="000074E0"/>
     <w:rsid w:val="0001047D"/>
     <w:rsid w:val="00011183"/>
     <w:rsid w:val="0001325A"/>
     <w:rsid w:val="00015500"/>
     <w:rsid w:val="00022CE8"/>
     <w:rsid w:val="0002352C"/>
     <w:rsid w:val="000309AD"/>
     <w:rsid w:val="00033079"/>
     <w:rsid w:val="00035014"/>
     <w:rsid w:val="00042056"/>
     <w:rsid w:val="00043EAF"/>
     <w:rsid w:val="00050AAF"/>
     <w:rsid w:val="0005498E"/>
     <w:rsid w:val="000566AC"/>
     <w:rsid w:val="0006162D"/>
     <w:rsid w:val="00064200"/>
     <w:rsid w:val="000726D3"/>
-    <w:rsid w:val="00074069"/>
     <w:rsid w:val="00074FE7"/>
     <w:rsid w:val="00075A91"/>
     <w:rsid w:val="0008217A"/>
     <w:rsid w:val="00082A18"/>
     <w:rsid w:val="0009075C"/>
     <w:rsid w:val="000A0425"/>
     <w:rsid w:val="000A1200"/>
     <w:rsid w:val="000A288E"/>
     <w:rsid w:val="000A7610"/>
     <w:rsid w:val="000B4BD8"/>
     <w:rsid w:val="000C3C08"/>
     <w:rsid w:val="000C4007"/>
     <w:rsid w:val="000C7111"/>
     <w:rsid w:val="000C7729"/>
     <w:rsid w:val="000D143E"/>
     <w:rsid w:val="000E0F31"/>
     <w:rsid w:val="000E4460"/>
     <w:rsid w:val="000F2F25"/>
     <w:rsid w:val="000F5D06"/>
     <w:rsid w:val="001001D1"/>
     <w:rsid w:val="00102C0A"/>
     <w:rsid w:val="00102FD0"/>
     <w:rsid w:val="00103108"/>
     <w:rsid w:val="00105369"/>
     <w:rsid w:val="00106BC4"/>
     <w:rsid w:val="00114764"/>
     <w:rsid w:val="00125EFD"/>
     <w:rsid w:val="00131C49"/>
     <w:rsid w:val="00136078"/>
     <w:rsid w:val="001401C9"/>
     <w:rsid w:val="00146098"/>
     <w:rsid w:val="001462F5"/>
     <w:rsid w:val="001507B6"/>
+    <w:rsid w:val="001525D8"/>
     <w:rsid w:val="001541ED"/>
     <w:rsid w:val="00162528"/>
     <w:rsid w:val="00165D46"/>
     <w:rsid w:val="00167C6E"/>
     <w:rsid w:val="0017112B"/>
     <w:rsid w:val="00171CDC"/>
     <w:rsid w:val="001754F6"/>
     <w:rsid w:val="00177E7A"/>
     <w:rsid w:val="00181C55"/>
     <w:rsid w:val="00183ECB"/>
     <w:rsid w:val="00184F42"/>
     <w:rsid w:val="00185294"/>
     <w:rsid w:val="001A5E0B"/>
     <w:rsid w:val="001B4FDE"/>
     <w:rsid w:val="001B6434"/>
     <w:rsid w:val="001C78CB"/>
     <w:rsid w:val="001D0B11"/>
     <w:rsid w:val="001D6026"/>
     <w:rsid w:val="001D663A"/>
     <w:rsid w:val="001E2AF7"/>
     <w:rsid w:val="001E3E4C"/>
     <w:rsid w:val="001E450E"/>
     <w:rsid w:val="001E58B6"/>
     <w:rsid w:val="001E63A0"/>
     <w:rsid w:val="001E68BA"/>
     <w:rsid w:val="001F72EB"/>
     <w:rsid w:val="00202A26"/>
     <w:rsid w:val="00203394"/>
     <w:rsid w:val="00204D42"/>
+    <w:rsid w:val="00205730"/>
     <w:rsid w:val="002070B2"/>
     <w:rsid w:val="00210823"/>
     <w:rsid w:val="002108FE"/>
     <w:rsid w:val="00211EBD"/>
     <w:rsid w:val="00215E18"/>
     <w:rsid w:val="00223C63"/>
     <w:rsid w:val="002303E1"/>
     <w:rsid w:val="002318DD"/>
     <w:rsid w:val="0023268E"/>
     <w:rsid w:val="002476DF"/>
     <w:rsid w:val="002564BD"/>
     <w:rsid w:val="00257B63"/>
     <w:rsid w:val="002675D8"/>
     <w:rsid w:val="00280411"/>
     <w:rsid w:val="00284063"/>
     <w:rsid w:val="00291DC0"/>
+    <w:rsid w:val="002933B6"/>
     <w:rsid w:val="002958C1"/>
     <w:rsid w:val="002A300C"/>
     <w:rsid w:val="002A4A4D"/>
     <w:rsid w:val="002B010F"/>
     <w:rsid w:val="002B6DF2"/>
     <w:rsid w:val="002B73E5"/>
     <w:rsid w:val="002B7EBD"/>
     <w:rsid w:val="002D49C0"/>
     <w:rsid w:val="002D5648"/>
     <w:rsid w:val="002D5E6A"/>
     <w:rsid w:val="002D6956"/>
     <w:rsid w:val="002D7A66"/>
     <w:rsid w:val="002E01BA"/>
+    <w:rsid w:val="002E21B2"/>
     <w:rsid w:val="002E4C13"/>
     <w:rsid w:val="002E52AD"/>
     <w:rsid w:val="002E56FC"/>
     <w:rsid w:val="002E60B0"/>
     <w:rsid w:val="002F278F"/>
+    <w:rsid w:val="002F638D"/>
     <w:rsid w:val="002F647B"/>
     <w:rsid w:val="00300B59"/>
     <w:rsid w:val="00300E86"/>
     <w:rsid w:val="00301E5D"/>
     <w:rsid w:val="003055CE"/>
     <w:rsid w:val="00310BD0"/>
     <w:rsid w:val="00316E47"/>
     <w:rsid w:val="00321465"/>
     <w:rsid w:val="0032208A"/>
     <w:rsid w:val="00324682"/>
     <w:rsid w:val="00324B29"/>
     <w:rsid w:val="00334554"/>
     <w:rsid w:val="00337C23"/>
     <w:rsid w:val="00343DC1"/>
     <w:rsid w:val="00352710"/>
     <w:rsid w:val="00354207"/>
     <w:rsid w:val="00356CE7"/>
     <w:rsid w:val="003573AD"/>
     <w:rsid w:val="00362845"/>
     <w:rsid w:val="00364780"/>
     <w:rsid w:val="00364B8B"/>
     <w:rsid w:val="00365C54"/>
     <w:rsid w:val="00366E03"/>
     <w:rsid w:val="003737EA"/>
     <w:rsid w:val="00373E7E"/>
     <w:rsid w:val="0037670D"/>
     <w:rsid w:val="00383396"/>
+    <w:rsid w:val="00384FE2"/>
     <w:rsid w:val="00390F72"/>
     <w:rsid w:val="003A659B"/>
     <w:rsid w:val="003C3DEA"/>
     <w:rsid w:val="003D0B99"/>
     <w:rsid w:val="003D3A0A"/>
     <w:rsid w:val="003E0539"/>
     <w:rsid w:val="003E1C83"/>
     <w:rsid w:val="003E4D85"/>
     <w:rsid w:val="003F229C"/>
     <w:rsid w:val="00406659"/>
     <w:rsid w:val="004079BC"/>
     <w:rsid w:val="00411040"/>
     <w:rsid w:val="004114EF"/>
     <w:rsid w:val="00412368"/>
     <w:rsid w:val="00413196"/>
     <w:rsid w:val="0042469B"/>
     <w:rsid w:val="00424F95"/>
     <w:rsid w:val="00426E5F"/>
     <w:rsid w:val="00434E3B"/>
     <w:rsid w:val="004406C2"/>
     <w:rsid w:val="004465AD"/>
     <w:rsid w:val="00457427"/>
     <w:rsid w:val="00457AF6"/>
     <w:rsid w:val="004627E1"/>
     <w:rsid w:val="0047138C"/>
@@ -10102,51 +10816,50 @@
     <w:rsid w:val="0049397A"/>
     <w:rsid w:val="00494996"/>
     <w:rsid w:val="004A2459"/>
     <w:rsid w:val="004A2E06"/>
     <w:rsid w:val="004B2812"/>
     <w:rsid w:val="004B4A63"/>
     <w:rsid w:val="004B5149"/>
     <w:rsid w:val="004B6674"/>
     <w:rsid w:val="004C1061"/>
     <w:rsid w:val="004C7F5D"/>
     <w:rsid w:val="004D0F10"/>
     <w:rsid w:val="004D1B38"/>
     <w:rsid w:val="004D3BC3"/>
     <w:rsid w:val="004D4DAE"/>
     <w:rsid w:val="004D5629"/>
     <w:rsid w:val="004D5C8A"/>
     <w:rsid w:val="004E40D1"/>
     <w:rsid w:val="004E545F"/>
     <w:rsid w:val="004E5C40"/>
     <w:rsid w:val="004F068B"/>
     <w:rsid w:val="004F4328"/>
     <w:rsid w:val="004F50DD"/>
     <w:rsid w:val="004F5E02"/>
     <w:rsid w:val="004F7F16"/>
     <w:rsid w:val="00500D37"/>
-    <w:rsid w:val="0050550A"/>
     <w:rsid w:val="0051245F"/>
     <w:rsid w:val="00525349"/>
     <w:rsid w:val="00526742"/>
     <w:rsid w:val="005307A8"/>
     <w:rsid w:val="005311A6"/>
     <w:rsid w:val="005353B7"/>
     <w:rsid w:val="00536861"/>
     <w:rsid w:val="0054021B"/>
     <w:rsid w:val="005472CA"/>
     <w:rsid w:val="0055344A"/>
     <w:rsid w:val="005574BD"/>
     <w:rsid w:val="00560D12"/>
     <w:rsid w:val="00563980"/>
     <w:rsid w:val="005659D2"/>
     <w:rsid w:val="00566E22"/>
     <w:rsid w:val="005674BA"/>
     <w:rsid w:val="00567D6D"/>
     <w:rsid w:val="005769B1"/>
     <w:rsid w:val="00580847"/>
     <w:rsid w:val="00582641"/>
     <w:rsid w:val="00585E6B"/>
     <w:rsid w:val="00586CC8"/>
     <w:rsid w:val="005A17A5"/>
     <w:rsid w:val="005B0124"/>
     <w:rsid w:val="005B29BF"/>
@@ -10154,50 +10867,51 @@
     <w:rsid w:val="005B2C22"/>
     <w:rsid w:val="005B4D5A"/>
     <w:rsid w:val="005C1EAC"/>
     <w:rsid w:val="005C3A62"/>
     <w:rsid w:val="005D031D"/>
     <w:rsid w:val="005D7083"/>
     <w:rsid w:val="005E5A6F"/>
     <w:rsid w:val="005E7E11"/>
     <w:rsid w:val="005F0B90"/>
     <w:rsid w:val="005F14C9"/>
     <w:rsid w:val="005F4258"/>
     <w:rsid w:val="005F4D8E"/>
     <w:rsid w:val="005F7C5E"/>
     <w:rsid w:val="006028FC"/>
     <w:rsid w:val="00606880"/>
     <w:rsid w:val="006072DB"/>
     <w:rsid w:val="00613CF9"/>
     <w:rsid w:val="00621772"/>
     <w:rsid w:val="0062542A"/>
     <w:rsid w:val="00627DD3"/>
     <w:rsid w:val="00631671"/>
     <w:rsid w:val="006326BE"/>
     <w:rsid w:val="00633FC1"/>
     <w:rsid w:val="00636B05"/>
     <w:rsid w:val="00642BFA"/>
+    <w:rsid w:val="006450F4"/>
     <w:rsid w:val="00646049"/>
     <w:rsid w:val="00656964"/>
     <w:rsid w:val="00663566"/>
     <w:rsid w:val="00671010"/>
     <w:rsid w:val="00672CAD"/>
     <w:rsid w:val="0068208C"/>
     <w:rsid w:val="00682CA1"/>
     <w:rsid w:val="0068752A"/>
     <w:rsid w:val="00690652"/>
     <w:rsid w:val="0069732C"/>
     <w:rsid w:val="006A5AD6"/>
     <w:rsid w:val="006C6372"/>
     <w:rsid w:val="006D4933"/>
     <w:rsid w:val="006D57A6"/>
     <w:rsid w:val="006D66FB"/>
     <w:rsid w:val="006E35F9"/>
     <w:rsid w:val="006E4035"/>
     <w:rsid w:val="006F0918"/>
     <w:rsid w:val="006F334C"/>
     <w:rsid w:val="006F3859"/>
     <w:rsid w:val="006F7374"/>
     <w:rsid w:val="007013AE"/>
     <w:rsid w:val="0070401E"/>
     <w:rsid w:val="0071509E"/>
     <w:rsid w:val="0073055F"/>
@@ -10225,77 +10939,80 @@
     <w:rsid w:val="007B2F03"/>
     <w:rsid w:val="007B3FB8"/>
     <w:rsid w:val="007B46F3"/>
     <w:rsid w:val="007B61C2"/>
     <w:rsid w:val="007B6221"/>
     <w:rsid w:val="007D60CC"/>
     <w:rsid w:val="007D6BB2"/>
     <w:rsid w:val="007D6BCE"/>
     <w:rsid w:val="007D7BF8"/>
     <w:rsid w:val="007E0008"/>
     <w:rsid w:val="007E01C1"/>
     <w:rsid w:val="007E5C36"/>
     <w:rsid w:val="007F0625"/>
     <w:rsid w:val="007F3578"/>
     <w:rsid w:val="007F743C"/>
     <w:rsid w:val="00800C01"/>
     <w:rsid w:val="00802D42"/>
     <w:rsid w:val="00806298"/>
     <w:rsid w:val="00806C55"/>
     <w:rsid w:val="008170B5"/>
     <w:rsid w:val="00817732"/>
     <w:rsid w:val="00827BF1"/>
     <w:rsid w:val="00830687"/>
     <w:rsid w:val="00833696"/>
     <w:rsid w:val="00833C81"/>
+    <w:rsid w:val="00842BC3"/>
     <w:rsid w:val="0085029C"/>
     <w:rsid w:val="00850AA1"/>
     <w:rsid w:val="00854A6C"/>
     <w:rsid w:val="00857E3F"/>
     <w:rsid w:val="00861F65"/>
     <w:rsid w:val="008632F6"/>
     <w:rsid w:val="008661ED"/>
     <w:rsid w:val="00870DE2"/>
     <w:rsid w:val="00871FA4"/>
     <w:rsid w:val="00872BDF"/>
     <w:rsid w:val="0087373D"/>
     <w:rsid w:val="00880CCA"/>
     <w:rsid w:val="00885FBB"/>
     <w:rsid w:val="00894203"/>
     <w:rsid w:val="008A0C28"/>
     <w:rsid w:val="008A32D8"/>
     <w:rsid w:val="008A7830"/>
     <w:rsid w:val="008B2D33"/>
     <w:rsid w:val="008C3846"/>
     <w:rsid w:val="008D3BB3"/>
+    <w:rsid w:val="008D5970"/>
     <w:rsid w:val="008D7F01"/>
     <w:rsid w:val="008E2F04"/>
     <w:rsid w:val="008E65A7"/>
     <w:rsid w:val="008E79C0"/>
     <w:rsid w:val="008F07E4"/>
     <w:rsid w:val="008F1151"/>
     <w:rsid w:val="008F3017"/>
+    <w:rsid w:val="008F39E9"/>
     <w:rsid w:val="00906036"/>
     <w:rsid w:val="00910C0D"/>
     <w:rsid w:val="00912803"/>
     <w:rsid w:val="00920619"/>
     <w:rsid w:val="00923BD6"/>
     <w:rsid w:val="00923E16"/>
     <w:rsid w:val="00925D8D"/>
     <w:rsid w:val="00930495"/>
     <w:rsid w:val="009316A6"/>
     <w:rsid w:val="0094057E"/>
     <w:rsid w:val="00940EBB"/>
     <w:rsid w:val="00941224"/>
     <w:rsid w:val="009432A5"/>
     <w:rsid w:val="00945862"/>
     <w:rsid w:val="00945DBF"/>
     <w:rsid w:val="00951A08"/>
     <w:rsid w:val="00955386"/>
     <w:rsid w:val="00965D93"/>
     <w:rsid w:val="00974FC2"/>
     <w:rsid w:val="009756AF"/>
     <w:rsid w:val="00977355"/>
     <w:rsid w:val="00980164"/>
     <w:rsid w:val="0098366A"/>
     <w:rsid w:val="009860E9"/>
     <w:rsid w:val="00995D17"/>
@@ -10318,144 +11035,146 @@
     <w:rsid w:val="00A12034"/>
     <w:rsid w:val="00A207EA"/>
     <w:rsid w:val="00A27AC3"/>
     <w:rsid w:val="00A313B6"/>
     <w:rsid w:val="00A32D39"/>
     <w:rsid w:val="00A335DF"/>
     <w:rsid w:val="00A407B4"/>
     <w:rsid w:val="00A40DE4"/>
     <w:rsid w:val="00A447F5"/>
     <w:rsid w:val="00A45F58"/>
     <w:rsid w:val="00A50610"/>
     <w:rsid w:val="00A50D0A"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54E6A"/>
     <w:rsid w:val="00A627C2"/>
     <w:rsid w:val="00A66623"/>
     <w:rsid w:val="00A725C3"/>
     <w:rsid w:val="00A77FE0"/>
     <w:rsid w:val="00A81228"/>
     <w:rsid w:val="00A85342"/>
     <w:rsid w:val="00A949BC"/>
     <w:rsid w:val="00A9737B"/>
     <w:rsid w:val="00AA40EF"/>
     <w:rsid w:val="00AA4E53"/>
     <w:rsid w:val="00AA5FC1"/>
-    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AB1303"/>
     <w:rsid w:val="00AD082A"/>
     <w:rsid w:val="00AD2376"/>
     <w:rsid w:val="00AD3288"/>
     <w:rsid w:val="00AD3757"/>
     <w:rsid w:val="00AD75AE"/>
     <w:rsid w:val="00AE01A9"/>
     <w:rsid w:val="00AE117A"/>
     <w:rsid w:val="00AE31D4"/>
     <w:rsid w:val="00AE5A13"/>
     <w:rsid w:val="00AE69FD"/>
+    <w:rsid w:val="00AF3A78"/>
     <w:rsid w:val="00AF3EDF"/>
     <w:rsid w:val="00AF5C58"/>
     <w:rsid w:val="00B02528"/>
     <w:rsid w:val="00B05071"/>
     <w:rsid w:val="00B071DF"/>
     <w:rsid w:val="00B109F5"/>
     <w:rsid w:val="00B14936"/>
     <w:rsid w:val="00B319F1"/>
     <w:rsid w:val="00B371FE"/>
     <w:rsid w:val="00B411A2"/>
     <w:rsid w:val="00B42F06"/>
     <w:rsid w:val="00B44A85"/>
     <w:rsid w:val="00B60301"/>
     <w:rsid w:val="00B634AA"/>
     <w:rsid w:val="00B70CF8"/>
     <w:rsid w:val="00B72203"/>
     <w:rsid w:val="00B737D8"/>
     <w:rsid w:val="00B742C7"/>
     <w:rsid w:val="00B824F8"/>
     <w:rsid w:val="00B8391B"/>
     <w:rsid w:val="00B85AEF"/>
     <w:rsid w:val="00B92901"/>
     <w:rsid w:val="00BA37B0"/>
     <w:rsid w:val="00BA53A9"/>
     <w:rsid w:val="00BB425F"/>
     <w:rsid w:val="00BB54FA"/>
     <w:rsid w:val="00BC1739"/>
     <w:rsid w:val="00BE2F0F"/>
     <w:rsid w:val="00BF1CD7"/>
     <w:rsid w:val="00BF2BFE"/>
     <w:rsid w:val="00BF6376"/>
     <w:rsid w:val="00BF66CA"/>
     <w:rsid w:val="00BF739A"/>
     <w:rsid w:val="00C00FB0"/>
     <w:rsid w:val="00C05AAB"/>
     <w:rsid w:val="00C07109"/>
     <w:rsid w:val="00C07E5A"/>
     <w:rsid w:val="00C10C5E"/>
     <w:rsid w:val="00C12015"/>
     <w:rsid w:val="00C129A5"/>
     <w:rsid w:val="00C14E31"/>
     <w:rsid w:val="00C226FD"/>
     <w:rsid w:val="00C22733"/>
     <w:rsid w:val="00C22853"/>
     <w:rsid w:val="00C25EA9"/>
     <w:rsid w:val="00C26BF7"/>
     <w:rsid w:val="00C53657"/>
     <w:rsid w:val="00C62740"/>
     <w:rsid w:val="00C6399C"/>
     <w:rsid w:val="00C66E93"/>
+    <w:rsid w:val="00C70E00"/>
     <w:rsid w:val="00C803DA"/>
     <w:rsid w:val="00C81078"/>
     <w:rsid w:val="00C916FC"/>
     <w:rsid w:val="00CA0486"/>
     <w:rsid w:val="00CA598C"/>
     <w:rsid w:val="00CB7E2D"/>
     <w:rsid w:val="00CC19DB"/>
     <w:rsid w:val="00CC211C"/>
     <w:rsid w:val="00CC37C0"/>
     <w:rsid w:val="00CC4666"/>
     <w:rsid w:val="00CC4990"/>
     <w:rsid w:val="00CC4DB3"/>
     <w:rsid w:val="00CD2DA6"/>
     <w:rsid w:val="00CD63D0"/>
     <w:rsid w:val="00CD68E8"/>
     <w:rsid w:val="00CE7A89"/>
     <w:rsid w:val="00CF0706"/>
     <w:rsid w:val="00CF18D5"/>
     <w:rsid w:val="00CF36FD"/>
     <w:rsid w:val="00CF3E6C"/>
     <w:rsid w:val="00D056CE"/>
     <w:rsid w:val="00D1058A"/>
     <w:rsid w:val="00D12F00"/>
     <w:rsid w:val="00D170C6"/>
     <w:rsid w:val="00D274A5"/>
     <w:rsid w:val="00D27795"/>
     <w:rsid w:val="00D30D6F"/>
     <w:rsid w:val="00D329A6"/>
     <w:rsid w:val="00D3722C"/>
     <w:rsid w:val="00D40A56"/>
     <w:rsid w:val="00D43E8F"/>
     <w:rsid w:val="00D5038F"/>
+    <w:rsid w:val="00D52022"/>
     <w:rsid w:val="00D62303"/>
     <w:rsid w:val="00D64B8E"/>
     <w:rsid w:val="00D651F9"/>
     <w:rsid w:val="00D66B41"/>
     <w:rsid w:val="00D66BD9"/>
     <w:rsid w:val="00D70A39"/>
     <w:rsid w:val="00D72705"/>
     <w:rsid w:val="00D7282B"/>
     <w:rsid w:val="00D72A30"/>
     <w:rsid w:val="00D77AFD"/>
     <w:rsid w:val="00D77B40"/>
     <w:rsid w:val="00D811A3"/>
     <w:rsid w:val="00D860AA"/>
     <w:rsid w:val="00D90D45"/>
     <w:rsid w:val="00D9150A"/>
     <w:rsid w:val="00D94AFD"/>
     <w:rsid w:val="00D95217"/>
     <w:rsid w:val="00D96B71"/>
     <w:rsid w:val="00DA0502"/>
     <w:rsid w:val="00DA46DF"/>
     <w:rsid w:val="00DB0A54"/>
     <w:rsid w:val="00DB252F"/>
     <w:rsid w:val="00DB74A4"/>
     <w:rsid w:val="00DC3BDB"/>
     <w:rsid w:val="00DC59EE"/>
@@ -10513,50 +11232,51 @@
     <w:rsid w:val="00F44DD1"/>
     <w:rsid w:val="00F4656D"/>
     <w:rsid w:val="00F50227"/>
     <w:rsid w:val="00F51222"/>
     <w:rsid w:val="00F5440C"/>
     <w:rsid w:val="00F56161"/>
     <w:rsid w:val="00F5635C"/>
     <w:rsid w:val="00F65760"/>
     <w:rsid w:val="00F6585E"/>
     <w:rsid w:val="00F678CA"/>
     <w:rsid w:val="00F704C8"/>
     <w:rsid w:val="00F70C9E"/>
     <w:rsid w:val="00F71744"/>
     <w:rsid w:val="00F74963"/>
     <w:rsid w:val="00F806A5"/>
     <w:rsid w:val="00F815D7"/>
     <w:rsid w:val="00F81921"/>
     <w:rsid w:val="00F90CBC"/>
     <w:rsid w:val="00F91965"/>
     <w:rsid w:val="00F91ADE"/>
     <w:rsid w:val="00F96041"/>
     <w:rsid w:val="00F961A1"/>
     <w:rsid w:val="00FA230B"/>
     <w:rsid w:val="00FA3B5B"/>
     <w:rsid w:val="00FA3CFE"/>
+    <w:rsid w:val="00FA6432"/>
     <w:rsid w:val="00FB198F"/>
     <w:rsid w:val="00FB32A2"/>
     <w:rsid w:val="00FD5E44"/>
     <w:rsid w:val="00FD6A24"/>
     <w:rsid w:val="00FE24E5"/>
     <w:rsid w:val="00FE263F"/>
     <w:rsid w:val="00FE7F9A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -11859,67 +12579,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FF25D10-A6A7-41E5-9353-DD55DBB14E5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>25</Pages>
-  <Words>5251</Words>
-  <Characters>27982</Characters>
+  <Words>5237</Words>
+  <Characters>27999</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>960</Lines>
   <Paragraphs>383</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>, 1999</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33055</CharactersWithSpaces>
+  <CharactersWithSpaces>33057</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Senate Journal for 1/14/2026 - South Carolina Legislature Online</dc:title>
   <dc:creator>Michele Neal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>