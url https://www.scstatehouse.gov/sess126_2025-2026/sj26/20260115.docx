--- v0 (2026-01-20)
+++ v1 (2026-02-10)
@@ -492,54 +492,54 @@
       </w:pPr>
       <w:r w:rsidRPr="00DB74A4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:object w:dxaOrig="3177" w:dyaOrig="3176" w14:anchorId="1EF6428A">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:167.25pt;height:168pt" o:ole="" fillcolor="window">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:167.5pt;height:167.5pt" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId7" o:title="" gain="2147483647f" blacklevel="15728f"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1829989054" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1831823916" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="16231638" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B18136C" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45ADEF19" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRPr="00854A6C" w:rsidRDefault="000A7610" w:rsidP="00854A6C">
       <w:pPr>
@@ -868,171 +868,125 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>As we read in John’s Gospel:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03436FFA" w14:textId="6C752A33" w:rsidR="00BA4280" w:rsidRDefault="00BA4280" w:rsidP="00BA4280">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>‘</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009A2887">
+        <w:t>‘I give you a new commandment, that you love one another.  Just as I have loved you, you also should love one another.’</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>I give you a new commandment, that you love one another.  Just as I have loved you, you also should love one another.</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>’</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">                     </w:t>
+        <w:t xml:space="preserve">”                     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA86751" w14:textId="40C962DD" w:rsidR="00BA4280" w:rsidRPr="009A2887" w:rsidRDefault="00BA4280" w:rsidP="00BA4280">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:ind w:firstLine="216"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Let us pray</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009A2887">
+        <w:t>Let us pray:</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> is surely nothing at all commonplace or shallow, Gracious Lord, about our text today.</w:t>
+        <w:t>There is surely nothing at all commonplace or shallow, Gracious Lord, about our text today.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="009A2887">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>It is not some empty sentiment, tossed off casually in passing.  And it is surely not a command</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1550,51 +1504,50 @@
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1296"/>
           <w:tab w:val="clear" w:pos="1512"/>
           <w:tab w:val="clear" w:pos="1728"/>
           <w:tab w:val="clear" w:pos="1944"/>
           <w:tab w:val="clear" w:pos="2376"/>
           <w:tab w:val="clear" w:pos="2592"/>
           <w:tab w:val="clear" w:pos="2808"/>
           <w:tab w:val="clear" w:pos="3024"/>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="clear" w:pos="3456"/>
           <w:tab w:val="clear" w:pos="3672"/>
           <w:tab w:val="clear" w:pos="3888"/>
           <w:tab w:val="clear" w:pos="4104"/>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="4752"/>
           <w:tab w:val="clear" w:pos="4968"/>
           <w:tab w:val="clear" w:pos="5184"/>
           <w:tab w:val="clear" w:pos="5400"/>
           <w:tab w:val="clear" w:pos="5616"/>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00276E04">
-        <w:lastRenderedPageBreak/>
         <w:t>Leber</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00276E04">
         <w:t>Martin</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00276E04">
         <w:t>Massey</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6528656D" w14:textId="77777777" w:rsidR="00276E04" w:rsidRDefault="00276E04" w:rsidP="00276E04">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="216"/>
           <w:tab w:val="clear" w:pos="432"/>
           <w:tab w:val="clear" w:pos="648"/>
           <w:tab w:val="clear" w:pos="864"/>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="clear" w:pos="1296"/>
@@ -1871,125 +1824,107 @@
         <w:t xml:space="preserve"> State of South Carolina Office of the Governor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="470CA9A4" w14:textId="77777777" w:rsidR="00485E4F" w:rsidRPr="007D6C4B" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>January 15, 2026</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD4DF01" w14:textId="77777777" w:rsidR="00485E4F" w:rsidRPr="007D6C4B" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       </w:pPr>
       <w:r w:rsidRPr="007D6C4B">
         <w:t xml:space="preserve">Mr. President and Members of the Senate: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EFA8390" w14:textId="6451AFFE" w:rsidR="009F2C02" w:rsidRDefault="00485E4F" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007D6C4B">
-        <w:t xml:space="preserve">I am transmitting herewith notice of my intent to withdraw my nomination </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">I am transmitting herewith notice of my intent to withdraw my nomination of Mr. </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Jeff Duncan</w:t>
+      </w:r>
       <w:r w:rsidRPr="007D6C4B">
-        <w:t>of</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve"> for appointment to the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Public Service </w:t>
       </w:r>
       <w:r w:rsidR="009F2C02">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>uthority</w:t>
       </w:r>
       <w:r w:rsidR="009F2C02">
         <w:t xml:space="preserve"> Board of Directors. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="407C0ED1" w14:textId="64771FFD" w:rsidR="00485E4F" w:rsidRDefault="00485E4F" w:rsidP="009F2C02">
       <w:bookmarkStart w:id="0" w:name="p3"/>
       <w:r w:rsidRPr="007D6C4B">
         <w:t>Respectfully,</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="007D6C4B">
         <w:br/>
         <w:t>Henry Dargan McMaster</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ECA1C33" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="72513F84" w14:textId="77777777" w:rsidR="00485E4F" w:rsidRPr="001321C2" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Withdrawal of Statewide Appointment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FE91C2" w14:textId="6AA8B00F" w:rsidR="00485E4F" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> and the Clerk was directed to return the appointment to the Governor. </w:t>
+    <w:p w14:paraId="31FE91C2" w14:textId="15892102" w:rsidR="00485E4F" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
+      <w:r>
+        <w:tab/>
+        <w:t xml:space="preserve">On motion of Senator </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t>RANKIN</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">, the Senate acceded to the Governor's request and the Clerk was directed to return the appointment to the Governor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E2A7B0C" w14:textId="77777777" w:rsidR="00485E4F" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EBF3E59" w14:textId="77777777" w:rsidR="00485E4F" w:rsidRPr="00886942" w:rsidRDefault="00485E4F" w:rsidP="00485E4F">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00886942">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Initial Appointment, Board of Directors of the South Carolina Public Service Authority, with the term to commence January 1, 2024, and to expire January 1, 2028</w:t>
       </w:r>
@@ -2062,51 +1997,50 @@
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03DB34E8" w14:textId="77777777" w:rsidR="00654D67" w:rsidRDefault="00654D67" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E476206" w14:textId="77777777" w:rsidR="00654D67" w:rsidRPr="00484E92" w:rsidRDefault="00654D67" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33FB5152" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Local Appointments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B6B8769" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Williamsburg County Magistrate, with the term to commence April 30, 2026, and to expire April 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7736B210" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
@@ -2182,56 +2116,68 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Williamsburg County Magistrate, with the term to commence April 30, 2026, and to expire April 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06876544" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Williamsburg County:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13449C74" w14:textId="77777777" w:rsidR="003D3512" w:rsidRDefault="003D3512" w:rsidP="003D3512">
+    <w:p w14:paraId="13449C74" w14:textId="28AD58BE" w:rsidR="003D3512" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
-        <w:t>Hon. Brian Maurice McKnight, Sr., 4989 Thurgood Marshall Hwy., Kingstree, SC 29556-3926</w:t>
+        <w:t>Hon. Brian Maurice McKnight, Sr., 4989 Thurgood Marshall H</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t>igh</w:t>
+      </w:r>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y, Kingstree, SC 29556-3926</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A32B936" w14:textId="77777777" w:rsidR="003D3512" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16F82094" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Williamsburg County Magistrate, with the term to commence April 30, 2026, and to expire April 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4806825D" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
@@ -2352,51 +2298,50 @@
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A7AE429" w14:textId="77777777" w:rsidR="00654D67" w:rsidRDefault="00654D67">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="78307DEC" w14:textId="77777777" w:rsidR="00E23570" w:rsidRPr="00D97A88" w:rsidRDefault="00E23570" w:rsidP="00E23570">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Leave of Absence</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="775BB5B3" w14:textId="5E4ABED4" w:rsidR="00E23570" w:rsidRDefault="00E23570" w:rsidP="00E23570">
       <w:r>
         <w:tab/>
         <w:t>On motion of Senator ADAMS, at 11:36 A.M., Senator GROOMS was granted a leave of absence for today.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F1C352A" w14:textId="77777777" w:rsidR="00E23570" w:rsidRDefault="00E23570">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7487C4C5" w14:textId="77777777" w:rsidR="00E23570" w:rsidRPr="00D97A88" w:rsidRDefault="00E23570" w:rsidP="00E23570">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -2829,468 +2774,392 @@
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 817" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senators Young, Adams, Alexander, Allen, Bennett, Blackmon, Bright, Campsen, Cash, Chaplin, Climer, Corbin, Cromer, Davis, Devine, Elliott, Fernandez, Gambrell, Garrett, Goldfinch, Graham, Grooms, Hembree, Hutto, Jackson, Johnson, Kennedy, Kimbrell, Leber, Martin, Massey, Matthews, Ott, Peeler, Rankin, Reichenbach, Rice, Sabb, Stubbs, Sutton, Tedder, Turner, Verdin, Walker, Williams and Zell:  A CONCURRENT RESOLUTION TO CONGRATULATE AIKEN SCHOLARS ACADEMY IN AIKEN COUNTY FOR EARNING 2025 BLUE RIBBON SCHOOL HONORS AND FOR BEING NAMED IN THE TOP TEN HIGH SCHOOLS IN THE UNITED STATES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60401BDA" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>sr-0455km-vc26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16795E4D" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered sent to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7187D7F5" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 818</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 818" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Goldfinch</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 62-1-113 SO AS TO PROVIDE A DEFINITION FOR THE TERM "TRUST BUSINESS."</w:t>
+        <w:t xml:space="preserve"> -- Senator Goldfinch:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 62-1-113 SO AS TO PROVIDE A DEFINITION FOR THE TERM "TRUST BUSINESS."</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0374D38F" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0476sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33E4CAAD" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
+        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B400B63" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="1301CC2E" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 819</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 819" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senator Verdin</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 44-31-45 SO AS TO ESTABLISH A PROCEDURE FOR TUBERCULOSIS TESTING OF APPLICANTS AND NEW EMPLOYEES AT NURSING HOMES AND COMMUNITY RESIDENTIAL CARE FACILITIES.</w:t>
+        <w:t xml:space="preserve"> -- Senator Verdin:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 44-31-45 SO AS TO ESTABLISH A PROCEDURE FOR TUBERCULOSIS TESTING OF APPLICANTS AND NEW EMPLOYEES AT NURSING HOMES AND COMMUNITY RESIDENTIAL CARE FACILITIES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4702B3E3" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>sr-0458km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DBBE7A0" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> the first time and referred to the Committee on Medical Affairs.</w:t>
+        <w:t>Read the first time and referred to the Committee on Medical Affairs.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CB1CF00" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="0C5EFFBB" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 820</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 820" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> -- Senator Devine:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 38-71-148 SO AS TO DEFINE TERMS PERTAINING TO HEALTH INSURANCE AND BREAST EXAMINATIONS; TO REQUIRE HEALTH INSURANCE POLICIES IN THIS STATE TO PROVIDE DIAGNOSTIC AND SUPPLEMENTAL BREAST EXAMINATIONS COVERAGE WITHOUT COST-SHARING REQUIREMENTS; TO PROVIDE EXCEPTIONS CONCERNING THE APPLICATION OF CERTAIN FEDERAL LAWS; AND TO PROVIDE THAT THESE PROVISIONS ARE IN ADDITION TO OTHER EXISTING PROVISIONS CONCERNING HEALTH INSURANCE POLICY COVERAGE OF MAMMOGRAMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33855C69" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>smin-0109mw26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E36F9D2" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> the first time and referred to the Committee on Banking and Insurance.</w:t>
+        <w:t>Read the first time and referred to the Committee on Banking and Insurance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E1AA051" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
-    <w:p w14:paraId="1E8511A7" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
+    <w:p w14:paraId="1E8511A7" w14:textId="2E6240CB" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 821</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 821" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Bennett and Turner:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 39-5-39, RELATING TO AN ATTORNEY ADVERTISING IN A FALSE, DECEPTIVE, OR MISLEADING MANNER, SO AS TO DEFINE FALSE ADVERTISING; TO PROVIDE THAT ANY ADVERTISING FOR LEGAL SERVICES THAT REFERENCES A SETTLEMENT OBTAINED ON BEHALF OF A CLIENT MUST DISCLOSE THE AMOUNT OF ATTORNEY FEES AND LITIGATION COSTS DEDUCTED FROM THE RECOVERY; TO </w:t>
-[...3 lines deleted...]
-        <w:t>REQUIRE THE LEGAL ADVERTISEMENT TO CLARIFY THAT ANY REFERENCED RESULTS ARE NOT REPRESENTATIVE OF ALL CASES AND THAT OUTCOMES DEPEND ON THE SPECIFIC FACTS OF EACH CASE; AND TO PROVIDE THAT ANY ADVERTISING FOR LEGAL SERVICES THAT STATES THAT THE FILING OF A LAWSUIT IS AGAINST AN INSURANCE COMPANY OR OTHER THIRD PARTY MUST DISCLOSE THE FACT THAT ANY LAWSUIT WOULD BE FILED AGAINST AN INDIVIDUAL OR BUSINESS THAT WOULD BE NAMED AS THE DEFENDANT AND THAT THE INSURANCE COMPANY IS ONLY PROVIDING THE COVERAGE ON BEHALF OF THE NAMED INDIVIDUAL OR BUSINESS BASED ON A POLICY PURCHASED BY THE INDIVIDUAL OR BUSINESS.</w:t>
+        <w:t xml:space="preserve"> -- Senators Bennett and Turner:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 39-5-39, RELATING TO AN ATTORNEY ADVERTISING IN A FALSE, DECEPTIVE, OR MISLEADING MANNER, SO AS TO DEFINE FALSE ADVERTISING; TO PROVIDE THAT ANY ADVERTISING FOR LEGAL SERVICES THAT REFERENCES A SETTLEMENT OBTAINED ON BEHALF OF A CLIENT MUST DISCLOSE THE AMOUNT OF ATTORNEY</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t>’S</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> FEES AND LITIGATION COSTS DEDUCTED FROM THE RECOVERY; TO REQUIRE THE LEGAL ADVERTISEMENT TO CLARIFY THAT ANY REFERENCED RESULTS ARE NOT REPRESENTATIVE OF ALL CASES AND THAT OUTCOMES DEPEND ON THE SPECIFIC FACTS OF EACH CASE; AND TO PROVIDE THAT ANY ADVERTISING FOR LEGAL SERVICES THAT STATES THAT THE FILING OF A LAWSUIT IS AGAINST AN INSURANCE COMPANY OR OTHER THIRD PARTY MUST DISCLOSE THE FACT THAT ANY LAWSUIT WOULD BE FILED AGAINST AN INDIVIDUAL OR BUSINESS THAT WOULD BE NAMED AS THE DEFENDANT AND THAT THE INSURANCE COMPANY IS ONLY PROVIDING THE COVERAGE ON BEHALF OF THE NAMED INDIVIDUAL OR BUSINESS BASED ON A POLICY PURCHASED BY THE INDIVIDUAL OR BUSINESS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7202FF6B" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>sr-0464km26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="780D9E35" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Labor, Commerce and Industry.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D7B5EA6" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="40EAE8D6" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 822</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 822" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Corbin, Garrett, Young, Turner and Alexander</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 27-7-80 SO AS TO DEFINE TERMS RELATING TO REAL ESTATE FRAUD AND CREATE THE FELONY OF DEED THEFT.</w:t>
+        <w:t xml:space="preserve"> -- Senators Corbin, Garrett, Young, Turner and Alexander:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 27-7-80 SO AS TO DEFINE TERMS RELATING TO REAL ESTATE FRAUD AND CREATE THE FELONY OF DEED THEFT.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EF32E1D" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>sr-0089cem26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="223CD63E" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
+        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F3DBD9" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
-    <w:p w14:paraId="3045C6B6" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
+    <w:p w14:paraId="3045C6B6" w14:textId="1921CCD1" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 823</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 823" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Reichenbach, Hutto and Devine:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTIONS 63-7-2630 AND 63-9-765 SO AS TO REQUIRE FAMILY COURTS TO CONSIDER THE APPROPRIATENESS OF NO-CONTACT ORDERS OR SUPERVISED-CONTACT ORDERS WHEN TERMINATING PARENTAL RIGHTS OR FINALIZING ADOPTIONS; TO AUTHORIZE THESE ORDERS; AND FOR OTHER PURPOSES.</w:t>
+        <w:t xml:space="preserve"> -- Senators Reichenbach, Hutto and Devine:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTIONS 63-7-2630 AND 63-9-765 SO AS TO REQUIRE FAMILY COURTS TO CONSIDER THE APPROPRIATENESS OF NO</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>CONTACT ORDERS OR SUPERVISED-CONTACT ORDERS WHEN TERMINATING PARENTAL RIGHTS OR FINALIZING ADOPTIONS; TO AUTHORIZE THESE ORDERS; AND FOR OTHER PURPOSES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FE4F467" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0396vr26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D810DC7" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> the first time and referred to the Committee on Judiciary.</w:t>
+        <w:t>Read the first time and referred to the Committee on Judiciary.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AFA5699" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="60D8F41C" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 824</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 824" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Reichenbach, Hutto and Devine:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "SOUTH CAROLINA FOSTERING FUTURES ACT" BY ADDING ARTICLE 11 TO CHAPTER 111, TITLE 59, SO AS TO REQUIRE PUBLIC INSTITUTIONS OF HIGHER EDUCATION TO </w:t>
-[...3 lines deleted...]
-        <w:t>WAIVE TUITION AND FEES FOR CERTAIN CURRENT AND FORMER FOSTER YOUTH; TO PROVIDE ELIGIBILITY CRITERIA AND LIMITS; AND TO REQUIRE INSTITUTIONAL SUPPORT AND REPORTING.</w:t>
+        <w:t xml:space="preserve"> -- Senators Reichenbach, Hutto and Devine:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "SOUTH CAROLINA FOSTERING FUTURES ACT" BY ADDING ARTICLE 11 TO CHAPTER 111, TITLE 59, SO AS TO REQUIRE PUBLIC INSTITUTIONS OF HIGHER EDUCATION TO WAIVE TUITION AND FEES FOR CERTAIN CURRENT AND FORMER FOSTER YOUTH; TO PROVIDE ELIGIBILITY CRITERIA AND LIMITS; AND TO REQUIRE INSTITUTIONAL SUPPORT AND REPORTING.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E19CFC7" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0595wab26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F44FDEE" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Education.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54CE5805" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
-    <w:p w14:paraId="0B139960" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
+    <w:p w14:paraId="0B139960" w14:textId="40BB20E1" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>S. 825</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>S. 825" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Senators Hutto, Sabb, Jackson, Williams, Allen, Matthews, Tedder, Devine, Graham, Ott, Sutton and Walker:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "FAMILY PROTECTION ACT" BY AMENDING SECTION 12-6-3632, RELATING TO THE EARNED INCOME TAX CREDIT, SO AS TO ALLOW AN ADDITIONAL REFUNDABLE CREDIT; BY AMENDING SECTION 12-6-3380, RELATING TO THE TAX CREDIT FOR CHILD AND DEPENDENT CARE EXPENSES, SO AS TO ALLOW FOR AN ALTERNATIVE CREDIT; BY AMENDING SECTION 12-36-2120, RELATING TO SALES TAX EXEMPTIONS, SO AS TO EXEMPT CERTAIN ITEMS RELATED TO CHILD BIRTH; BY ADDING SECTION 12-6-3715 SO AS TO CREATE A TAX CREDIT FOR EMPLOYING CERTAIN NONVIOLENT EX-FELONS; BY ADDING SECTIONS 12-6-3835, 12-6-3840, 12-6-3845, 12-6-3850, 12-6-3855, 12-6-3860, AND 12-6-3865 SO AS TO PROVIDE TAX CREDITS FOR LIVING IN A HOUSEHOLD WHERE ONE ACTIVE DUTY FAMILY MEMBER IS DEPLOYED, FOR VETERAN-OWNED SMALL BUSINESSES, FOR HIRING CERTAIN VETERANS, FOR EMPLOYERS VOLUNTARILY PROVIDING CERTAIN FAMILY AND MEDICAL LEAVE, FOR EMPLOYERS PROVIDING CHILDCARE, FOR LIVING OR EMPLOYING PERSONS IN A COUNTY WITH A COMMUNITY JOBS PRIORITY ZONE, AND FOR UNPAID PRIMARY CAREGIVERS; BY ADDING SECTION 12-4-400 SO AS TO CREATE A SINGLE STATEWIDE WORKING FAMILIES TAX CREDIT PORTAL; BY ADDING SECTION 41-29-320 SO AS TO CREATE THE "WORKPLACE FLEXIBILITY GRANT PROGRAM"; BY ADDING SECTION 27-40-795 SO AS TO PROVIDE FOR CERTAIN WRITTEN NOTICE REQUIREMENTS IN RENTAL INCREASES; BY ADDING SECTION 6-1-200 SO AS TO PROVIDE THAT A MUNICIPALITY OR COUNTY MAY ESTABLISH A VOLUNTARY RENT STABILITY PROGRAM; BY ADDING SECTION 12-6-3830 SO AS TO PROVIDE FOR A STATE TAX CREDIT EQUAL TO THE FEDERAL LOW INCOME HOUSING </w:t>
-[...7 lines deleted...]
-        <w:t>CAREGIVERS, TO ESTABLISH A CAREGIVER RESPITE SERVICES PROGRAM WITHIN THE DEPARTMENT ON AGING TO OFFER RESPITE CARE FOR CAREGIVERS AND FOR OTHER PURPOSES; AND BY ADDING SECTION 41-1-140 SO AS TO PROHIBIT EMPLOYERS FROM RETALIATING AGAINST EMPLOYEES WHO ARE UNPAID PRIMARY CAREGIVERS AND TO REQUIRE CERTAIN EMPLOYERS TO PROVIDE UNPAID LEAVE FOR CAREGIVING EMERGENCIES.</w:t>
+        <w:t xml:space="preserve"> -- Senators Hutto, Sabb, Jackson, Williams, Allen, Matthews, Tedder, Devine, Graham, Ott, Sutton and Walker:  A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS SO AS TO ENACT THE "FAMILY PROTECTION ACT" BY AMENDING SECTION 12-6-3632, RELATING TO THE EARNED INCOME TAX CREDIT, SO AS TO ALLOW AN ADDITIONAL REFUNDABLE CREDIT; BY AMENDING SECTION 12-6-3380, RELATING TO THE TAX CREDIT FOR CHILD AND DEPENDENT CARE EXPENSES, SO AS TO ALLOW FOR AN ALTERNATIVE CREDIT; BY AMENDING SECTION 12-36-2120, RELATING TO SALES TAX EXEMPTIONS, SO AS TO EXEMPT CERTAIN ITEMS RELATED TO CHILDBIRTH; BY ADDING SECTION 12-6-3715 SO AS TO CREATE A TAX CREDIT FOR EMPLOYING CERTAIN NONVIOLENT EX-FELONS; BY ADDING SECTIONS 12-6-3835, 12-6-3840, 12-6-3845, 12-6-3850, 12-6-3855, 12-6-3860, AND 12-6-3865 SO AS TO PROVIDE TAX CREDITS FOR LIVING IN A HOUSEHOLD WHERE ONE ACTIVE DUTY FAMILY MEMBER IS DEPLOYED, FOR VETERAN-OWNED SMALL BUSINESSES, FOR HIRING CERTAIN VETERANS, FOR EMPLOYERS VOLUNTARILY PROVIDING CERTAIN FAMILY AND MEDICAL LEAVE, FOR EMPLOYERS PROVIDING CHILDCARE, FOR LIVING OR EMPLOYING PERSONS IN A COUNTY WITH A COMMUNITY JOBS PRIORITY ZONE, AND FOR UNPAID PRIMARY CAREGIVERS; BY ADDING SECTION 12-4-400 SO AS TO CREATE A SINGLE STATEWIDE WORKING FAMILIES TAX CREDIT PORTAL; BY ADDING SECTION 41-29-320 SO AS TO CREATE THE "WORKPLACE FLEXIBILITY GRANT PROGRAM"; BY ADDING SECTION 27-40-795 SO AS TO PROVIDE FOR CERTAIN WRITTEN NOTICE REQUIREMENTS IN RENTAL INCREASES; BY ADDING SECTION 6-1-200 SO AS TO PROVIDE THAT A MUNICIPALITY OR COUNTY MAY ESTABLISH A VOLUNTARY RENT STABILITY PROGRAM; BY ADDING SECTION 12-6-3830 SO AS TO PROVIDE FOR A STATE TAX CREDIT EQUAL TO THE FEDERAL LOW INCOME HOUSING TAX CREDIT; BY ADDING SECTION 31-13-100 SO AS TO CREATE THE "COMMUNITY HOUSING GROWTH INCENTIVES FUND"; BY ADDING CHAPTER 36 TO TITLE 1 SO AS ESTABLISH THE OFFICE OF FAMILY PROTECTION WITHIN THE DEPARTMENT OF ADMINISTRATION TO SUPPORT AND PROTECT FAMILIES AND CAREGIVERS BY IMPROVING EFFICIENCY, ELIMINATING DUPLICATION, AND MAXIMIZING THE USE OF FEDERAL AND PRIVATE RESOURCES, TO PROVIDE FOR THE OFFICE'S DUTIES AND AUTHORITY, TO CREATE THE FAMILY PROTECTION ADVISORY AND ACCOUNTABILITY BOARD AS AN ADVISORY BOARD FOR THE OFFICE, AND FOR OTHER PURPOSES; BY ADDING ARTICLE 9 TO CHAPTER 15, TITLE 2 SO AS TO CREATE THE "JOINT CITIZENS AND LEGISLATIVE COMMITTEE ON PRESCRIPTION DRUG AFFORDABILITY" TO SERVE AS AN ADVISORY BODY TO STUDY PRESCRIPTION DRUG COSTS AND TO MAKE RELATED RECOMMENDATIONS TO REDUCE STATE EXPENDITURES, TO PROVIDE FOR THE COMMITTEE'S MEMBERSHIP AND DUTIES, TO REQUIRE THE LEGISLATIVE AUDIT COUNCIL AND THE DEPARTMENT OF HEALTH AND HUMAN SERVICES TO STAFF THE COMMITTEE, AND FOR OTHER PURPOSES; BY ADDING SECTION 44-6-42 SO AS TO GIVE THE DEPARTMENT OF HEALTH AND HUMAN SERVICES THE AUTHORITY TO NEGOTIATE SUPPLEMENTAL REBATES AND BULK-PURCHASING AGREEMENTS WITH PHARMACEUTICAL COMPANIES, TO ESTABLISH A PREFERRED DRUG LIST, AND TO DEVELOP A STATE PHARMACY CARD FOR UNINSURED AND UNDERINSURED RESIDENTS; BY ADDING SECTION 44-53-364 SO AS TO REQUIRE THE DEPARTMENT OF PUBLIC HEALTH TO COORDINATE A PUBLIC EDUCATION CAMPAIGN ON PRESCRIPTION DRUG ACCESS AND AFFORDABILITY; BY ADDING ARTICLE 7 TO CHAPTER 35, TITLE 43 SO AS TO ESTABLISH AN UNPAID PRIMARY CAREGIVER REGISTRY AND IDENTIFICATION PROGRAM WITHIN THE DEPARTMENT OF SOCIAL SERVICES, TO ENTITLE ELIGIBLE CAREGIVERS TO CERTAIN FINANCIAL BENEFITS AND SERVICES, TO ESTABLISH A PRIMARY CAREGIVER GRANT FUND AND PROGRAM WITHIN THE DEPARTMENT OF HEALTH AND HUMAN SERVICES TO PROVIDE FINANCIAL ASSISTANCE TO CERTAIN LOW- AND MODERATE-INCOME PRIMARY CAREGIVERS, TO ESTABLISH A CAREGIVER RESPITE SERVICES PROGRAM WITHIN THE DEPARTMENT ON AGING TO OFFER RESPITE CARE FOR CAREGIVERS AND FOR OTHER PURPOSES; AND BY ADDING SECTION 41-1-140 SO AS TO PROHIBIT EMPLOYERS FROM RETALIATING AGAINST EMPLOYEES WHO ARE UNPAID PRIMARY CAREGIVERS AND TO REQUIRE CERTAIN EMPLOYERS TO PROVIDE UNPAID LEAVE FOR CAREGIVING EMERGENCIES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09EFBE63" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0431sa26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D678C85" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>Senator HUTTO spoke on the Bill.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188698C5" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>Read the first time and referred to the Committee on Finance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9F77DB" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="46C618E6" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>H. 4917</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>H. 4917" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Rep. G. M. Smith</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> CONCURRENT RESOLUTION INVITING HIS EXCELLENCY, HENRY DARGAN MCMASTER, GOVERNOR OF THE STATE OF SOUTH CAROLINA, TO ADDRESS THE GENERAL ASSEMBLY IN JOINT SESSION AT 7:00 P.M. ON WEDNESDAY, JANUARY 28, 2026, IN THE CHAMBER OF THE SOUTH CAROLINA HOUSE OF REPRESENTATIVES.</w:t>
+        <w:t xml:space="preserve"> -- Rep. G. M. Smith:  A CONCURRENT RESOLUTION INVITING HIS EXCELLENCY, HENRY DARGAN MCMASTER, GOVERNOR OF THE STATE OF SOUTH CAROLINA, TO ADDRESS THE GENERAL ASSEMBLY IN JOINT SESSION AT 7:00 P.M. ON WEDNESDAY, JANUARY 28, 2026, IN THE CHAMBER OF THE SOUTH CAROLINA HOUSE OF REPRESENTATIVES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38B611A3" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0205ahb-ahb26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BCF6B23" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered returned to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F4DFE26" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="0E1BC8E1" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>H. 4918</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>H. 4918" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Reps. Beach, Alexander, Anderson, Atkinson, Bailey, Ballentine, Bamberg, Bannister, Bauer, Bernstein, Bowers, Bradley, Brewer, Brittain, Burns, Bustos, Calhoon, Caskey, Chapman, Chumley, Clyburn, Cobb-Hunter, Collins, Cox, Crawford, Cromer, Davis, Dillard, Duncan, Edgerton, Erickson, Ford, Forrest, Frank, Gagnon, Garvin, Gatch, Gibson, Gilliam, Gilliard, Gilreath, Govan, Grant, Guest, Guffey, Haddon, Hager, Hardee, Harris, Hart, Hartnett, Hartz, Hayes, Henderson-Myers, Herbkersman, Hewitt, Hiott, Hixon, Holman, Hosey, Howard, Huff, J. E. Johnson, J. L. Johnson, Jones, Jordan, Kilmartin, King, Kirby, Landing, Lastinger, Lawson, Ligon, Long, Lowe, Luck, Magnuson, Martin, McCabe, McCravy, McDaniel, McGinnis, C. Mitchell, D. Mitchell, Montgomery, J. Moore, T. Moore, Morgan, Moss, Neese, B. Newton, W. Newton, Oremus, Pace, Pedalino, Pope, Rankin, Reese, Rivers, Robbins, Rose, Rutherford, Sanders, Schuessler, Scott, Sessions, G. M. Smith, M. M. Smith, Spann-Wilder, Stavrinakis, Taylor, Teeple, Terribile, Vaughan, Waters, Weeks, Wetmore, White, Whitmire, Wickensimer, Williams, Willis, Wooten and Yow:  A CONCURRENT RESOLUTION TO APPLAUD THE POWDERSVILLE HIGH </w:t>
-[...3 lines deleted...]
-        <w:t>SCHOOL GIRLS VOLLEYBALL TEAM ON CAPTURING THE 2025 CLASS AAA STATE CHAMPIONSHIP TITLE AND TO CONGRATULATE THESE ATHLETES AND THEIR COACH ON AN OUTSTANDING SEASON.</w:t>
+        <w:t xml:space="preserve"> -- Reps. Beach, Alexander, Anderson, Atkinson, Bailey, Ballentine, Bamberg, Bannister, Bauer, Bernstein, Bowers, Bradley, Brewer, Brittain, Burns, Bustos, Calhoon, Caskey, Chapman, Chumley, Clyburn, Cobb-Hunter, Collins, Cox, Crawford, Cromer, Davis, Dillard, Duncan, Edgerton, Erickson, Ford, Forrest, Frank, Gagnon, Garvin, Gatch, Gibson, Gilliam, Gilliard, Gilreath, Govan, Grant, Guest, Guffey, Haddon, Hager, Hardee, Harris, Hart, Hartnett, Hartz, Hayes, Henderson-Myers, Herbkersman, Hewitt, Hiott, Hixon, Holman, Hosey, Howard, Huff, J. E. Johnson, J. L. Johnson, Jones, Jordan, Kilmartin, King, Kirby, Landing, Lastinger, Lawson, Ligon, Long, Lowe, Luck, Magnuson, Martin, McCabe, McCravy, McDaniel, McGinnis, C. Mitchell, D. Mitchell, Montgomery, J. Moore, T. Moore, Morgan, Moss, Neese, B. Newton, W. Newton, Oremus, Pace, Pedalino, Pope, Rankin, Reese, Rivers, Robbins, Rose, Rutherford, Sanders, Schuessler, Scott, Sessions, G. M. Smith, M. M. Smith, Spann-Wilder, Stavrinakis, Taylor, Teeple, Terribile, Vaughan, Waters, Weeks, Wetmore, White, Whitmire, Wickensimer, Williams, Willis, Wooten and Yow:  A CONCURRENT RESOLUTION TO APPLAUD THE POWDERSVILLE HIGH SCHOOL GIRLS VOLLEYBALL TEAM ON CAPTURING THE 2025 CLASS AAA STATE CHAMPIONSHIP TITLE AND TO CONGRATULATE THESE ATHLETES AND THEIR COACH ON AN OUTSTANDING SEASON.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AF627BE" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0205ha-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="305F9338" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered returned to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D9F9419" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="4E016B3B" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>H. 4921</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
@@ -3314,55 +3183,51 @@
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered returned to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="094042F1" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02"/>
     <w:p w14:paraId="0154CEDA" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>H. 4922</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> XE "</w:instrText>
       </w:r>
       <w:r>
         <w:tab/>
         <w:instrText>H. 4922" \b</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> -- Reps. Pope, Gilliam, Hiott, Moss, Wooten, Hixon and Bailey:  A CONCURRENT RESOLUTION TO EXPRESS THE PROFOUND SORROW OF THE MEMBERS OF THE SOUTH CAROLINA GENERAL ASSEMBLY UPON THE PASSING OF LIEUTENANT LANSING P. "PETE" LOGAN OF THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION, TO CELEBRATE </w:t>
-[...3 lines deleted...]
-        <w:t>HIS LIFE, AND TO EXTEND THE DEEPEST SYMPATHY TO HIS FAMILY AND MANY FRIENDS.</w:t>
+        <w:t xml:space="preserve"> -- Reps. Pope, Gilliam, Hiott, Moss, Wooten, Hixon and Bailey:  A CONCURRENT RESOLUTION TO EXPRESS THE PROFOUND SORROW OF THE MEMBERS OF THE SOUTH CAROLINA GENERAL ASSEMBLY UPON THE PASSING OF LIEUTENANT LANSING P. "PETE" LOGAN OF THE SOUTH CAROLINA LAW ENFORCEMENT DIVISION, TO CELEBRATE HIS LIFE, AND TO EXTEND THE DEEPEST SYMPATHY TO HIS FAMILY AND MANY FRIENDS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D90369F" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:t>lc-0240ha-rm26.docx</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="108C38CC" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:r>
         <w:tab/>
         <w:t>The Concurrent Resolution was adopted, ordered returned to the House.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553C31F2" w14:textId="77777777" w:rsidR="00103108" w:rsidRDefault="00103108" w:rsidP="00103108">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41D8C8A4" w14:textId="2E54CB2C" w:rsidR="00DB74A4" w:rsidRPr="00A55899" w:rsidRDefault="00F43572" w:rsidP="00F43572">
       <w:pPr>
         <w:pStyle w:val="Header"/>
@@ -3652,51 +3517,50 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. President and Senators:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CBA8E72" w14:textId="77777777" w:rsidR="003113C9" w:rsidRDefault="003113C9" w:rsidP="003113C9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>The House respectfully informs your Honorable Body that it has overridden the veto by the Governor on R.86, S. 136 by a vote of 112 to 0:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BF78660" w14:textId="77777777" w:rsidR="003113C9" w:rsidRPr="00EE3F6B" w:rsidRDefault="003113C9" w:rsidP="003113C9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">(R86, </w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3F6B">
         <w:t>S136</w:t>
       </w:r>
       <w:r w:rsidRPr="00EE3F6B">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00EE3F6B">
         <w:instrText xml:space="preserve"> XE "S. 136" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00EE3F6B">
@@ -3931,101 +3795,84 @@
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The following Bill was read the third time and ordered sent to the House:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p w14:paraId="7B552864" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRPr="007F2080" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>S. 59</w:t>
       </w:r>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> XE "S. 59" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -- Senators Bennett and Rice</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> -- Senators Bennett and Rice:  </w:t>
+      </w:r>
       <w:r w:rsidRPr="00550514">
         <w:rPr>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:caps/>
           <w:color w:val="auto"/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> BILL TO AMEND THE </w:t>
+        <w:t xml:space="preserve">A BILL TO AMEND THE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑1‑440, RELATING TO PENALTIES FOR DRIVING WITHOUT A LICENSE, SO AS TO INCREASE THE PENALTIES FOR DRIVING WITHOUT A LICENSE AND MAKE CONFORMING CHANGES.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19FB2848" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="76C7A3C7" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -4047,283 +3894,253 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t>S. 76</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:instrText xml:space="preserve"> XE "S. 76" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t xml:space="preserve"> -- Senators Hembree, Grooms, Young, Goldfinch, Sabb, Alexander and Kennedy:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t xml:space="preserve">A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-8-230, RELATING TO DEFINITIONS, SO AS TO PROVIDE APPROPRIATE DEFINITIONS; BY AMENDING SECTION 16-8-240, RELATING TO USE OF OR THREAT OF PHYSICAL VIOLENCE BY CRIMINAL GANG MEMBERS AND PENALTIES, SO AS TO ESTABLISH UNLAWFUL CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-245 SO AS TO PROVIDE ADMISSIBILITY OF CRIMINAL GANG AND CRIMINAL GANG ACTIVITY EVIDENCE DURING A TRIAL OR PROCEEDING; BY AMENDING SECTION 16-8-250, RELATING TO PREVENTING WITNESSES OR VICTIMS FROM TESTIFYING AND PENALTIES, SO AS TO PROVIDE A MECHANISM TO ABATE A PUBLIC NUISANCE OF REAL PROPERTY USED BY A CRIMINAL GANG; BY ADDING SECTION 16-8-275 SO AS TO PROVIDE ADMISSIBILITY IN A CRIMINAL PROCEEDING OF THE ACCUSED'S COMMISSION OF CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-520 SO AS TO PROVIDE APPROPRIATE DEFINITIONS FOR THE ANTI-RACKETEERING ACT; BY ADDING SECTION 16-8-530 SO AS TO MAKE IT UNLAWFUL FOR ANY PERSON TO ENGAGE IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-540 SO AS TO PROVIDE CRIMINAL PENALTIES FOR ENGAGING IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-550 SO AS TO PROVIDE THAT THE CIRCUIT COURT MAY ENJOIN VIOLATIONS OF THE ANTI-RACKETEERING ACT BY ISSUING APPROPRIATE ORDERS; BY ADDING SECTION 16-8-560 SO AS TO ESTABLISH JURISDICTION FOR RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-570 SO AS TO PROVIDE PROTECTION FROM DISCLOSURE OF INFORMANTS; AND BY AMENDING SECTION 14-7-1630, RELATING TO JURISDICTION OF JURIES, NOTIFICATION TO IMPANEL JURIES, POWERS AND DUTIES OF IMPANELING AND PRESIDING JUDGES, THE TRANSFER OF </w:t>
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16-8-230, RELATING TO DEFINITIONS, SO AS TO PROVIDE APPROPRIATE DEFINITIONS; BY AMENDING SECTION 16-8-240, RELATING TO USE OF OR THREAT OF PHYSICAL VIOLENCE BY CRIMINAL GANG MEMBERS AND PENALTIES, SO AS TO ESTABLISH UNLAWFUL CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-245 SO AS TO PROVIDE ADMISSIBILITY OF CRIMINAL GANG AND CRIMINAL GANG ACTIVITY EVIDENCE DURING A TRIAL OR PROCEEDING; BY AMENDING SECTION 16-8-250, RELATING TO PREVENTING WITNESSES OR VICTIMS FROM TESTIFYING AND PENALTIES, SO AS TO PROVIDE A MECHANISM TO ABATE A PUBLIC NUISANCE OF REAL PROPERTY USED BY A CRIMINAL GANG; BY ADDING SECTION 16-8-275 SO AS TO PROVIDE ADMISSIBILITY IN A CRIMINAL PROCEEDING OF THE ACCUSED'S COMMISSION OF CRIMINAL GANG ACTIVITY; BY ADDING SECTION 16-8-520 SO AS TO PROVIDE APPROPRIATE DEFINITIONS FOR THE ANTI-RACKETEERING ACT; BY ADDING SECTION 16-8-530 SO AS TO MAKE IT UNLAWFUL FOR ANY PERSON TO ENGAGE IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-540 SO AS TO PROVIDE CRIMINAL PENALTIES FOR ENGAGING IN RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-550 SO AS TO PROVIDE THAT THE CIRCUIT COURT MAY ENJOIN VIOLATIONS OF THE ANTI-RACKETEERING ACT BY ISSUING APPROPRIATE ORDERS; BY ADDING SECTION 16-8-560 SO AS TO ESTABLISH JURISDICTION FOR RACKETEERING ACTIVITY; BY ADDING SECTION 16-8-570 SO AS TO PROVIDE PROTECTION FROM DISCLOSURE OF INFORMANTS; AND BY AMENDING SECTION 14-7-1630, RELATING TO JURISDICTION OF JURIES, NOTIFICATION TO IMPANEL JURIES, POWERS AND DUTIES OF IMPANELING AND PRESIDING JUDGES, THE TRANSFER OF INCOMPLETE INVESTIGATIONS, EFFECTIVE DATES AND NOTICE REQUIREMENTS WITH RESPECT TO ORDERS OF JUDGE, AND APPEALS, SO AS TO ADD THE CRIME OF RACKETEERING TO THE JURISDICTION OF THE STATE GRAND JURY.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="188E37D9" w14:textId="73BEF71A" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>On motion of Senator BENNETT, the Bill was carried over.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B77C13" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569F5825" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CARRIED OVER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A05745C" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRPr="007F2080" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t>S. 288</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:instrText xml:space="preserve"> XE "S. 288" \b </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="007F2080">
+        <w:t xml:space="preserve"> -- Senators Johnson, Turner, Graham, Davis, Grooms and Young:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-    <w:p w14:paraId="188E37D9" w14:textId="4608EABC" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 6‑29‑725 SO AS TO ALLOW FOR THE TRANSFER OF DEVELOPMENT RIGHTS BETWEEN DIFFERENT LANDOWNERS, TO PROVIDE FOR CONTENTS OF THE ORDINANCE NECESSARY TO REGULATE THE TRANSFER OF DEVELOPMENT RIGHTS, AND TO ALLOW TWO OR MORE LOCAL GOVERNING BODIES TO JOIN ONE ANOTHER IN SETTING UP A TRANSFER OF RIGHTS PROGRAM.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4DBCFE" w14:textId="145622E3" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>On motion of Senator BENNETT, with unanimous consent, the Bill was carried over.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56B77C13" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048">
+        <w:t>On motion of Senator KIMBRELL,</w:t>
+      </w:r>
+      <w:r w:rsidR="00C5601F">
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Bill was carried over.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E1BABED" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569F5825" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+    <w:p w14:paraId="383799FF" w14:textId="44E26EC0" w:rsidR="00802B81" w:rsidRDefault="00802B81" w:rsidP="00802B81">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>CARRIED OVER</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3A05745C" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRPr="007F2080" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+        <w:t>AMENDMENT PROPOSED, CARRIED OVER</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45D5A0E6" w14:textId="77777777" w:rsidR="00802B81" w:rsidRPr="007F2080" w:rsidRDefault="00802B81" w:rsidP="00802B81">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:t>S. 288</w:t>
+        <w:t>H. 3650</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:instrText xml:space="preserve"> XE "S. 288" \b </w:instrText>
+        <w:instrText xml:space="preserve"> XE "H. 3650" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
-        <w:t xml:space="preserve"> -- Senators Johnson, Turner, Graham, Davis, Grooms and Young:  </w:t>
+        <w:t xml:space="preserve"> -- Reps. G.M. Smith, Wooten, Pope, Chapman, W. Newton, Bailey, Robbins, Crawford, Guest, Caskey, Forrest, B. Newton, Hixon and Taylor:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY ADDING SECTION 6‑29‑725 SO AS TO ALLOW FOR THE TRANSFER OF DEVELOPMENT RIGHTS BETWEEN DIFFERENT LANDOWNERS, TO PROVIDE FOR CONTENTS OF THE ORDINANCE NECESSARY TO REGULATE THE TRANSFER OF DEVELOPMENT RIGHTS, AND TO ALLOW TWO OR MORE LOCAL GOVERNING BODIES TO JOIN ONE ANOTHER IN SETTING UP A TRANSFER OF RIGHTS PROGRAM.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E4DBCFE" w14:textId="4E8A2F61" w:rsidR="00AD2048" w:rsidRDefault="00AD2048" w:rsidP="00AD2048">
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 16‑1‑60, RELATING TO OFFENSES DEFINED AS VIOLENT CRIMES, SO AS TO INCLUDE THE OFFENSE OF DISCHARGING FIREARMS AT OR INTO A DWELLING HOUSE, OTHER BUILDING, STRUCTURE, ENCLOSURE, VEHICLE, AIRCRAFT, WATERCRAFT, OR OTHER CONVEYANCE, DEVICE, OR EQUIPMENT; AND BY AMENDING SECTION 16‑23‑440, RELATING TO DISCHARGING FIREARMS INTO A DWELLING HOUSE, OTHER BUILDING, STRUCTURE, ENCLOSURE, VEHICLE, AIRCRAFT, WATERCRAFT, OR OTHER CONVEYANCE, DEVICE, OR EQUIPMENT, SO AS TO CREATE A TIERED PENALTY STRUCTURE.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="574A573D" w14:textId="77777777" w:rsidR="00802B81" w:rsidRDefault="00802B81" w:rsidP="00802B81">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0063614E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>On motion of Senator KIMBRELL, with unanimous consent, the Bill was carried over.</w:t>
-[...15 lines deleted...]
-          <w:b/>
+        <w:t>The Senate proceeded to a consideration of the Bill</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:bCs/>
-        </w:rPr>
-[...81 lines deleted...]
-          <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CF58486" w14:textId="77777777" w:rsidR="00802B81" w:rsidRDefault="00802B81" w:rsidP="00802B81">
-      <w:pPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="64FF5637" w14:textId="77777777" w:rsidR="00654D67" w:rsidRDefault="00654D67" w:rsidP="00802B81">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="700024AF" w14:textId="329B6F4C" w:rsidR="00802B81" w:rsidRPr="006E79F8" w:rsidRDefault="00802B81" w:rsidP="00802B81">
       <w:pPr>
         <w:pStyle w:val="scamendlanginstruction"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="216"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="648"/>
           <w:tab w:val="left" w:pos="864"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1296"/>
           <w:tab w:val="left" w:pos="1512"/>
           <w:tab w:val="left" w:pos="1728"/>
           <w:tab w:val="left" w:pos="1944"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2376"/>
@@ -4333,51 +4150,50 @@
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3456"/>
           <w:tab w:val="left" w:pos="3672"/>
           <w:tab w:val="left" w:pos="3888"/>
           <w:tab w:val="left" w:pos="4104"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4752"/>
           <w:tab w:val="left" w:pos="4968"/>
           <w:tab w:val="left" w:pos="5184"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5616"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006E79F8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:tab/>
         <w:t>Senator ADAMS proposed the following amendment</w:t>
       </w:r>
       <w:r w:rsidR="00654D67">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006E79F8">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(SJ-3650.SW0001S)</w:t>
       </w:r>
       <w:r w:rsidR="00654D67">
         <w:rPr>
           <w:rFonts w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
@@ -4505,68 +4321,66 @@
             <w:t xml:space="preserve">(A) It is unlawful for a person to </w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsert"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">knowingly and intentionally </w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">discharge or cause to be discharged </w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scstrike"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">unlawfully </w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>firearms</w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>;</w:t>
           </w:r>
-          <w:proofErr w:type="gramEnd"/>
         </w:p>
         <w:p w14:paraId="4FA0A342" w14:textId="77777777" w:rsidR="00802B81" w:rsidRPr="006E79F8" w:rsidRDefault="00802B81" w:rsidP="00802B81">
           <w:pPr>
             <w:pStyle w:val="sccodifiedsection"/>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1512"/>
               <w:tab w:val="left" w:pos="1728"/>
               <w:tab w:val="left" w:pos="1944"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2376"/>
               <w:tab w:val="left" w:pos="2592"/>
               <w:tab w:val="left" w:pos="2808"/>
               <w:tab w:val="left" w:pos="3024"/>
               <w:tab w:val="left" w:pos="3240"/>
               <w:tab w:val="left" w:pos="3456"/>
               <w:tab w:val="left" w:pos="3672"/>
               <w:tab w:val="left" w:pos="3888"/>
               <w:tab w:val="left" w:pos="4104"/>
               <w:tab w:val="left" w:pos="4320"/>
               <w:tab w:val="left" w:pos="4536"/>
               <w:tab w:val="left" w:pos="4752"/>
               <w:tab w:val="left" w:pos="4968"/>
               <w:tab w:val="left" w:pos="5184"/>
               <w:tab w:val="left" w:pos="5400"/>
@@ -4581,61 +4395,52 @@
           </w:pPr>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:tab/>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:tab/>
             <w:t>(1)</w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve"> at or into a dwelling house, other building, structure, or enclosure regularly occupied by </w:t>
+            <w:t xml:space="preserve"> at or into a dwelling house, other building, structure, or enclosure regularly occupied by persons</w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-          <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve"> regardless of whether the attended target is actually struck; or</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="60A3FB68" w14:textId="77777777" w:rsidR="00802B81" w:rsidRPr="006E79F8" w:rsidRDefault="00802B81" w:rsidP="00802B81">
           <w:pPr>
             <w:pStyle w:val="sccodifiedsection"/>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1512"/>
               <w:tab w:val="left" w:pos="1728"/>
               <w:tab w:val="left" w:pos="1944"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2376"/>
               <w:tab w:val="left" w:pos="2592"/>
               <w:tab w:val="left" w:pos="2808"/>
               <w:tab w:val="left" w:pos="3024"/>
               <w:tab w:val="left" w:pos="3240"/>
               <w:tab w:val="left" w:pos="3456"/>
@@ -4652,132 +4457,101 @@
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:tab/>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:tab/>
-            <w:t xml:space="preserve">(2) the bullets of which unintentionally strike or otherwise enter a dwelling house, other building, structure, or enclosure regularly occupied by </w:t>
+            <w:t>(2) the bullets of which unintentionally strike or otherwise enter a dwelling house, other building, structure, or enclosure regularly occupied by persons</w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-          <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">. </w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="0DF0BC38" w14:textId="77777777" w:rsidR="00802B81" w:rsidRPr="006E79F8" w:rsidRDefault="00802B81" w:rsidP="00802B81">
           <w:pPr>
             <w:pStyle w:val="sccodifiedsection"/>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1512"/>
               <w:tab w:val="left" w:pos="1728"/>
               <w:tab w:val="left" w:pos="1944"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2376"/>
               <w:tab w:val="left" w:pos="2592"/>
               <w:tab w:val="left" w:pos="2808"/>
               <w:tab w:val="left" w:pos="3024"/>
               <w:tab w:val="left" w:pos="3240"/>
               <w:tab w:val="left" w:pos="3456"/>
               <w:tab w:val="left" w:pos="3672"/>
               <w:tab w:val="left" w:pos="3888"/>
               <w:tab w:val="left" w:pos="4104"/>
               <w:tab w:val="left" w:pos="4320"/>
               <w:tab w:val="left" w:pos="4536"/>
               <w:tab w:val="left" w:pos="4752"/>
               <w:tab w:val="left" w:pos="4968"/>
               <w:tab w:val="left" w:pos="5184"/>
               <w:tab w:val="left" w:pos="5400"/>
               <w:tab w:val="left" w:pos="5616"/>
             </w:tabs>
             <w:suppressAutoHyphens w:val="0"/>
             <w:spacing w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scstrikered"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">A person who violates the provisions of this subsection is guilty of a felony and, upon conviction, must be fined not more than one thousand dollars or </w:t>
-[...19 lines deleted...]
-            <w:t xml:space="preserve"> not more than ten years, or both.</w:t>
+            <w:t>A person who violates the provisions of this subsection is guilty of a felony and, upon conviction, must be fined not more than one thousand dollars or imprisoned not more than ten years, or both.</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="67717859" w14:textId="77777777" w:rsidR="00802B81" w:rsidRPr="006E79F8" w:rsidRDefault="00802B81" w:rsidP="00802B81">
           <w:pPr>
             <w:pStyle w:val="sccodifiedsection"/>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1512"/>
               <w:tab w:val="left" w:pos="1728"/>
               <w:tab w:val="left" w:pos="1944"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2376"/>
               <w:tab w:val="left" w:pos="2592"/>
               <w:tab w:val="left" w:pos="2808"/>
               <w:tab w:val="left" w:pos="3024"/>
               <w:tab w:val="left" w:pos="3240"/>
               <w:tab w:val="left" w:pos="3456"/>
               <w:tab w:val="left" w:pos="3672"/>
               <w:tab w:val="left" w:pos="3888"/>
               <w:tab w:val="left" w:pos="4104"/>
               <w:tab w:val="left" w:pos="4320"/>
               <w:tab w:val="left" w:pos="4536"/>
               <w:tab w:val="left" w:pos="4752"/>
               <w:tab w:val="left" w:pos="4968"/>
               <w:tab w:val="left" w:pos="5184"/>
@@ -4790,85 +4564,67 @@
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:tab/>
             <w:t xml:space="preserve">(B) It is unlawful for a person to </w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsert"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">knowingly and intentionally </w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
-            <w:t xml:space="preserve">discharge or </w:t>
+            <w:t xml:space="preserve">discharge or cause to be discharged </w:t>
           </w:r>
-          <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-          <w:proofErr w:type="gramStart"/>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scstrike"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t xml:space="preserve">unlawfully </w:t>
           </w:r>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rFonts w:cs="Times New Roman"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>firearms</w:t>
           </w:r>
-          <w:proofErr w:type="gramEnd"/>
           <w:r w:rsidRPr="006E79F8">
             <w:rPr>
               <w:rStyle w:val="scinsertblue"/>
               <w:rFonts w:cs="Times New Roman"/>
               <w:color w:val="auto"/>
               <w:sz w:val="22"/>
             </w:rPr>
             <w:t>:</w:t>
           </w:r>
         </w:p>
         <w:p w14:paraId="0722DD88" w14:textId="77777777" w:rsidR="00802B81" w:rsidRPr="006E79F8" w:rsidRDefault="00802B81" w:rsidP="00802B81">
           <w:pPr>
             <w:pStyle w:val="sccodifiedsection"/>
             <w:widowControl/>
             <w:tabs>
               <w:tab w:val="left" w:pos="1512"/>
               <w:tab w:val="left" w:pos="1728"/>
               <w:tab w:val="left" w:pos="1944"/>
               <w:tab w:val="left" w:pos="2160"/>
               <w:tab w:val="left" w:pos="2376"/>
               <w:tab w:val="left" w:pos="2592"/>
               <w:tab w:val="left" w:pos="2808"/>
               <w:tab w:val="left" w:pos="3024"/>
               <w:tab w:val="left" w:pos="3240"/>
               <w:tab w:val="left" w:pos="3456"/>
@@ -5352,166 +5108,147 @@
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>Senator ADAMS explained the amendment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7184F283" w14:textId="77777777" w:rsidR="00802B81" w:rsidRDefault="00802B81" w:rsidP="00802B81">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1458928A" w14:textId="35A2E3B3" w:rsidR="00802B81" w:rsidRPr="0063614E" w:rsidRDefault="00802B81" w:rsidP="00802B81">
+    <w:p w14:paraId="1458928A" w14:textId="65E91EFE" w:rsidR="00802B81" w:rsidRPr="0063614E" w:rsidRDefault="00802B81" w:rsidP="00802B81">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0063614E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0063614E">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The question being the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">adoption of the </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>adoption of the amendment.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A02758" w14:textId="3AE21F88" w:rsidR="00802B81" w:rsidRPr="007F2080" w:rsidRDefault="00802B81" w:rsidP="00802B81">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66E1B3EA" w14:textId="70628FF1" w:rsidR="00802B81" w:rsidRDefault="00802B81" w:rsidP="00802B81">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>amendment.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0063614E">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">On motion of Senator ADAMS, with unanimous consent, the amendment and Bill </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">On motion of Senator ADAMS, the amendment and Bill </w:t>
       </w:r>
       <w:r w:rsidR="00654D67">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>were</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> carried over.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42FE04EC" w14:textId="77777777" w:rsidR="00AD2048" w:rsidRDefault="00AD2048">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43AF37C5" w14:textId="77777777" w:rsidR="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CARRIED OVER</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05DC4207" w14:textId="77777777" w:rsidR="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t>S. 256</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
@@ -5566,67 +5303,67 @@
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">DAVIS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>explained the Bill</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="503E7050" w14:textId="77777777" w:rsidR="00654D67" w:rsidRPr="007F2080" w:rsidRDefault="00654D67" w:rsidP="00BD679D">
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D915066" w14:textId="522EDCC1" w:rsidR="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
+    <w:p w14:paraId="4D915066" w14:textId="7254CD38" w:rsidR="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t>On motion of Senator DAVIS, with unanimous consent, the Bill was carried over.</w:t>
+        <w:t>On motion of Senator DAVIS, the Bill was carried over.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="075F2DA0" w14:textId="77777777" w:rsidR="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CFBD1DF" w14:textId="02335C0E" w:rsidR="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -5681,56 +5418,60 @@
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidR="00BD679D">
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑5‑2930, RELATING TO OPERATING MOTOR VEHICLES WHILE UNDER THE INFLUENCE OF ALCOHOL OR DRUGS. (</w:t>
       </w:r>
       <w:r w:rsidR="00654D67" w:rsidRPr="00654D67">
         <w:rPr>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t xml:space="preserve">Abbreviated </w:t>
       </w:r>
       <w:r w:rsidR="00654D67">
         <w:rPr>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00654D67" w:rsidRPr="00654D67">
         <w:rPr>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t>itle</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidR="00654D67" w:rsidRPr="00B90C3B">
+        <w:rPr>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD679D" w:rsidRPr="00B90C3B">
+        <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AB19C8C" w14:textId="76F96461" w:rsidR="00BD679D" w:rsidRPr="00BD679D" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16063E5F" w14:textId="77777777" w:rsidR="00BD679D" w:rsidRPr="001A33C5" w:rsidRDefault="00BD679D" w:rsidP="00BD679D">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
@@ -5889,146 +5630,131 @@
         <w:instrText xml:space="preserve"> XE "S. 52" \b </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t xml:space="preserve"> -- Senators Davis, Cash, Gambrell, Grooms, Jackson, Devine, Climer, Johnson, Adams, Turner, Kimbrell, Sutton</w:t>
       </w:r>
       <w:r w:rsidR="00654D67">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t xml:space="preserve"> Blackmon</w:t>
       </w:r>
       <w:r w:rsidR="00654D67">
         <w:t xml:space="preserve"> and Williams</w:t>
       </w:r>
       <w:r w:rsidRPr="007F2080">
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:t xml:space="preserve">A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑5‑2930, RELATING TO </w:t>
+        <w:t>A BILL TO AMEND THE SOUTH CAROLINA CODE OF LAWS BY AMENDING SECTION 56‑5‑2930, RELATING TO OPERATING MOTOR VEHICLES WHILE UNDER THE INFLUENCE OF ALCOHOL OR DRUGS. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="30"/>
+        </w:rPr>
+        <w:t>Abbreviated title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:caps/>
           <w:szCs w:val="30"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ECB1B01" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60D7CEC0" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C2325F">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D251DD">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Senator MASSEY moved that the Bill be made a Special Order.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52239056" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="4AA0067B" w14:textId="77777777" w:rsidR="00213FA0" w:rsidRDefault="00213FA0" w:rsidP="009F2C02">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3965255C" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The "ayes" and "nays" were demanded and taken, resulting </w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>The "ayes" and "nays" were demanded and taken, resulting as follows:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78570665" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRPr="00D251DD" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D251DD">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ayes 40; Nays 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9D57F0" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
@@ -7263,60 +6989,58 @@
           <w:tab w:val="clear" w:pos="1944"/>
           <w:tab w:val="clear" w:pos="2376"/>
           <w:tab w:val="clear" w:pos="2592"/>
           <w:tab w:val="clear" w:pos="2808"/>
           <w:tab w:val="clear" w:pos="3024"/>
           <w:tab w:val="clear" w:pos="3240"/>
           <w:tab w:val="clear" w:pos="3456"/>
           <w:tab w:val="clear" w:pos="3672"/>
           <w:tab w:val="clear" w:pos="3888"/>
           <w:tab w:val="clear" w:pos="4104"/>
           <w:tab w:val="clear" w:pos="4536"/>
           <w:tab w:val="clear" w:pos="4752"/>
           <w:tab w:val="clear" w:pos="4968"/>
           <w:tab w:val="clear" w:pos="5184"/>
           <w:tab w:val="clear" w:pos="5400"/>
           <w:tab w:val="clear" w:pos="5616"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D251DD">
         <w:rPr>
           <w:b/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Total--1</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7FD2300B" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRPr="00D251DD" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D8A1DB1" w14:textId="77777777" w:rsidR="009F2C02" w:rsidRPr="00D251DD" w:rsidRDefault="009F2C02" w:rsidP="009F2C02">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D251DD">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
@@ -7342,66 +7066,61 @@
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32715869" w14:textId="73218764" w:rsidR="00A407B4" w:rsidRPr="00A407B4" w:rsidRDefault="00A407B4" w:rsidP="00A407B4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002B73E5">
         <w:t xml:space="preserve">At </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A55899">
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="002B73E5">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A55899">
         <w:t>42</w:t>
       </w:r>
       <w:r w:rsidR="002B73E5">
-        <w:t xml:space="preserve">  A.M.</w:t>
-[...3 lines deleted...]
-        <w:t>, o</w:t>
+        <w:t xml:space="preserve">  A.M., o</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">n motion of Senator </w:t>
       </w:r>
       <w:r w:rsidR="005B29BF">
         <w:t>MASSEY</w:t>
       </w:r>
       <w:r>
         <w:t>, the Senate agreed to dispense with the balance of the Motion Period.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C2687FE" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3ADBE5B8" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -7537,56 +7256,68 @@
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Williamsburg County Magistrate, with the term to commence April 30, 2026, and to expire April 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54639085" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Williamsburg County:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AAC1DDB" w14:textId="77777777" w:rsidR="003D3512" w:rsidRDefault="003D3512" w:rsidP="003D3512">
+    <w:p w14:paraId="0AAC1DDB" w14:textId="1A2EBA3A" w:rsidR="003D3512" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
       <w:r>
-        <w:t>Hon. Brian Maurice McKnight, Sr., 4989 Thurgood Marshall Hwy., Kingstree, SC 29556-3926</w:t>
+        <w:t>Hon. Brian Maurice McKnight, Sr., 4989 Thurgood Marshall H</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t>igh</w:t>
+      </w:r>
+      <w:r>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidR="00B90C3B">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:t>y, Kingstree, SC 29556-3926</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0801FE61" w14:textId="77777777" w:rsidR="003D3512" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:ind w:firstLine="216"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4F887BF8" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
         <w:ind w:firstLine="216"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00484E92">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Reappointment, Williamsburg County Magistrate, with the term to commence April 30, 2026, and to expire April 30, 2030</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4208C3CB" w14:textId="77777777" w:rsidR="003D3512" w:rsidRPr="00484E92" w:rsidRDefault="003D3512" w:rsidP="003D3512">
       <w:pPr>
         <w:keepNext/>
@@ -7670,76 +7401,75 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11B3F447" w14:textId="40BAA05B" w:rsidR="00DB74A4" w:rsidRDefault="009F6919">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="000A7610">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DJOURNMENT</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FAEF37A" w14:textId="408326B0" w:rsidR="00DB74A4" w:rsidRDefault="000A7610">
+    <w:p w14:paraId="3FAEF37A" w14:textId="7B14B19E" w:rsidR="00DB74A4" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">At  </w:t>
+        <w:t>At</w:t>
+      </w:r>
+      <w:r w:rsidR="00213FA0">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A55899">
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="003D6B57">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A55899">
         <w:t>46</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> A.M., on motion of Senator </w:t>
       </w:r>
       <w:r w:rsidR="00424F95">
         <w:t>MASSEY</w:t>
       </w:r>
       <w:r>
         <w:t>, the Senate adjourned to meet tomorrow at 11:00 A.M. under the provisions of Rule 1 for the purpose of taking up local matters and uncontested matters which have previously received unanimous consent to be taken up.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35BF6530" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="00DB74A4">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:keepLines/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A99C26D" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="000A7610">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:keepLines/>
         <w:tabs>
@@ -7794,51 +7524,50 @@
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19903F3F" w14:textId="77777777" w:rsidR="00DB74A4" w:rsidRDefault="000A7610" w:rsidP="004465AD">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SENATE JOURNAL INDEX</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DD70B09" w14:textId="77777777" w:rsidR="00AA4E53" w:rsidRPr="00AA4E53" w:rsidRDefault="00AA4E53" w:rsidP="004465AD">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="373002A2" w14:textId="77777777" w:rsidR="001636DF" w:rsidRDefault="001636DF" w:rsidP="00AA4E53">
       <w:pPr>
         <w:pStyle w:val="Header"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="8640"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:sectPr w:rsidR="001636DF" w:rsidSect="001636DF">
           <w:headerReference w:type="default" r:id="rId10"/>
@@ -8790,51 +8519,50 @@
     <w:r w:rsidR="00362845">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="002958C1">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00A207EA">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="216"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2051"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -8854,98 +8582,98 @@
     <w:rsid w:val="00042056"/>
     <w:rsid w:val="00043EAF"/>
     <w:rsid w:val="00050AAF"/>
     <w:rsid w:val="0005498E"/>
     <w:rsid w:val="000566AC"/>
     <w:rsid w:val="0006162D"/>
     <w:rsid w:val="00064200"/>
     <w:rsid w:val="00074FE7"/>
     <w:rsid w:val="00075A91"/>
     <w:rsid w:val="0008217A"/>
     <w:rsid w:val="00082A18"/>
     <w:rsid w:val="0009075C"/>
     <w:rsid w:val="000A0425"/>
     <w:rsid w:val="000A1200"/>
     <w:rsid w:val="000A288E"/>
     <w:rsid w:val="000A7610"/>
     <w:rsid w:val="000B4BD8"/>
     <w:rsid w:val="000C3C08"/>
     <w:rsid w:val="000C4007"/>
     <w:rsid w:val="000C7111"/>
     <w:rsid w:val="000C7729"/>
     <w:rsid w:val="000D143E"/>
     <w:rsid w:val="000E0F31"/>
     <w:rsid w:val="000E380E"/>
     <w:rsid w:val="000E4460"/>
-    <w:rsid w:val="000E510E"/>
     <w:rsid w:val="000F2F25"/>
     <w:rsid w:val="000F5D06"/>
     <w:rsid w:val="001001D1"/>
     <w:rsid w:val="00102C0A"/>
     <w:rsid w:val="00102FD0"/>
     <w:rsid w:val="00103108"/>
     <w:rsid w:val="00105369"/>
     <w:rsid w:val="00106BC4"/>
     <w:rsid w:val="00114764"/>
     <w:rsid w:val="00125EFD"/>
     <w:rsid w:val="00131C49"/>
     <w:rsid w:val="00136078"/>
     <w:rsid w:val="001401C9"/>
     <w:rsid w:val="00146098"/>
     <w:rsid w:val="001462F5"/>
     <w:rsid w:val="001507B6"/>
     <w:rsid w:val="001541ED"/>
     <w:rsid w:val="00162528"/>
     <w:rsid w:val="001636DF"/>
     <w:rsid w:val="00165D46"/>
     <w:rsid w:val="0017112B"/>
     <w:rsid w:val="00171CDC"/>
     <w:rsid w:val="001754F6"/>
     <w:rsid w:val="00177E7A"/>
     <w:rsid w:val="00181C55"/>
     <w:rsid w:val="00183ECB"/>
     <w:rsid w:val="00184F42"/>
     <w:rsid w:val="00185294"/>
     <w:rsid w:val="001A5E0B"/>
     <w:rsid w:val="001B4FDE"/>
     <w:rsid w:val="001B6434"/>
     <w:rsid w:val="001C78CB"/>
     <w:rsid w:val="001D0B11"/>
     <w:rsid w:val="001D6026"/>
     <w:rsid w:val="001D663A"/>
     <w:rsid w:val="001E2AF7"/>
     <w:rsid w:val="001E450E"/>
     <w:rsid w:val="001E58B6"/>
     <w:rsid w:val="001E63A0"/>
     <w:rsid w:val="001E68BA"/>
     <w:rsid w:val="001F72EB"/>
     <w:rsid w:val="00202A26"/>
     <w:rsid w:val="00204D42"/>
     <w:rsid w:val="002070B2"/>
     <w:rsid w:val="00210823"/>
     <w:rsid w:val="002108FE"/>
     <w:rsid w:val="00211EBD"/>
+    <w:rsid w:val="00213FA0"/>
     <w:rsid w:val="00215E18"/>
     <w:rsid w:val="00216DAA"/>
     <w:rsid w:val="00223C63"/>
     <w:rsid w:val="002303E1"/>
     <w:rsid w:val="0023268E"/>
     <w:rsid w:val="002476DF"/>
     <w:rsid w:val="002564BD"/>
     <w:rsid w:val="00257B63"/>
     <w:rsid w:val="002675D8"/>
     <w:rsid w:val="00276E04"/>
     <w:rsid w:val="00280411"/>
     <w:rsid w:val="00284063"/>
     <w:rsid w:val="00291DC0"/>
     <w:rsid w:val="002958C1"/>
     <w:rsid w:val="002A300C"/>
     <w:rsid w:val="002A4A4D"/>
     <w:rsid w:val="002B010F"/>
     <w:rsid w:val="002B6DF2"/>
     <w:rsid w:val="002B73E5"/>
     <w:rsid w:val="002B7EBD"/>
     <w:rsid w:val="002D49C0"/>
     <w:rsid w:val="002D5648"/>
     <w:rsid w:val="002D6956"/>
     <w:rsid w:val="002D7A66"/>
     <w:rsid w:val="002E01BA"/>
@@ -8984,50 +8712,51 @@
     <w:rsid w:val="003C3DEA"/>
     <w:rsid w:val="003D0B99"/>
     <w:rsid w:val="003D3512"/>
     <w:rsid w:val="003D3A0A"/>
     <w:rsid w:val="003D6B57"/>
     <w:rsid w:val="003E0539"/>
     <w:rsid w:val="003E1C83"/>
     <w:rsid w:val="003E4D85"/>
     <w:rsid w:val="003F229C"/>
     <w:rsid w:val="00406659"/>
     <w:rsid w:val="00411040"/>
     <w:rsid w:val="004114EF"/>
     <w:rsid w:val="00412368"/>
     <w:rsid w:val="00413196"/>
     <w:rsid w:val="0042469B"/>
     <w:rsid w:val="00424F95"/>
     <w:rsid w:val="00426E5F"/>
     <w:rsid w:val="00434E3B"/>
     <w:rsid w:val="004406C2"/>
     <w:rsid w:val="004465AD"/>
     <w:rsid w:val="00457427"/>
     <w:rsid w:val="00457AF6"/>
     <w:rsid w:val="004627E1"/>
     <w:rsid w:val="0047138C"/>
     <w:rsid w:val="004746F3"/>
+    <w:rsid w:val="004802D9"/>
     <w:rsid w:val="00483532"/>
     <w:rsid w:val="00485E4F"/>
     <w:rsid w:val="00486C2F"/>
     <w:rsid w:val="00486D6C"/>
     <w:rsid w:val="00487367"/>
     <w:rsid w:val="004876AD"/>
     <w:rsid w:val="00494996"/>
     <w:rsid w:val="004A2459"/>
     <w:rsid w:val="004A2E06"/>
     <w:rsid w:val="004B2812"/>
     <w:rsid w:val="004B4A63"/>
     <w:rsid w:val="004B5149"/>
     <w:rsid w:val="004B6674"/>
     <w:rsid w:val="004C1061"/>
     <w:rsid w:val="004C7F5D"/>
     <w:rsid w:val="004D0F10"/>
     <w:rsid w:val="004D1B38"/>
     <w:rsid w:val="004D3BC3"/>
     <w:rsid w:val="004D4DAE"/>
     <w:rsid w:val="004D5629"/>
     <w:rsid w:val="004D5C8A"/>
     <w:rsid w:val="004E40D1"/>
     <w:rsid w:val="004E545F"/>
     <w:rsid w:val="004E5C40"/>
     <w:rsid w:val="004F068B"/>
@@ -9076,60 +8805,60 @@
     <w:rsid w:val="00606880"/>
     <w:rsid w:val="006072DB"/>
     <w:rsid w:val="00613CF9"/>
     <w:rsid w:val="00621772"/>
     <w:rsid w:val="0062542A"/>
     <w:rsid w:val="00627DD3"/>
     <w:rsid w:val="00631671"/>
     <w:rsid w:val="006326BE"/>
     <w:rsid w:val="00633FC1"/>
     <w:rsid w:val="00636B05"/>
     <w:rsid w:val="00646049"/>
     <w:rsid w:val="00654D67"/>
     <w:rsid w:val="00656964"/>
     <w:rsid w:val="00663566"/>
     <w:rsid w:val="00671010"/>
     <w:rsid w:val="00672CAD"/>
     <w:rsid w:val="0068208C"/>
     <w:rsid w:val="00682CA1"/>
     <w:rsid w:val="0068752A"/>
     <w:rsid w:val="00690652"/>
     <w:rsid w:val="0069732C"/>
     <w:rsid w:val="006A5AD6"/>
     <w:rsid w:val="006C6372"/>
     <w:rsid w:val="006D57A6"/>
     <w:rsid w:val="006D66FB"/>
-    <w:rsid w:val="006E3475"/>
     <w:rsid w:val="006E35F9"/>
     <w:rsid w:val="006E4035"/>
     <w:rsid w:val="006F0918"/>
     <w:rsid w:val="006F334C"/>
     <w:rsid w:val="006F3859"/>
     <w:rsid w:val="006F7374"/>
     <w:rsid w:val="007013AE"/>
     <w:rsid w:val="0070401E"/>
     <w:rsid w:val="0071509E"/>
+    <w:rsid w:val="00723B88"/>
     <w:rsid w:val="0073055F"/>
     <w:rsid w:val="00731C91"/>
     <w:rsid w:val="00741C0C"/>
     <w:rsid w:val="00747C7B"/>
     <w:rsid w:val="00751963"/>
     <w:rsid w:val="00756560"/>
     <w:rsid w:val="00756597"/>
     <w:rsid w:val="0076441B"/>
     <w:rsid w:val="00772F7B"/>
     <w:rsid w:val="007748E4"/>
     <w:rsid w:val="0078320A"/>
     <w:rsid w:val="0078484B"/>
     <w:rsid w:val="00784E3A"/>
     <w:rsid w:val="007918FF"/>
     <w:rsid w:val="007A1994"/>
     <w:rsid w:val="007A4D91"/>
     <w:rsid w:val="007A5257"/>
     <w:rsid w:val="007A6092"/>
     <w:rsid w:val="007B0429"/>
     <w:rsid w:val="007B0893"/>
     <w:rsid w:val="007B1315"/>
     <w:rsid w:val="007B2F03"/>
     <w:rsid w:val="007B3FB8"/>
     <w:rsid w:val="007B46F3"/>
     <w:rsid w:val="007B61C2"/>
@@ -9150,50 +8879,51 @@
     <w:rsid w:val="00817732"/>
     <w:rsid w:val="00823F1A"/>
     <w:rsid w:val="00827BF1"/>
     <w:rsid w:val="00830687"/>
     <w:rsid w:val="00833696"/>
     <w:rsid w:val="00833C81"/>
     <w:rsid w:val="0085029C"/>
     <w:rsid w:val="00850AA1"/>
     <w:rsid w:val="00854A6C"/>
     <w:rsid w:val="00857E3F"/>
     <w:rsid w:val="00861F65"/>
     <w:rsid w:val="008632F6"/>
     <w:rsid w:val="008661ED"/>
     <w:rsid w:val="00870DE2"/>
     <w:rsid w:val="00871FA4"/>
     <w:rsid w:val="00872BDF"/>
     <w:rsid w:val="0087373D"/>
     <w:rsid w:val="00880CCA"/>
     <w:rsid w:val="00885FBB"/>
     <w:rsid w:val="00893791"/>
     <w:rsid w:val="00894203"/>
     <w:rsid w:val="008A0C28"/>
     <w:rsid w:val="008A32D8"/>
     <w:rsid w:val="008A7830"/>
     <w:rsid w:val="008B2D33"/>
+    <w:rsid w:val="008C0E7D"/>
     <w:rsid w:val="008C3846"/>
     <w:rsid w:val="008D3BB3"/>
     <w:rsid w:val="008D7F01"/>
     <w:rsid w:val="008E2F04"/>
     <w:rsid w:val="008E79C0"/>
     <w:rsid w:val="008F07E4"/>
     <w:rsid w:val="008F1151"/>
     <w:rsid w:val="008F3017"/>
     <w:rsid w:val="00906036"/>
     <w:rsid w:val="00910C0D"/>
     <w:rsid w:val="00912803"/>
     <w:rsid w:val="00920619"/>
     <w:rsid w:val="00923BD6"/>
     <w:rsid w:val="00923E16"/>
     <w:rsid w:val="00925D8D"/>
     <w:rsid w:val="00930495"/>
     <w:rsid w:val="009316A6"/>
     <w:rsid w:val="0094057E"/>
     <w:rsid w:val="00940EBB"/>
     <w:rsid w:val="00941224"/>
     <w:rsid w:val="009432A5"/>
     <w:rsid w:val="00945862"/>
     <w:rsid w:val="00945DBF"/>
     <w:rsid w:val="00951A08"/>
     <w:rsid w:val="00955386"/>
@@ -9225,119 +8955,122 @@
     <w:rsid w:val="00A207EA"/>
     <w:rsid w:val="00A27AC3"/>
     <w:rsid w:val="00A32D39"/>
     <w:rsid w:val="00A335DF"/>
     <w:rsid w:val="00A407B4"/>
     <w:rsid w:val="00A40DE4"/>
     <w:rsid w:val="00A447F5"/>
     <w:rsid w:val="00A45F58"/>
     <w:rsid w:val="00A50610"/>
     <w:rsid w:val="00A50D0A"/>
     <w:rsid w:val="00A5400D"/>
     <w:rsid w:val="00A54E6A"/>
     <w:rsid w:val="00A55899"/>
     <w:rsid w:val="00A627C2"/>
     <w:rsid w:val="00A66623"/>
     <w:rsid w:val="00A725C3"/>
     <w:rsid w:val="00A77FE0"/>
     <w:rsid w:val="00A81228"/>
     <w:rsid w:val="00A85342"/>
     <w:rsid w:val="00A949BC"/>
     <w:rsid w:val="00A9737B"/>
     <w:rsid w:val="00A97910"/>
     <w:rsid w:val="00AA40EF"/>
     <w:rsid w:val="00AA4E53"/>
     <w:rsid w:val="00AA5FC1"/>
-    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AB1303"/>
     <w:rsid w:val="00AD148D"/>
     <w:rsid w:val="00AD2048"/>
     <w:rsid w:val="00AD2376"/>
     <w:rsid w:val="00AD3288"/>
     <w:rsid w:val="00AD3757"/>
     <w:rsid w:val="00AD75AE"/>
     <w:rsid w:val="00AE01A9"/>
     <w:rsid w:val="00AE0C12"/>
     <w:rsid w:val="00AE117A"/>
     <w:rsid w:val="00AE31D4"/>
+    <w:rsid w:val="00AE5251"/>
     <w:rsid w:val="00AE5A13"/>
     <w:rsid w:val="00AE69FD"/>
     <w:rsid w:val="00AF5C58"/>
     <w:rsid w:val="00B02528"/>
     <w:rsid w:val="00B05071"/>
     <w:rsid w:val="00B071DF"/>
     <w:rsid w:val="00B109F5"/>
     <w:rsid w:val="00B14936"/>
     <w:rsid w:val="00B319F1"/>
     <w:rsid w:val="00B371FE"/>
     <w:rsid w:val="00B411A2"/>
     <w:rsid w:val="00B42F06"/>
     <w:rsid w:val="00B44A85"/>
     <w:rsid w:val="00B561A3"/>
     <w:rsid w:val="00B60301"/>
     <w:rsid w:val="00B634AA"/>
     <w:rsid w:val="00B70CF8"/>
     <w:rsid w:val="00B72203"/>
     <w:rsid w:val="00B737D8"/>
     <w:rsid w:val="00B742C7"/>
     <w:rsid w:val="00B824F8"/>
     <w:rsid w:val="00B8391B"/>
     <w:rsid w:val="00B85AEF"/>
+    <w:rsid w:val="00B90C3B"/>
     <w:rsid w:val="00B92901"/>
     <w:rsid w:val="00BA37B0"/>
     <w:rsid w:val="00BA4280"/>
     <w:rsid w:val="00BA53A9"/>
     <w:rsid w:val="00BB425F"/>
     <w:rsid w:val="00BB54FA"/>
     <w:rsid w:val="00BC1739"/>
     <w:rsid w:val="00BD679D"/>
     <w:rsid w:val="00BE2F0F"/>
     <w:rsid w:val="00BF2BFE"/>
     <w:rsid w:val="00BF6376"/>
     <w:rsid w:val="00BF66CA"/>
     <w:rsid w:val="00BF739A"/>
     <w:rsid w:val="00C00FB0"/>
     <w:rsid w:val="00C05AAB"/>
     <w:rsid w:val="00C07109"/>
     <w:rsid w:val="00C07E5A"/>
     <w:rsid w:val="00C10C5E"/>
     <w:rsid w:val="00C12015"/>
     <w:rsid w:val="00C129A5"/>
     <w:rsid w:val="00C14E31"/>
     <w:rsid w:val="00C226FD"/>
     <w:rsid w:val="00C22733"/>
     <w:rsid w:val="00C22853"/>
     <w:rsid w:val="00C25EA9"/>
     <w:rsid w:val="00C26BF7"/>
     <w:rsid w:val="00C53657"/>
+    <w:rsid w:val="00C5601F"/>
     <w:rsid w:val="00C62740"/>
     <w:rsid w:val="00C66E93"/>
     <w:rsid w:val="00C803DA"/>
     <w:rsid w:val="00C81078"/>
     <w:rsid w:val="00C96E96"/>
     <w:rsid w:val="00CA0486"/>
     <w:rsid w:val="00CA598C"/>
+    <w:rsid w:val="00CB0C0B"/>
     <w:rsid w:val="00CB7E2D"/>
     <w:rsid w:val="00CC19DB"/>
     <w:rsid w:val="00CC37C0"/>
     <w:rsid w:val="00CC4990"/>
     <w:rsid w:val="00CC4DB3"/>
     <w:rsid w:val="00CD2DA6"/>
     <w:rsid w:val="00CD63D0"/>
     <w:rsid w:val="00CD68E8"/>
     <w:rsid w:val="00CE7A89"/>
     <w:rsid w:val="00CF0706"/>
     <w:rsid w:val="00CF18D5"/>
     <w:rsid w:val="00CF36FD"/>
     <w:rsid w:val="00CF3E6C"/>
     <w:rsid w:val="00D056CE"/>
     <w:rsid w:val="00D1058A"/>
     <w:rsid w:val="00D12F00"/>
     <w:rsid w:val="00D170C6"/>
     <w:rsid w:val="00D274A5"/>
     <w:rsid w:val="00D27795"/>
     <w:rsid w:val="00D30D6F"/>
     <w:rsid w:val="00D329A6"/>
     <w:rsid w:val="00D3722C"/>
     <w:rsid w:val="00D40A56"/>
     <w:rsid w:val="00D43E8F"/>
     <w:rsid w:val="00D5078C"/>
@@ -10691,54 +10424,55 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A85803"/>
+    <w:rsid w:val="004802D9"/>
     <w:rsid w:val="00893791"/>
     <w:rsid w:val="00A85803"/>
-    <w:rsid w:val="00AA64D3"/>
     <w:rsid w:val="00AE0C12"/>
+    <w:rsid w:val="00AE5251"/>
     <w:rsid w:val="00C96E96"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -11471,70 +11205,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FF25D10-A6A7-41E5-9353-DD55DBB14E5B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>24724</Characters>
+  <Pages>2</Pages>
+  <Words>4548</Words>
+  <Characters>24646</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>790</Lines>
+  <Lines>786</Lines>
   <Paragraphs>262</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>, 1999</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29267</CharactersWithSpaces>
+  <CharactersWithSpaces>29176</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Senate Journal for 1/15/2026 - South Carolina Legislature Online</dc:title>
   <dc:creator>Michele Neal</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>