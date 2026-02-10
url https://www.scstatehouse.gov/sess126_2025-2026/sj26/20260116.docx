--- v0 (2026-01-20)
+++ v1 (2026-02-10)
@@ -470,54 +470,54 @@
       </w:pPr>
       <w:r w:rsidRPr="00DB74A4">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:object w:dxaOrig="3177" w:dyaOrig="3176" w14:anchorId="39DD7AD3">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:168.4pt;height:168.4pt" o:ole="" fillcolor="window">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:168pt;height:168pt" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId6" o:title="" gain="2147483647f" blacklevel="15728f"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830067354" r:id="rId7"/>
+          <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1830600578" r:id="rId7"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="682CB6E2" w14:textId="77777777" w:rsidR="00B34717" w:rsidRDefault="00B34717" w:rsidP="00B34717">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1670EF92" w14:textId="77777777" w:rsidR="00B34717" w:rsidRDefault="00B34717" w:rsidP="00B34717">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="6307"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05A363FF" w14:textId="77777777" w:rsidR="00B34717" w:rsidRPr="00854A6C" w:rsidRDefault="00B34717" w:rsidP="00B34717">
       <w:pPr>
@@ -972,100 +972,126 @@
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Ott</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DA8162E" w14:textId="77777777" w:rsidR="001A4601" w:rsidRDefault="001A4601"/>
     <w:p w14:paraId="15BA1873" w14:textId="77777777" w:rsidR="001A4601" w:rsidRDefault="003E4C1B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="173" w:right="173"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>MOTION ADOPTED</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F489F3D" w14:textId="5C413EB7" w:rsidR="001A4601" w:rsidRDefault="003E4C1B">
+    <w:p w14:paraId="1F489F3D" w14:textId="4B896B25" w:rsidR="001A4601" w:rsidRDefault="003E4C1B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="3" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="173" w:right="173"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005C6648">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">On motion of Senator </w:t>
       </w:r>
       <w:r w:rsidR="007C1043">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t>CLIMER</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, with unanimous consent, the Senate stood adjourned out of respect to the memory of </w:t>
       </w:r>
       <w:r w:rsidR="005C6648">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mr. James Dalton “Jimmy” Galloway, Jr. of Rock Hill, S.C.  Jimmy graduated from The Citadel and served in the United States Army during the Korean War.  He built a seventy-year career at First Insurance Agency, later Peoples First Insurance helping the Rock Hill community.  Jimmy served on the board of Rock Hill National Bank and was a longtime member of Oakland Avenue Presbyterian Church where he served in numerous capacities.  He also served on the Red Cross Board of Directors, was President of the United Way, served on the Salvation Army Board, YMCA Board, Rotary Club and was honored with the Chamber of Commerce Lifetime Business Achievement Award. Jimmy loved hunting, fishing, playing golf and spending time with his family.  Jimmy was a loving father and doting grandfather who will be dearly missed. </w:t>
+        <w:t xml:space="preserve">Mr. James Dalton “Jimmy” Galloway, Jr. of Rock Hill, S.C.  Jimmy graduated from The Citadel and served in the United States Army during the Korean War.  He built a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C6648">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>seventy</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52153">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C6648">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t>year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005C6648">
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> career at First Insurance Agency, later Peoples First Insurance helping the Rock Hill community.  Jimmy served on the board of Rock Hill National Bank and was a longtime member of Oakland Avenue Presbyterian Church where he served in numerous capacities.  He also served on the Red Cross Board of Directors, was President of the United Way, served on the Salvation Army Board, YMCA Board, Rotary Club and was honored with the Chamber of Commerce Lifetime Business Achievement Award. Jimmy loved hunting, fishing, playing golf and spending time with his family.  Jimmy was a loving father and doting grandfather who will be dearly missed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4011A820" w14:textId="77777777" w:rsidR="001A4601" w:rsidRDefault="001A4601"/>
     <w:p w14:paraId="4155FD48" w14:textId="77777777" w:rsidR="001A4601" w:rsidRDefault="003E4C1B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>ADJOURNMENT</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1AE29CA8" w14:textId="2D300B61" w:rsidR="001A4601" w:rsidRDefault="003E4C1B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
@@ -1368,51 +1394,51 @@
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>,</w:t>
     </w:r>
     <w:r w:rsidR="005D3DCC">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r w:rsidR="00211531">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002D18D7"/>
@@ -1517,85 +1543,85 @@
     <w:rsid w:val="00407B9B"/>
     <w:rsid w:val="00413196"/>
     <w:rsid w:val="00413811"/>
     <w:rsid w:val="00414FBA"/>
     <w:rsid w:val="0042259E"/>
     <w:rsid w:val="00434D3A"/>
     <w:rsid w:val="00464CF8"/>
     <w:rsid w:val="004672A2"/>
     <w:rsid w:val="0046799A"/>
     <w:rsid w:val="004768A9"/>
     <w:rsid w:val="004818BC"/>
     <w:rsid w:val="0048552C"/>
     <w:rsid w:val="00495651"/>
     <w:rsid w:val="00495E93"/>
     <w:rsid w:val="004A62A4"/>
     <w:rsid w:val="004A7AD2"/>
     <w:rsid w:val="004B1D40"/>
     <w:rsid w:val="004B36CA"/>
     <w:rsid w:val="004C788B"/>
     <w:rsid w:val="004E2870"/>
     <w:rsid w:val="004E3AA8"/>
     <w:rsid w:val="004E4D8B"/>
     <w:rsid w:val="004F1285"/>
     <w:rsid w:val="004F1448"/>
     <w:rsid w:val="004F7211"/>
-    <w:rsid w:val="00501888"/>
     <w:rsid w:val="00503BE7"/>
     <w:rsid w:val="005115E3"/>
     <w:rsid w:val="005128DD"/>
     <w:rsid w:val="00522ADC"/>
     <w:rsid w:val="00524A83"/>
     <w:rsid w:val="00526E06"/>
     <w:rsid w:val="00531C07"/>
     <w:rsid w:val="0056152C"/>
     <w:rsid w:val="00564660"/>
     <w:rsid w:val="00567013"/>
     <w:rsid w:val="00570C02"/>
     <w:rsid w:val="005904E6"/>
     <w:rsid w:val="005926B3"/>
     <w:rsid w:val="00592C7F"/>
     <w:rsid w:val="00596E9C"/>
     <w:rsid w:val="00597407"/>
     <w:rsid w:val="005B3435"/>
     <w:rsid w:val="005B4C91"/>
     <w:rsid w:val="005B6CE3"/>
     <w:rsid w:val="005C0F9C"/>
     <w:rsid w:val="005C6648"/>
     <w:rsid w:val="005C6ABA"/>
     <w:rsid w:val="005D3DCC"/>
     <w:rsid w:val="005D4E77"/>
     <w:rsid w:val="005E096B"/>
     <w:rsid w:val="00601756"/>
     <w:rsid w:val="00601C60"/>
     <w:rsid w:val="006031AF"/>
     <w:rsid w:val="00605AAB"/>
     <w:rsid w:val="0061160F"/>
     <w:rsid w:val="006127E4"/>
     <w:rsid w:val="0061439B"/>
     <w:rsid w:val="006176EA"/>
     <w:rsid w:val="00623DD0"/>
+    <w:rsid w:val="006309AF"/>
     <w:rsid w:val="006405CF"/>
     <w:rsid w:val="0064628D"/>
     <w:rsid w:val="00665489"/>
     <w:rsid w:val="0067407A"/>
     <w:rsid w:val="006823E6"/>
     <w:rsid w:val="0068430B"/>
     <w:rsid w:val="00695A6C"/>
     <w:rsid w:val="006B1FC4"/>
     <w:rsid w:val="006C05E9"/>
     <w:rsid w:val="006D7C05"/>
     <w:rsid w:val="006E1BFC"/>
     <w:rsid w:val="006F048B"/>
     <w:rsid w:val="006F2BC0"/>
     <w:rsid w:val="006F6AAC"/>
     <w:rsid w:val="00701558"/>
     <w:rsid w:val="007147E4"/>
     <w:rsid w:val="007173C5"/>
     <w:rsid w:val="007231F5"/>
     <w:rsid w:val="00725AF9"/>
     <w:rsid w:val="00731998"/>
     <w:rsid w:val="00735CF9"/>
     <w:rsid w:val="00741EF8"/>
     <w:rsid w:val="00743394"/>
     <w:rsid w:val="00743E2D"/>
     <w:rsid w:val="00752BCE"/>
@@ -1638,73 +1664,74 @@
     <w:rsid w:val="00927920"/>
     <w:rsid w:val="00947001"/>
     <w:rsid w:val="00950EBB"/>
     <w:rsid w:val="0095160F"/>
     <w:rsid w:val="009553CB"/>
     <w:rsid w:val="00956415"/>
     <w:rsid w:val="0096593B"/>
     <w:rsid w:val="00966495"/>
     <w:rsid w:val="00971556"/>
     <w:rsid w:val="00972755"/>
     <w:rsid w:val="0097276A"/>
     <w:rsid w:val="00973F7B"/>
     <w:rsid w:val="0098514D"/>
     <w:rsid w:val="00994255"/>
     <w:rsid w:val="00996AD7"/>
     <w:rsid w:val="009A3FB3"/>
     <w:rsid w:val="009C340B"/>
     <w:rsid w:val="009F370C"/>
     <w:rsid w:val="00A139BB"/>
     <w:rsid w:val="00A229C9"/>
     <w:rsid w:val="00A27141"/>
     <w:rsid w:val="00A27EE6"/>
     <w:rsid w:val="00A34EFE"/>
     <w:rsid w:val="00A368A7"/>
     <w:rsid w:val="00A505D7"/>
+    <w:rsid w:val="00A52153"/>
     <w:rsid w:val="00A61B32"/>
     <w:rsid w:val="00A87FB1"/>
     <w:rsid w:val="00AB0920"/>
     <w:rsid w:val="00AB1AA2"/>
     <w:rsid w:val="00AB5F6A"/>
     <w:rsid w:val="00AC7E67"/>
     <w:rsid w:val="00AE3D32"/>
     <w:rsid w:val="00AF057C"/>
     <w:rsid w:val="00AF7E27"/>
     <w:rsid w:val="00B05071"/>
     <w:rsid w:val="00B11382"/>
     <w:rsid w:val="00B2005B"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B310F9"/>
     <w:rsid w:val="00B3319E"/>
     <w:rsid w:val="00B34717"/>
     <w:rsid w:val="00B418F0"/>
     <w:rsid w:val="00B42936"/>
+    <w:rsid w:val="00B43107"/>
     <w:rsid w:val="00B532ED"/>
     <w:rsid w:val="00B5578D"/>
     <w:rsid w:val="00B63132"/>
     <w:rsid w:val="00B77903"/>
-    <w:rsid w:val="00B8271C"/>
     <w:rsid w:val="00B902F6"/>
     <w:rsid w:val="00B96BC0"/>
     <w:rsid w:val="00BB425F"/>
     <w:rsid w:val="00BB5834"/>
     <w:rsid w:val="00BB7C4F"/>
     <w:rsid w:val="00BC3F75"/>
     <w:rsid w:val="00BD2F8C"/>
     <w:rsid w:val="00BD7476"/>
     <w:rsid w:val="00BE1E72"/>
     <w:rsid w:val="00BE254A"/>
     <w:rsid w:val="00BE2F71"/>
     <w:rsid w:val="00BE4456"/>
     <w:rsid w:val="00BE7B0D"/>
     <w:rsid w:val="00C02BCC"/>
     <w:rsid w:val="00C06E86"/>
     <w:rsid w:val="00C20D7B"/>
     <w:rsid w:val="00C4157B"/>
     <w:rsid w:val="00C50C97"/>
     <w:rsid w:val="00C51A0A"/>
     <w:rsid w:val="00C55EAD"/>
     <w:rsid w:val="00C6130A"/>
     <w:rsid w:val="00C63F9B"/>
     <w:rsid w:val="00C74137"/>
     <w:rsid w:val="00C82D80"/>
     <w:rsid w:val="00C872E1"/>
@@ -1715,74 +1742,76 @@
     <w:rsid w:val="00CE4306"/>
     <w:rsid w:val="00D074DC"/>
     <w:rsid w:val="00D079D4"/>
     <w:rsid w:val="00D20D75"/>
     <w:rsid w:val="00D349F2"/>
     <w:rsid w:val="00D3644D"/>
     <w:rsid w:val="00D53756"/>
     <w:rsid w:val="00D56F75"/>
     <w:rsid w:val="00D57288"/>
     <w:rsid w:val="00D77678"/>
     <w:rsid w:val="00D84744"/>
     <w:rsid w:val="00DA6374"/>
     <w:rsid w:val="00DB4432"/>
     <w:rsid w:val="00DC5C74"/>
     <w:rsid w:val="00DD0711"/>
     <w:rsid w:val="00DD2516"/>
     <w:rsid w:val="00DD4531"/>
     <w:rsid w:val="00E03503"/>
     <w:rsid w:val="00E04CFE"/>
     <w:rsid w:val="00E164C5"/>
     <w:rsid w:val="00E304B6"/>
     <w:rsid w:val="00E332DB"/>
     <w:rsid w:val="00E40C7A"/>
     <w:rsid w:val="00E44962"/>
     <w:rsid w:val="00E46575"/>
+    <w:rsid w:val="00E46F61"/>
     <w:rsid w:val="00E55FCB"/>
     <w:rsid w:val="00E71921"/>
     <w:rsid w:val="00E74223"/>
     <w:rsid w:val="00E77A34"/>
     <w:rsid w:val="00E82C20"/>
     <w:rsid w:val="00E82E6D"/>
     <w:rsid w:val="00E90036"/>
     <w:rsid w:val="00EA2B7E"/>
     <w:rsid w:val="00EA73FC"/>
     <w:rsid w:val="00EB5884"/>
     <w:rsid w:val="00EB715B"/>
     <w:rsid w:val="00EC29F5"/>
     <w:rsid w:val="00ED39F8"/>
     <w:rsid w:val="00EE2D65"/>
     <w:rsid w:val="00EE5F5B"/>
     <w:rsid w:val="00EE6B12"/>
     <w:rsid w:val="00EF24FA"/>
     <w:rsid w:val="00EF3547"/>
     <w:rsid w:val="00EF4625"/>
     <w:rsid w:val="00EF7A65"/>
     <w:rsid w:val="00F0387C"/>
     <w:rsid w:val="00F17BC3"/>
     <w:rsid w:val="00F2147D"/>
     <w:rsid w:val="00F40AF3"/>
+    <w:rsid w:val="00F41EFF"/>
     <w:rsid w:val="00F634D5"/>
     <w:rsid w:val="00F65AEC"/>
     <w:rsid w:val="00F65B7B"/>
     <w:rsid w:val="00F70474"/>
     <w:rsid w:val="00F71DCC"/>
     <w:rsid w:val="00F81915"/>
     <w:rsid w:val="00F82E6B"/>
     <w:rsid w:val="00F91D28"/>
     <w:rsid w:val="00F927F2"/>
     <w:rsid w:val="00FB6B95"/>
     <w:rsid w:val="00FB7ABE"/>
     <w:rsid w:val="00FD0C7E"/>
     <w:rsid w:val="00FD5C50"/>
     <w:rsid w:val="00FE210F"/>
     <w:rsid w:val="00FE6FED"/>
     <w:rsid w:val="00FE7F14"/>
     <w:rsid w:val="00FE7F19"/>
     <w:rsid w:val="00FF1AAD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -2960,55 +2989,55 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>266</Words>
-  <Characters>1336</Characters>
+  <Words>267</Words>
+  <Characters>1335</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>69</Lines>
   <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>LPITR</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1618</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>